--- v0 (2025-10-08)
+++ v1 (2026-01-12)
@@ -1,58 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4955F7DE" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="0212EBED" w14:textId="77777777" w:rsidR="00AD3B81" w:rsidRPr="00BF216E" w:rsidRDefault="00AD3B81" w:rsidP="00EE10CB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AF18245" w14:textId="77777777" w:rsidR="00AD3B81" w:rsidRPr="00BF216E" w:rsidRDefault="00AD3B81" w:rsidP="00EE10CB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E1F5A21" w14:textId="77777777" w:rsidR="00AD3B81" w:rsidRPr="00BF216E" w:rsidRDefault="00AD3B81" w:rsidP="00EE10CB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
@@ -93,127 +92,123 @@
       <w:r w:rsidRPr="0009604F">
         <w:rPr>
           <w:sz w:val="68"/>
           <w:szCs w:val="68"/>
         </w:rPr>
         <w:t>Geheimhaltungs</w:t>
       </w:r>
       <w:r w:rsidR="00EE10CB" w:rsidRPr="0009604F">
         <w:rPr>
           <w:sz w:val="68"/>
           <w:szCs w:val="68"/>
         </w:rPr>
         <w:t>vereinbarung</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04C5A9C7" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00BF216E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E0EE8E6" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="0D0987F9" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="41B2096D" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="66207200" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="05C2529B" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
-    <w:p w14:paraId="0AE7A74E" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="7864275A" w14:textId="7890E1F4" w:rsidR="002420BF" w:rsidRDefault="002420BF" w:rsidP="002420BF">
+    <w:p w14:paraId="54180C25" w14:textId="77777777" w:rsidR="00E677CD" w:rsidRDefault="00E677CD" w:rsidP="00E677CD">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212717203"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit freundlicher Unterstützung zur Verfügung gestellt vom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="32EAE51C" wp14:editId="6EC78D9E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3996D031" wp14:editId="69BDBF17">
             <wp:extent cx="2247900" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="282651001" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
+            <wp:docPr id="588512616" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="282651001" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="2" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2247900" cy="571500"/>
+                      <a:ext cx="2240280" cy="563880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3546B323" w14:textId="77777777" w:rsidR="002420BF" w:rsidRDefault="002420BF" w:rsidP="002420BF">
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="0AE7A74E" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="740A0824" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="3FE73EBF" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="255EEDFF" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="45DD037D" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="4ADBA08F" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="66AB7918" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="5B51842E" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="6148B938" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="3DF67163" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00782FB8" w:rsidRDefault="006D32EB" w:rsidP="00782FB8">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3268A6DA" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="73D5C266" w14:textId="77777777" w:rsidR="00862CF5" w:rsidRPr="00AD3B81" w:rsidRDefault="00862CF5" w:rsidP="00AD3B81">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD3B81">
         <w:rPr>
@@ -326,51 +321,69 @@
     <w:p w14:paraId="0625CDF8" w14:textId="77777777" w:rsidR="007D6588" w:rsidRPr="00AD3B81" w:rsidRDefault="007D6588" w:rsidP="00AD3B81">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="735B6687" w14:textId="77777777" w:rsidR="00862CF5" w:rsidRPr="00AD3B81" w:rsidRDefault="007D6588" w:rsidP="00AD3B81">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD3B81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dieses Vertragsformular wurde mit größter Sorgfalt erstellt, erhebt aber keinen Anspruch auf Vollständigkeit und Richtigkeit. Es ist als Checkliste mit Formulierungshilfen zu verstehen und soll nur eine Anregung bieten, wie die typische Interessenlage zwischen den Parteien sachgerecht ausgeglichen werden kann. Dies entbindet den Verwender jedoch nicht von der sorgfältigen eigenverantwortlichen Prüfung. Aus Gründen der sprachlichen Vereinfachung wird auf die Nennung der drei Geschlechter verzichtet, wo eine geschlechtsneutrale Formulierung nicht möglich war. In diesen Fällen beziehen die verwendeten männlichen Begriffe die weiblichen und diversen Formen ebenso mit ein. Der Mustervertrag ist nur ein Vorschlag für eine mögliche Regelung. Viele Festlegungen sind frei vereinbar. Der Verwender kann auch andere Formulierungen wählen. Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret zu regelnde Situation und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen. Falls Sie einen maßgeschneiderten Vertrag benötigen, sollten Sie sich durch einen Rechtsanwalt Ihres Vertrauens beraten lassen. </w:t>
+        <w:t xml:space="preserve">Dieses Vertragsformular wurde mit größter Sorgfalt erstellt, erhebt aber keinen Anspruch auf Vollständigkeit und Richtigkeit. Es ist als Checkliste mit Formulierungshilfen zu verstehen und soll nur eine Anregung bieten, wie die typische Interessenlage zwischen den Parteien sachgerecht ausgeglichen werden kann. Dies entbindet den Verwender jedoch nicht von der sorgfältigen eigenverantwortlichen Prüfung. Aus Gründen der sprachlichen Vereinfachung wird auf die Nennung der drei Geschlechter verzichtet, wo eine geschlechtsneutrale Formulierung nicht möglich war. In diesen Fällen beziehen die verwendeten männlichen Begriffe die weiblichen und diversen Formen ebenso mit ein. Der Mustervertrag ist nur ein Vorschlag für eine mögliche Regelung. Viele Festlegungen sind frei vereinbar. Der Verwender kann auch andere Formulierungen wählen. Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AD3B81">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zu regelnde Situation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AD3B81">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen. Falls Sie einen maßgeschneiderten Vertrag benötigen, sollten Sie sich durch einen Rechtsanwalt Ihres Vertrauens beraten lassen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1479352B" w14:textId="77777777" w:rsidR="00862CF5" w:rsidRPr="00AD3B81" w:rsidRDefault="00862CF5" w:rsidP="00AD3B81">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08F96A4C" w14:textId="77777777" w:rsidR="00862CF5" w:rsidRPr="00AD3B81" w:rsidRDefault="00862CF5" w:rsidP="00AD3B81">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD3B81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -985,61 +998,61 @@
         <w:t xml:space="preserve">Ergänzende Erläuterungen: </w:t>
       </w:r>
       <w:r w:rsidR="00862CF5" w:rsidRPr="006C666B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Im Hinblick hierauf verpflichten die Parteien sich, die gegenseitig mitgeteilten geheimen Erkenntnisse und Informationen zur Entwicklung / technischen Idee / Erfindung, die insbesondere im Zusammenhang mit Neuentwicklungen, Vorführungen, Versuchen und Gesprächen stehen, geheim zu halten. Sie treffen alle erforderlichen Maßnahmen, um deren Kenntnisnahme und Verwertung durch Dritte zu verhindern. Mitarbeiter und Angestellte sind, soweit sie hierzu nicht bereits aufgrund ihres Arbeitsvertrages angehalten sind, zur Geheimhaltung zu verpflichten.</w:t>
       </w:r>
       <w:r w:rsidRPr="006C666B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="006C666B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ebenso wichtig ist es, diese Geheimhaltungsmaßnahmen entsprechend zu dokumentieren, denn nach dem Geschäftsgeheimnisgesetz liegt ein Geschäftsgeheimnis erst dann vor, wenn angemessene Geheimhaltungsmaßnahmen vorgenommen wurden. Dies können bspw. technische Schutzmaßnahmen wie etwa die Kennzeichnung von Dokumenten, die Staffelung von Informationen nach bestimmten „Geheimhaltungsstufen“ bzw. eine durchgängige </w:t>
+        <w:t xml:space="preserve">Ebenso wichtig ist es, diese Geheimhaltungsmaßnahmen entsprechend zu dokumentieren, denn nach dem Geschäftsgeheimnisgesetz liegt ein Geschäftsgeheimnis erst dann vor, wenn angemessene Geheimhaltungsmaßnahmen vorgenommen wurden. Dies können bspw. </w:t>
       </w:r>
       <w:r w:rsidRPr="006C666B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Datenklassifikation, Einführung eines entsprechenden Dokumentenmanagementsystems, ggf. gekoppelt mit DLP-Systemen, etc. sein. Empfehlenswert ist es auch, die Geheimhaltungsklauseln bzw. Wettbewerbsabreden in Arbeitsverträgen zu prüfen und ggf. spezifische Vertraulichkeitsverpflichtungen vorzusehen. </w:t>
+        <w:t xml:space="preserve">technische Schutzmaßnahmen wie etwa die Kennzeichnung von Dokumenten, die Staffelung von Informationen nach bestimmten „Geheimhaltungsstufen“ bzw. eine durchgängige Datenklassifikation, Einführung eines entsprechenden Dokumentenmanagementsystems, ggf. gekoppelt mit DLP-Systemen, etc. sein. Empfehlenswert ist es auch, die Geheimhaltungsklauseln bzw. Wettbewerbsabreden in Arbeitsverträgen zu prüfen und ggf. spezifische Vertraulichkeitsverpflichtungen vorzusehen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23B78E3D" w14:textId="77777777" w:rsidR="006C666B" w:rsidRPr="006C666B" w:rsidRDefault="006C666B" w:rsidP="006C666B">
       <w:pPr>
         <w:ind w:left="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C666B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Zudem erscheint es geboten, in den Arbeitsverträgen ebenfalls – in den rechtlich möglichen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53D88AC8" w14:textId="77777777" w:rsidR="00862CF5" w:rsidRPr="00AD3B81" w:rsidRDefault="006C666B" w:rsidP="0098520D">
       <w:pPr>
         <w:ind w:left="708"/>
@@ -1431,195 +1444,188 @@
     <w:p w14:paraId="299915F8" w14:textId="77777777" w:rsidR="00862CF5" w:rsidRPr="00BE0E40" w:rsidRDefault="00520A12" w:rsidP="00AD3B81">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE0E40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Interessent verpflichtet sich,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70EC8AEE" w14:textId="77777777" w:rsidR="00862CF5" w:rsidRPr="00AD3B81" w:rsidRDefault="00862CF5" w:rsidP="00BE0E40">
+    <w:p w14:paraId="70EC8AEE" w14:textId="418C86FD" w:rsidR="00862CF5" w:rsidRPr="00AD3B81" w:rsidRDefault="00862CF5" w:rsidP="00BE0E40">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD3B81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">die gegenseitig mitgeteilten </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>die gegenseitig mitgeteilten Informationen</w:t>
+      </w:r>
+      <w:r w:rsidR="008709BD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidRPr="00AD3B81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ohne ausdrückliche schriftliche Einwilligung durch den Erfinder nicht selbst zu verwerten;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D9AC35F" w14:textId="77777777" w:rsidR="00862CF5" w:rsidRPr="00AD3B81" w:rsidRDefault="00862CF5" w:rsidP="00BE0E40">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD3B81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>die Vertraulichen Informationen streng vertraulich zu behandeln und nur im Zusammenhang mit dem Zweck zu verwenden;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7545F78A" w14:textId="77777777" w:rsidR="00862CF5" w:rsidRPr="00AD3B81" w:rsidRDefault="00862CF5" w:rsidP="00BE0E40">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD3B81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>die Vertraulichen Informationen nur gegenüber solchen Vertretern offen zu legen, die auf die Kenntnis dieser Informationen für den Zweck angewiesen sind, vorausgesetzt, dass der Interessent sicherstellt, dass ihre Vertreter diese Vereinbarung einhalten, als wären sie selbst durch diese Vereinbarung gebunden;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="183655C8" w14:textId="77777777" w:rsidR="00862CF5" w:rsidRPr="00BF216E" w:rsidRDefault="00862CF5" w:rsidP="00AD3B81">
+    <w:p w14:paraId="77859BD1" w14:textId="673072CB" w:rsidR="00BE0E40" w:rsidRDefault="00862CF5" w:rsidP="00BE0E40">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
-        <w:numPr>
-[...41 lines deleted...]
-        <w:pStyle w:val="Kopfzeile"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A56659">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">die Vertraulichen Informationen ebenfalls durch angemessene Geheimhaltungsmaßnahmen gegen den unbefugten Zugriff durch Dritte zu sichern und bei der Verarbeitung der Vertraulichen Informationen die gesetzlichen und vertraglichen Vorschriften zum Datenschutz einzuhalten. Dies beinhaltet auch dem aktuellen Stand der Technik angepasste technische Sicherheitsmaßnahmen (Art. 32 DS-GVO) und die Verpflichtung der Mitarbeiter auf die Vertraulichkeit und die Beachtung des Datenschutzes (Art. 28 Abs. 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A56659">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lit</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A56659">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. b DS-GVO);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40E795A7" w14:textId="77777777" w:rsidR="00A56659" w:rsidRPr="00A56659" w:rsidRDefault="00A56659" w:rsidP="00A56659">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
+        </w:tabs>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BB789AD" w14:textId="77777777" w:rsidR="00862CF5" w:rsidRPr="00BE0E40" w:rsidRDefault="00862CF5" w:rsidP="004B2BF0">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:ind w:right="566"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE0E40">
@@ -1690,51 +1696,51 @@
       <w:r w:rsidRPr="00AD3B81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Auf Aufforderung des Erfinders sowie ohne Aufforderung spätestens nach Erreichung des in der Präambel beschriebenen Zwecks ist der Interessent verpflichtet, sämtliche Vertraulichen Informationen einschließlich der Kopien </w:t>
       </w:r>
       <w:r w:rsidR="00BE0E40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">hiervon innerhalb von zehn </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD3B81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Arbeitstagen nach Zugang der Aufforderung bzw. nach Beendigung des Projektes zurückzugeben oder zu vernichten (einschließlich elektronisch gespeicherter Vertraulicher Informationen), sofern nicht mit dem Erfinder vereinbarte oder gesetzliche Aufbewahrungspflichten dem entgegenstehen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7384B4BF" w14:textId="77777777" w:rsidR="00862CF5" w:rsidRPr="00AD3B81" w:rsidRDefault="00862CF5" w:rsidP="004B2BF0">
+    <w:p w14:paraId="7384B4BF" w14:textId="680980D9" w:rsidR="00862CF5" w:rsidRPr="00AD3B81" w:rsidRDefault="00862CF5" w:rsidP="004B2BF0">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD3B81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Die Vernichtung elektronisch gespeicherter Vertraulicher Informationen erfolgt durch die vollständige und unwiderrufliche Löschung der Dateien oder unwiederbringliche Zerstörung des Datenträgers. Vollständige und unwiderrufliche Löschung bedeutet bei elektronisch gespeicherten Vertraulichen Informationen, dass die Vertraulichen Informationen derart gelöscht werden, dass jeglicher Zugriff auf diese Informationen unmöglich wird, wobei spezielle Löschverfahren (z</w:t>
       </w:r>
       <w:r w:rsidR="00BE0E40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -1761,148 +1767,180 @@
         <w:t>Wiping</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00AD3B81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“) zu verwenden sind, welche den anerkannten Standards genügen (b</w:t>
       </w:r>
       <w:r w:rsidR="00BE0E40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">eispielsweise </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD3B81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Standards des Bundesamts für Informationssicherheit). </w:t>
+        <w:t xml:space="preserve">Standards des Bundesamts für </w:t>
+      </w:r>
+      <w:r w:rsidR="00075728">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sicherheit in der </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD3B81">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Informations</w:t>
+      </w:r>
+      <w:r w:rsidR="00075728">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>technik</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD3B81">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4516ED8F" w14:textId="4627B278" w:rsidR="00862CF5" w:rsidRPr="00AD3B81" w:rsidRDefault="00862CF5" w:rsidP="004B2BF0">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD3B81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ausgenommen hiervon sind – neben Vertraulichen Informationen, b</w:t>
       </w:r>
       <w:r w:rsidR="00BE0E40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ezüglich</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD3B81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> derer eine Aufbewahrungspflicht i. S. d. Abs. 2 besteht – Vertrauliche Informationen, deren Vernichtung bzw. Rückgabe technisch nicht möglich ist, z</w:t>
+        <w:t xml:space="preserve"> derer eine Aufbewahrungspflicht i. S. d. Abs. 2 besteht – Vertrauliche Informationen, deren Vernichtung bzw. Rückgabe technisch nicht möglich ist, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD3B81">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>z</w:t>
       </w:r>
       <w:r w:rsidR="00BE0E40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>um Beispiel</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD3B81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> da sie aufgrund eines automatisierten elektronischen Backup-Systems zur Sicherung von elektronischen Daten in einer Sicherungsdatei gespeichert wurden; hierzu zählt auch das technisch notwendige Vorhalten von Stammdaten (z</w:t>
       </w:r>
       <w:r w:rsidR="00BE0E40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>um Beispiel</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD3B81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Personal-</w:t>
       </w:r>
       <w:r w:rsidR="00867162">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD3B81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">oder Kundennummern), welches </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">nötig ist, um eine Verknüpfung zu den archivierten Informationen herzustellen. </w:t>
+        <w:t xml:space="preserve">oder Kundennummern), welches nötig ist, um eine Verknüpfung zu den archivierten Informationen herzustellen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BA46FA0" w14:textId="77777777" w:rsidR="00862CF5" w:rsidRPr="00BE0E40" w:rsidRDefault="00862CF5" w:rsidP="004B2BF0">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE0E40">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Auf Verlangen des Erfinders hat der Interessent schriftlich zu versichern, dass er sämtliche Vertrauliche Informationen nach den Maßgaben der vorstehenden Ziffern und den Weisungen des Erfinders vollständig und unwiderruflich gelöscht hat.</w:t>
       </w:r>
@@ -2173,50 +2211,51 @@
         </w:rPr>
         <w:t>rag über die Zusammenarbeit (Abschnitt I.</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD3B81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Abs. 1) nicht zustande kommt oder beendet ist, außer die Entwicklung ist inzwischen offenkundig, wofür der Interessent die Beweislast trägt.</w:t>
       </w:r>
       <w:r w:rsidR="00F8243A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00F8243A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00F8243A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00F8243A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="13EF42C3" w14:textId="77777777" w:rsidR="00862CF5" w:rsidRPr="00AD3B81" w:rsidRDefault="00862CF5" w:rsidP="00AD3B81">
       <w:pPr>
         <w:pStyle w:val="Kopfzeile"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
@@ -2247,51 +2286,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3977F40A" w14:textId="77777777" w:rsidR="00862CF5" w:rsidRPr="00AD3B81" w:rsidRDefault="00862CF5" w:rsidP="00374C42">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD3B81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Auf den Vertrag ist deutsches Recht anzuwenden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C4CA26F" w14:textId="77777777" w:rsidR="00867162" w:rsidRPr="00867162" w:rsidRDefault="00862CF5" w:rsidP="006C666B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C666B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Für Streitigkeiten aus diesem Vertrag ist das Gericht am Sitz des Erfinders</w:t>
       </w:r>
@@ -2391,51 +2429,71 @@
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Muster für eine Schlichtungsklausel:</w:t>
       </w:r>
       <w:r w:rsidR="006C666B" w:rsidRPr="006C666B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Die Vertragsparteien verpflichten sich, bei Meinungsverschiedenheiten ein Schlichtungsverfahren mit dem Ziel durchzuführen, eine interessengerechte und faire Vereinbarung im Wege einer Mediation mit Unterstützung eines neutralen Schlichters unter Berücksichtigung der wirtschaftlichen, rechtlichen, persönlichen und sozialen Gegebenheiten zu erarbeiten. Alle Streitigkeiten, die sich im Zusammenhang mit diesem Vertrag oder über seine Gültigkeit ergeben, werden vor Einschaltung der Gerichte nach der Schlichtungsordnung der Institution der Industrie- und Handelskammer </w:t>
       </w:r>
       <w:r w:rsidR="00520A12">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>…………..</w:t>
+        <w:t>……</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00520A12">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00520A12">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="006C666B" w:rsidRPr="006C666B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(z</w:t>
       </w:r>
       <w:r w:rsidR="006C666B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>um Beispiel</w:t>
       </w:r>
       <w:r w:rsidR="006C666B" w:rsidRPr="006C666B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
@@ -2758,137 +2816,134 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="739FB37E" w14:textId="77777777" w:rsidR="006C666B" w:rsidRPr="00AD3B81" w:rsidRDefault="00520A12" w:rsidP="006C666B">
       <w:pPr>
         <w:pStyle w:val="Kopfzeile"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
           <w:tab w:val="right" w:leader="dot" w:pos="4678"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9639"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>…………….                                                       ……………..</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="525B9410" w14:textId="117BDEDE" w:rsidR="00200F04" w:rsidRDefault="00862CF5" w:rsidP="002420BF">
+    <w:p w14:paraId="50B5E3A8" w14:textId="77777777" w:rsidR="00BF216E" w:rsidRDefault="00862CF5" w:rsidP="00F57EAF">
       <w:pPr>
         <w:pStyle w:val="Kopfzeile"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="right" w:pos="4253"/>
           <w:tab w:val="left" w:pos="4962"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD3B81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ort, Datum</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD3B81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00AD3B81">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Unterschrift</w:t>
       </w:r>
-      <w:r w:rsidR="002420BF">
+    </w:p>
+    <w:p w14:paraId="001043DD" w14:textId="77777777" w:rsidR="005D41B2" w:rsidRDefault="005D41B2" w:rsidP="005D41B2">
+      <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-    <w:sectPr w:rsidR="005D41B2" w:rsidSect="002420BF">
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="005D41B2" w:rsidSect="005D69CE">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="964" w:right="1021" w:bottom="833" w:left="1814" w:header="720" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2871CB52" w14:textId="77777777" w:rsidR="00D245B6" w:rsidRDefault="00D245B6" w:rsidP="002C4816">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="66349D3B" w14:textId="77777777" w:rsidR="00D245B6" w:rsidRDefault="00D245B6" w:rsidP="002C4816">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2899,137 +2954,156 @@
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0B081E93" w14:textId="77777777" w:rsidR="00D245B6" w:rsidRDefault="00D245B6" w:rsidP="002C4816">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="28695182" w14:textId="77777777" w:rsidR="00D245B6" w:rsidRDefault="00D245B6" w:rsidP="002C4816">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5996E93A" w14:textId="563921F8" w:rsidR="00C875A3" w:rsidRDefault="002420BF">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="545C5683" w14:textId="77777777" w:rsidR="00C875A3" w:rsidRDefault="00C875A3">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
+      <w:rPr>
+        <w:color w:val="808080"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
+        <w:sz w:val="16"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="68D91071" wp14:editId="2116958B">
-[...2 lines deleted...]
-          <wp:docPr id="2049668802" name="Grafik 1" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1F9A2542" wp14:editId="77942B11">
+          <wp:extent cx="2430780" cy="609600"/>
+          <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+          <wp:docPr id="3" name="Bild 1" descr="Logo Hessen"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="2049668802" name="Grafik 1" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="0" name="Picture 1" descr="Logo Hessen"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
+                  <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2375945" cy="392105"/>
+                    <a:ext cx="2430780" cy="609600"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2296D122" w14:textId="77777777" w:rsidR="002420BF" w:rsidRDefault="002420BF">
+  <w:p w14:paraId="756FB59B" w14:textId="77777777" w:rsidR="00C875A3" w:rsidRDefault="00C875A3">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+      <w:rPr>
+        <w:color w:val="808080"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="5996E93A" w14:textId="460F0AAA" w:rsidR="00C875A3" w:rsidRDefault="00C875A3">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="061508DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5ED69EC6"/>
     <w:lvl w:ilvl="0" w:tplc="A5703AD0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1506" w:hanging="360"/>
@@ -6700,242 +6774,259 @@
   <w:num w:numId="34" w16cid:durableId="1371146579">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="989553789">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1118527012">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="2099591962">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1272661862">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="548689973">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1659503811">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BC2ED0"/>
     <w:rsid w:val="000337B4"/>
     <w:rsid w:val="000459BF"/>
     <w:rsid w:val="0007480B"/>
+    <w:rsid w:val="00075728"/>
+    <w:rsid w:val="00077599"/>
     <w:rsid w:val="00086F57"/>
     <w:rsid w:val="0009440A"/>
     <w:rsid w:val="0009604F"/>
     <w:rsid w:val="000B41C5"/>
+    <w:rsid w:val="001213DB"/>
     <w:rsid w:val="00145808"/>
     <w:rsid w:val="00166A64"/>
     <w:rsid w:val="001719BB"/>
     <w:rsid w:val="001929BB"/>
+    <w:rsid w:val="001E301B"/>
     <w:rsid w:val="001E5E0C"/>
     <w:rsid w:val="00200F04"/>
     <w:rsid w:val="00201FD1"/>
     <w:rsid w:val="00241FE2"/>
-    <w:rsid w:val="002420BF"/>
     <w:rsid w:val="00283041"/>
     <w:rsid w:val="002A2EAB"/>
     <w:rsid w:val="002C0749"/>
+    <w:rsid w:val="002C433E"/>
     <w:rsid w:val="002C4816"/>
     <w:rsid w:val="002E206B"/>
     <w:rsid w:val="002F4CD8"/>
     <w:rsid w:val="003178BA"/>
     <w:rsid w:val="0033340F"/>
     <w:rsid w:val="00370845"/>
     <w:rsid w:val="00374C42"/>
     <w:rsid w:val="00387C20"/>
+    <w:rsid w:val="003A6C1A"/>
     <w:rsid w:val="003D619E"/>
+    <w:rsid w:val="003E3DCC"/>
     <w:rsid w:val="00400010"/>
+    <w:rsid w:val="004068BA"/>
     <w:rsid w:val="00413CE7"/>
     <w:rsid w:val="004638B9"/>
     <w:rsid w:val="004B2BF0"/>
     <w:rsid w:val="004B5FA9"/>
     <w:rsid w:val="004C6EC8"/>
     <w:rsid w:val="00520A12"/>
     <w:rsid w:val="00522559"/>
     <w:rsid w:val="00526CB3"/>
+    <w:rsid w:val="00560028"/>
+    <w:rsid w:val="00571450"/>
     <w:rsid w:val="005725CB"/>
     <w:rsid w:val="005D41B2"/>
     <w:rsid w:val="005D69CE"/>
+    <w:rsid w:val="005E0BBA"/>
     <w:rsid w:val="005F130B"/>
     <w:rsid w:val="00605C2A"/>
     <w:rsid w:val="00621DD9"/>
     <w:rsid w:val="00636D66"/>
     <w:rsid w:val="00672B68"/>
     <w:rsid w:val="00681CB2"/>
     <w:rsid w:val="00686855"/>
     <w:rsid w:val="00692BAC"/>
     <w:rsid w:val="006C666B"/>
     <w:rsid w:val="006D32EB"/>
     <w:rsid w:val="006E6166"/>
     <w:rsid w:val="00700281"/>
     <w:rsid w:val="007038AA"/>
     <w:rsid w:val="007121B9"/>
     <w:rsid w:val="0071564C"/>
     <w:rsid w:val="0071652D"/>
     <w:rsid w:val="00717001"/>
     <w:rsid w:val="0076204A"/>
     <w:rsid w:val="00782FB8"/>
     <w:rsid w:val="0078785C"/>
     <w:rsid w:val="007A11F8"/>
     <w:rsid w:val="007C179D"/>
     <w:rsid w:val="007D6588"/>
     <w:rsid w:val="00814175"/>
     <w:rsid w:val="008338B9"/>
     <w:rsid w:val="0084046D"/>
     <w:rsid w:val="0085625E"/>
     <w:rsid w:val="00861D84"/>
     <w:rsid w:val="00862CF5"/>
     <w:rsid w:val="00867162"/>
+    <w:rsid w:val="008709BD"/>
     <w:rsid w:val="00895549"/>
     <w:rsid w:val="0094411C"/>
     <w:rsid w:val="00976663"/>
     <w:rsid w:val="0098520D"/>
     <w:rsid w:val="009A3FC9"/>
     <w:rsid w:val="009B6A46"/>
     <w:rsid w:val="009C5881"/>
     <w:rsid w:val="009D08BE"/>
     <w:rsid w:val="00A06D2A"/>
     <w:rsid w:val="00A23525"/>
     <w:rsid w:val="00A52B06"/>
     <w:rsid w:val="00A559FA"/>
+    <w:rsid w:val="00A56659"/>
     <w:rsid w:val="00AA40E5"/>
+    <w:rsid w:val="00AC69F3"/>
     <w:rsid w:val="00AD3B81"/>
     <w:rsid w:val="00B03422"/>
     <w:rsid w:val="00B044AF"/>
     <w:rsid w:val="00B23B39"/>
+    <w:rsid w:val="00B30A00"/>
     <w:rsid w:val="00B31A10"/>
     <w:rsid w:val="00B512D6"/>
     <w:rsid w:val="00B75CEC"/>
     <w:rsid w:val="00BA6346"/>
     <w:rsid w:val="00BC2ED0"/>
     <w:rsid w:val="00BE0E40"/>
     <w:rsid w:val="00BF216E"/>
     <w:rsid w:val="00C05412"/>
     <w:rsid w:val="00C34A31"/>
     <w:rsid w:val="00C7146A"/>
     <w:rsid w:val="00C875A3"/>
     <w:rsid w:val="00CA1DD5"/>
     <w:rsid w:val="00CC3AC3"/>
     <w:rsid w:val="00CD3411"/>
     <w:rsid w:val="00CE4EEC"/>
     <w:rsid w:val="00CF08BF"/>
     <w:rsid w:val="00D0160F"/>
     <w:rsid w:val="00D245B6"/>
     <w:rsid w:val="00D6034F"/>
     <w:rsid w:val="00D74549"/>
     <w:rsid w:val="00D74D72"/>
     <w:rsid w:val="00DA518C"/>
     <w:rsid w:val="00E12B70"/>
     <w:rsid w:val="00E41316"/>
     <w:rsid w:val="00E52E8B"/>
     <w:rsid w:val="00E534E5"/>
     <w:rsid w:val="00E60302"/>
     <w:rsid w:val="00E63100"/>
+    <w:rsid w:val="00E677CD"/>
     <w:rsid w:val="00E94B43"/>
     <w:rsid w:val="00ED3AC2"/>
     <w:rsid w:val="00EE10CB"/>
     <w:rsid w:val="00EF4599"/>
     <w:rsid w:val="00F12B24"/>
     <w:rsid w:val="00F2209D"/>
     <w:rsid w:val="00F226E4"/>
     <w:rsid w:val="00F354D6"/>
+    <w:rsid w:val="00F412DF"/>
     <w:rsid w:val="00F435D4"/>
+    <w:rsid w:val="00F51E23"/>
     <w:rsid w:val="00F57EAF"/>
     <w:rsid w:val="00F8243A"/>
     <w:rsid w:val="00F858FA"/>
     <w:rsid w:val="00F909B0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2E00C38C"/>
   <w15:docId w15:val="{6755E746-7131-4E83-8E31-4F0BF646B5BB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7628,76 +7719,61 @@
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellenraster">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="NormaleTabelle"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00B044AF"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa-Design">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7956,76 +8032,77 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101007AC43CE515D2804DAC7ADE3243597B14" ma:contentTypeVersion="17" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="b92f69cd1f3c9f7aab5d56f26f1a8a88">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xmlns:ns3="82589c12-70c4-4c94-a25a-3c827aa5c9f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f79c75ed3e46ee854ab0cc1904460d8a" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101007AC43CE515D2804DAC7ADE3243597B14" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="d36f937f196cc11c9034c2c1754a79c3">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xmlns:ns3="82589c12-70c4-4c94-a25a-3c827aa5c9f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="503caf83702f076935e2dbbd87d5e908" ns2:_="" ns3:_="">
     <xsd:import namespace="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <xsd:import namespace="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Freigegeben für" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
@@ -8104,50 +8181,55 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkierungen" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="a931697c-cc8f-4945-a00f-f8701901ff32" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhaltstyp"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
@@ -8205,149 +8287,149 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="82589c12-70c4-4c94-a25a-3c827aa5c9f9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F1FBCE0C-B600-47BC-ADDA-859250F9EF24}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1DACB0A-18FB-4E94-8DCA-4BB089EF11D6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB58E6A4-CE03-4EF1-8726-C6F87CA9F068}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA8AA727-46C5-41AA-A081-449C04AF6C33}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{399AA548-B71D-440A-B5D2-E5A4FC60FD2B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA8AA727-46C5-41AA-A081-449C04AF6C33}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB58E6A4-CE03-4EF1-8726-C6F87CA9F068}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>13878</Characters>
+  <Pages>8</Pages>
+  <Words>1876</Words>
+  <Characters>13805</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>115</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>306</Lines>
+  <Paragraphs>76</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>IHK Frankfurt am Main</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15733</CharactersWithSpaces>
+  <CharactersWithSpaces>15605</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="144" baseType="variant">
       <vt:variant>
         <vt:i4>4063319</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>69</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@wiesbaden.ihk.de</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1572928</vt:i4>
       </vt:variant>
       <vt:variant>