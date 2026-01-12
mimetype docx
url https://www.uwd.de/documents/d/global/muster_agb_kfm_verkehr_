--- v0 (2025-10-08)
+++ v1 (2026-01-12)
@@ -9,351 +9,318 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="01174528" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="74C4C2A1" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="3B6B960C" w14:textId="77777777" w:rsidR="00CF7AEB" w:rsidRDefault="00CF7AEB"/>
     <w:p w14:paraId="29681D9B" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="1A449595" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
-    <w:p w14:paraId="542B398A" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="59C93119" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00B40C59" w:rsidRDefault="00D37D47">
+    <w:p w14:paraId="6282CDAF" w14:textId="77777777" w:rsidR="004E307E" w:rsidRPr="00B40C59" w:rsidRDefault="004E307E" w:rsidP="004E307E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B40C59">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t xml:space="preserve">Mustervertrag </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="166D6639" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00B40C59" w:rsidRDefault="006D32EB">
+    <w:p w14:paraId="4F19A30A" w14:textId="77777777" w:rsidR="004E307E" w:rsidRPr="00B40C59" w:rsidRDefault="004E307E" w:rsidP="004E307E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DF75FE3" w14:textId="77777777" w:rsidR="009328E2" w:rsidRPr="00B40C59" w:rsidRDefault="009328E2" w:rsidP="00D37D47">
+    <w:p w14:paraId="2590A920" w14:textId="77777777" w:rsidR="004E307E" w:rsidRPr="00B40C59" w:rsidRDefault="004E307E" w:rsidP="004E307E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B40C59">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>Allgemeine</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="162676BC" w14:textId="77777777" w:rsidR="009328E2" w:rsidRPr="00B40C59" w:rsidRDefault="009328E2" w:rsidP="00D37D47">
+    <w:p w14:paraId="39B4F915" w14:textId="77777777" w:rsidR="004E307E" w:rsidRPr="00B40C59" w:rsidRDefault="004E307E" w:rsidP="004E307E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CA5DA18" w14:textId="77777777" w:rsidR="009328E2" w:rsidRPr="00B40C59" w:rsidRDefault="009328E2" w:rsidP="00D37D47">
+    <w:p w14:paraId="6EC466E7" w14:textId="77777777" w:rsidR="004E307E" w:rsidRPr="00B40C59" w:rsidRDefault="004E307E" w:rsidP="004E307E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B40C59">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-        <w:t>Verkaufsbedingungen</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D37D47" w:rsidRPr="00B40C59">
+        <w:t>Verkaufsbedingungen (AGB)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FACA8AC" w14:textId="77777777" w:rsidR="004E307E" w:rsidRPr="00B40C59" w:rsidRDefault="004E307E" w:rsidP="004E307E">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-    <w:p w14:paraId="39C41602" w14:textId="77777777" w:rsidR="009328E2" w:rsidRPr="00B40C59" w:rsidRDefault="009328E2" w:rsidP="00D37D47">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DCFB8F6" w14:textId="77777777" w:rsidR="004E307E" w:rsidRPr="00B40C59" w:rsidRDefault="004E307E" w:rsidP="004E307E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B40C59">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve">für den </w:t>
       </w:r>
       <w:r w:rsidRPr="00B40C59">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>kaufmännischen</w:t>
       </w:r>
       <w:r w:rsidRPr="00B40C59">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> Verkehr</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="328D0D1D" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00B40C59" w:rsidRDefault="009328E2" w:rsidP="00D37D47">
+    <w:p w14:paraId="44F76D30" w14:textId="77777777" w:rsidR="004E307E" w:rsidRPr="00B40C59" w:rsidRDefault="004E307E" w:rsidP="004E307E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B40C59">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t>(Verkäufer</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00702194" w:rsidRPr="00B40C59">
+        <w:t>(Verkäufer und Käufer sind Unternehmer)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6324B0A3" w14:textId="77777777" w:rsidR="004E307E" w:rsidRPr="00702194" w:rsidRDefault="004E307E" w:rsidP="004E307E">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-    <w:p w14:paraId="03BCD7F3" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00D37D47" w:rsidRDefault="006D32EB" w:rsidP="00D37D47">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11995421" w14:textId="77777777" w:rsidR="004E307E" w:rsidRPr="00D37D47" w:rsidRDefault="004E307E" w:rsidP="004E307E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CBEDC71" w14:textId="77777777" w:rsidR="00DB7686" w:rsidRDefault="00DB7686" w:rsidP="00DB7686">
+    <w:p w14:paraId="423D3394" w14:textId="77777777" w:rsidR="004E307E" w:rsidRDefault="004E307E" w:rsidP="004E307E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit freundlicher Unterstützung zur Verfügung gestellt vom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="211BC54D" wp14:editId="416CE42E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="08847DCA" wp14:editId="5DDA6EF8">
             <wp:extent cx="2247900" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="588512616" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2240280" cy="563880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="584D39CD" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRPr="00D37D47" w:rsidRDefault="00782FB8" w:rsidP="00D37D47">
+    <w:p w14:paraId="40F09A72" w14:textId="77777777" w:rsidR="004E307E" w:rsidRPr="00D37D47" w:rsidRDefault="004E307E" w:rsidP="004E307E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="25AF534D" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRPr="00D37D47" w:rsidRDefault="00782FB8" w:rsidP="00D37D47">
+    <w:p w14:paraId="6961CD8B" w14:textId="77777777" w:rsidR="004E307E" w:rsidRPr="00D37D47" w:rsidRDefault="004E307E" w:rsidP="004E307E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="521B850B" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRPr="00D37D47" w:rsidRDefault="00782FB8" w:rsidP="00D37D47">
+    <w:p w14:paraId="68174E4C" w14:textId="77777777" w:rsidR="004E307E" w:rsidRPr="00D37D47" w:rsidRDefault="004E307E" w:rsidP="004E307E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04CBC932" w14:textId="77777777" w:rsidR="00D37D47" w:rsidRDefault="00D37D47" w:rsidP="00D37D47">
+    <w:p w14:paraId="61239CAA" w14:textId="77777777" w:rsidR="004E307E" w:rsidRDefault="004E307E" w:rsidP="004E307E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18F2409C" w14:textId="77777777" w:rsidR="00D37D47" w:rsidRDefault="00D37D47" w:rsidP="00D37D47">
+    <w:p w14:paraId="2E3E048B" w14:textId="77777777" w:rsidR="004E307E" w:rsidRDefault="004E307E" w:rsidP="004E307E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20A5520D" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00782FB8" w:rsidRDefault="006D32EB" w:rsidP="00782FB8">
+    <w:p w14:paraId="1C4119B9" w14:textId="77777777" w:rsidR="004E307E" w:rsidRPr="00782FB8" w:rsidRDefault="004E307E" w:rsidP="004E307E">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="20A5520D" w14:textId="0BB0911E" w:rsidR="006D32EB" w:rsidRPr="00782FB8" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="01498B1A" w14:textId="77777777" w:rsidR="00181BE8" w:rsidRPr="00D37D47" w:rsidRDefault="00181BE8" w:rsidP="00D37D47">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D37D47">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Vorwort</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D6A17C5" w14:textId="77777777" w:rsidR="00181BE8" w:rsidRPr="00D37D47" w:rsidRDefault="00181BE8" w:rsidP="00D37D47">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A1ECAAA" w14:textId="77777777" w:rsidR="00181BE8" w:rsidRPr="00D37D47" w:rsidRDefault="00181BE8" w:rsidP="0066588D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D37D47">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -469,51 +436,67 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D37D47">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aus Gründen der sprachlichen Vereinfachung wird auf die Nennung der drei Geschlechter verzichtet, wo eine geschlechtsneutrale Formulierung nicht möglich war. In diesen Fällen beziehen die verwendeten männlichen Begriffe die weiblichen und diversen Formen ebenso mit ein. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D37D47">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Mustervertrag ist nur ein Vorschlag für eine mögliche Regelung. Viele Festlegungen sind frei vereinbar. Der Verwender kann auch andere Formulierungen wählen. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D37D47">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret zu regelnde Situation und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
+        <w:t xml:space="preserve">Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D37D47">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zu regelnde Situation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D37D47">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D37D47">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Falls Sie einen maßgeschneiderten Vertrag benötigen, sollten Sie sich durch einen Rechtsanwalt Ihres Vertrauens beraten lassen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30283B45" w14:textId="77777777" w:rsidR="00181BE8" w:rsidRDefault="00181BE8" w:rsidP="00181BE8"/>
     <w:p w14:paraId="12768CCD" w14:textId="77777777" w:rsidR="00181BE8" w:rsidRPr="00D37D47" w:rsidRDefault="00181BE8" w:rsidP="00D37D47">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00D37D47">
         <w:rPr>
           <w:b/>
@@ -2116,60 +2099,51 @@
         </w:rPr>
         <w:t>Für den Fall, dass wir</w:t>
       </w:r>
       <w:r w:rsidR="00021ED5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> nicht die im Einzelfall entstandenen Transportkosten in Rechnung stellen, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>erheben wir</w:t>
       </w:r>
       <w:r w:rsidR="00021ED5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> eine Transportkostenpauschale (ausschließlich </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Transportversicherung) in Höhe von […]. Etwaige Zölle, Gebühren, Steuern und sonstige öffentliche Abgaben </w:t>
+        <w:t xml:space="preserve"> eine Transportkostenpauschale (ausschließlich Transportversicherung) in Höhe von […]. Etwaige Zölle, Gebühren, Steuern und sonstige öffentliche Abgaben </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hat</w:t>
       </w:r>
       <w:r w:rsidR="00021ED5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> der Käufe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>r zu tragen</w:t>
       </w:r>
@@ -2948,51 +2922,67 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C579D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Die Lieferfrist wird individuell vereinbart bzw. von uns bei Annahme der Bestellung angegeben. Sofern dies nicht der Fall ist, beträgt die Lieferfrist ca.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">[   ] </w:t>
+        <w:t xml:space="preserve">[ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C579D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Wochen ab Vertragsschluss</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="220C5C47" w14:textId="77777777" w:rsidR="007C579D" w:rsidRPr="007C579D" w:rsidRDefault="007C579D" w:rsidP="007C579D">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -3003,340 +2993,358 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="177A3DD1" w14:textId="676B4E6E" w:rsidR="007C579D" w:rsidRPr="00C45825" w:rsidRDefault="00F86CBA" w:rsidP="007C579D">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Für den Fall, dass</w:t>
+      </w:r>
+      <w:r w:rsidR="007C579D" w:rsidRPr="007C579D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wir </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vertraglich vereinbarte</w:t>
+      </w:r>
+      <w:r w:rsidR="007C579D" w:rsidRPr="007C579D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lieferfristen aus Gründen, die wir nicht zu vertreten haben, nicht einhalten können, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>haben</w:t>
+      </w:r>
+      <w:r w:rsidR="007C579D" w:rsidRPr="007C579D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wir den Käufer </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>über diesen Umstand</w:t>
+      </w:r>
+      <w:r w:rsidR="007C579D" w:rsidRPr="007C579D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unverzüglich</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zu</w:t>
+      </w:r>
+      <w:r w:rsidR="007C579D" w:rsidRPr="007C579D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informieren</w:t>
+      </w:r>
+      <w:r w:rsidR="007C579D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007C579D" w:rsidRPr="007C579D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">und </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>parallel</w:t>
+      </w:r>
+      <w:r w:rsidR="007C579D" w:rsidRPr="007C579D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> die voraussichtliche</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bzw. </w:t>
+      </w:r>
+      <w:r w:rsidR="007C579D" w:rsidRPr="007C579D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">neue </w:t>
+      </w:r>
+      <w:r w:rsidR="007C579D" w:rsidRPr="007C579D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Für den Fall, dass</w:t>
+        <w:t xml:space="preserve">Lieferfrist </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mitzuteilen</w:t>
       </w:r>
       <w:r w:rsidR="007C579D" w:rsidRPr="007C579D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> wir </w:t>
-[...7 lines deleted...]
-        <w:t>vertraglich vereinbarte</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sofern</w:t>
       </w:r>
       <w:r w:rsidR="007C579D" w:rsidRPr="007C579D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Lieferfristen aus Gründen, die wir nicht zu vertreten haben, nicht einhalten können, </w:t>
-[...7 lines deleted...]
-        <w:t>haben</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF6C18">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eine</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF6C18">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">verspätete Lieferung aufgrund von Nichtverfügbarkeit der Leistung </w:t>
       </w:r>
       <w:r w:rsidR="007C579D" w:rsidRPr="007C579D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> wir den Käufer </w:t>
-[...7 lines deleted...]
-        <w:t>über diesen Umstand</w:t>
+        <w:t>auch innerhalb der neu</w:t>
+      </w:r>
+      <w:r w:rsidR="00277988">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bekanntgegebenen</w:t>
       </w:r>
       <w:r w:rsidR="007C579D" w:rsidRPr="007C579D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> unverzüglich</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> zu</w:t>
+        <w:t xml:space="preserve"> Lieferfrist nicht </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF6C18">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>erfolgen kann</w:t>
       </w:r>
       <w:r w:rsidR="007C579D" w:rsidRPr="007C579D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> informieren</w:t>
+        <w:t xml:space="preserve">, sind wir berechtigt, ganz oder teilweise vom Vertrag zurückzutreten; eine bereits erbrachte Gegenleistung des Käufers </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF6C18">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(in Form der Kaufpreiszahlung) haben</w:t>
+      </w:r>
+      <w:r w:rsidR="007C579D" w:rsidRPr="007C579D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wir unverzüglich </w:t>
+      </w:r>
+      <w:r w:rsidR="00277988">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zu </w:t>
+      </w:r>
+      <w:r w:rsidR="007C579D" w:rsidRPr="007C579D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>erstatten.</w:t>
       </w:r>
       <w:r w:rsidR="007C579D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00BF6C18">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die </w:t>
+      </w:r>
       <w:r w:rsidR="007C579D" w:rsidRPr="007C579D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">und </w:t>
-[...7 lines deleted...]
-        <w:t>parallel</w:t>
+        <w:t xml:space="preserve">Nichtverfügbarkeit der Leistung </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BF6C18">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ist </w:t>
       </w:r>
       <w:r w:rsidR="007C579D" w:rsidRPr="007C579D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> die voraussichtliche</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> beispielsweise</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="007C579D" w:rsidRPr="007C579D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">neue Lieferfrist </w:t>
-[...30 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...134 lines deleted...]
-        <w:t xml:space="preserve"> beispielsweise </w:t>
       </w:r>
       <w:r w:rsidR="00BF6C18">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dann gegeben, wenn</w:t>
       </w:r>
       <w:r w:rsidR="007C579D" w:rsidRPr="007C579D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BF6C18">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eine</w:t>
       </w:r>
@@ -3479,59 +3487,77 @@
         </w:rPr>
         <w:t xml:space="preserve">sich nach den gesetzlichen Vorschriften. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Voraussetzung für einen Lieferverzug </w:t>
       </w:r>
       <w:r w:rsidR="00277988">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">von uns als Verkäufer </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ist jedoch eine Mahnung von Seiten des Käufers </w:t>
+        <w:t xml:space="preserve">ist jedoch eine Mahnung von Seiten des </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Käufers </w:t>
       </w:r>
       <w:r w:rsidR="00C45825" w:rsidRPr="00C45825">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C45825" w:rsidRPr="00C45825">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Für den Fall, dass ein </w:t>
       </w:r>
       <w:r w:rsidR="00C45825" w:rsidRPr="00C45825">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lieferverzug</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> gegeben ist</w:t>
       </w:r>
@@ -4123,60 +4149,51 @@
         </w:rPr>
         <w:t xml:space="preserve">der zufälligen Verschlechterung der Ware sowie die </w:t>
       </w:r>
       <w:r w:rsidR="0002165D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Verzögerungsgefahr bereits mit Auslieferung der Ware an den Spediteur oder den Frachtführer </w:t>
       </w:r>
       <w:r w:rsidR="00C45825" w:rsidRPr="00C45825">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">über. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Für den Fall der vertraglichen Vereinbarung einer Abnahme der Ware ist diese für den Gefahrübergang maßgeblich. Weitergehende gesetzliche Vorschriften des </w:t>
-[...8 lines deleted...]
-        <w:t>Werkvertragsrechts bl</w:t>
+        <w:t>Für den Fall der vertraglichen Vereinbarung einer Abnahme der Ware ist diese für den Gefahrübergang maßgeblich. Weitergehende gesetzliche Vorschriften des Werkvertragsrechts bl</w:t>
       </w:r>
       <w:r w:rsidR="0002165D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ei</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ben unberührt</w:t>
       </w:r>
       <w:r w:rsidR="00C45825" w:rsidRPr="00C45825">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Der Übergabe bzw. </w:t>
       </w:r>
@@ -4237,51 +4254,114 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Für den Fall, dass</w:t>
       </w:r>
       <w:r w:rsidR="007C2E45" w:rsidRPr="007C2E45">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> sich der Käufer in Annahmeverzug befindet oder sich unsere Lieferung aus anderen, vom Käufer zu vertretenden Gründen verzögert, haben wir gegen den Kläger einen Anspruch auf Ersatz des entstandenen Schadens einschließlich der Mehraufwendungen (z. B. Lagerkosten). Sofern dies der Fall ist, stellen dem Käufer wir eine pauschale Entschädigung i . H.  v. [  ] EUR pro Kalendertag (Beginn mit der Lieferfrist bzw. sofern keine Lieferfrist bestimmt ist,  mit der Mitteilung der Versandbereitschaft der Ware) in Rechnung. </w:t>
+        <w:t xml:space="preserve"> sich der Käufer in Annahmeverzug befindet oder sich unsere Lieferung aus anderen, vom Käufer zu vertretenden Gründen verzögert, haben wir </w:t>
+      </w:r>
+      <w:r w:rsidR="007C2E45" w:rsidRPr="007C2E45">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">gegen den Kläger einen Anspruch auf Ersatz des entstandenen Schadens einschließlich der Mehraufwendungen (z. B. Lagerkosten). Sofern dies der Fall ist, stellen dem Käufer wir eine pauschale Entschädigung </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007C2E45" w:rsidRPr="007C2E45">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007C2E45" w:rsidRPr="007C2E45">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> H.  v. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007C2E45" w:rsidRPr="007C2E45">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[  ]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007C2E45" w:rsidRPr="007C2E45">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> EUR pro Kalendertag (Beginn mit der Lieferfrist bzw. sofern keine Lieferfrist bestimmt </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007C2E45" w:rsidRPr="007C2E45">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ist,  mit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007C2E45" w:rsidRPr="007C2E45">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> der Mitteilung der Versandbereitschaft der Ware) in Rechnung. </w:t>
       </w:r>
       <w:r w:rsidR="007C2E45">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Gesetzliche Ansprüche unsererseits (Ersatz von Mehraufwendungen, angemessene Entschädigung, Kündigung) sowie der Nachweis eines höheren Schadens bleiben unberührt. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="758864DA" w14:textId="7D2FAED5" w:rsidR="007C2E45" w:rsidRPr="00C45825" w:rsidRDefault="007C2E45" w:rsidP="007C2E45">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F749BCB" w14:textId="4DE74EE2" w:rsidR="00C45825" w:rsidRDefault="00C45825" w:rsidP="00C45825">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -4692,75 +4772,93 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32831761" w14:textId="4BC7DCDC" w:rsidR="00DB4026" w:rsidRPr="00DB4026" w:rsidRDefault="00DB4026" w:rsidP="00406633">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="283" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Für den Fall eines</w:t>
+        <w:t xml:space="preserve">Für den Fall </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eines</w:t>
       </w:r>
       <w:r w:rsidR="00406633" w:rsidRPr="00406633">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vertragswidrige</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00406633" w:rsidRPr="00406633">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Verhalten des Käufers, insbesondere bei Nichtzahlung des fälligen Kaufpreises, sind wir berechtigt, nach den gesetzlichen Vorschriften vom Vertrag zurückzutreten oder/und die Ware auf Grund des Eigentumsvorbehalts </w:t>
+        <w:t xml:space="preserve"> Verhalten</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00406633" w:rsidRPr="00406633">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des Käufers, insbesondere bei Nichtzahlung des fälligen Kaufpreises, sind wir berechtigt, nach den gesetzlichen Vorschriften vom Vertrag zurückzutreten oder/und die Ware auf Grund des Eigentumsvorbehalts </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00406633" w:rsidRPr="00406633">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>herau</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="00406633" w:rsidRPr="00406633">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>zu</w:t>
@@ -4873,51 +4971,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A68BC86" w14:textId="3A79925D" w:rsidR="00406633" w:rsidRDefault="00406633" w:rsidP="00406633">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="283" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00406633">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Der Käufer ist bis auf Widerruf gem</w:t>
       </w:r>
       <w:r w:rsidR="00DB4026">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">äß VII. 4. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DB4026">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DB4026">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4980,50 +5077,51 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0486633A" w14:textId="00294913" w:rsidR="00DB4026" w:rsidRPr="007D58AC" w:rsidRDefault="00975B8E" w:rsidP="007D58AC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Die durch Verbindung, Vermischung oder </w:t>
       </w:r>
       <w:r w:rsidRPr="004773A7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Verarbeitung</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> entstehenden Erzeugnisse unserer Waren unterliegen dem Eigentumsvorbehalt </w:t>
       </w:r>
       <w:r w:rsidRPr="004773A7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>zu deren vollem Wert</w:t>
@@ -5583,123 +5681,130 @@
         <w:ind w:left="283" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004773A7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Besteller ist verpflichtet, solange das Eigentum noch nicht auf ihn übergegangen ist, die Kaufsache pfleglich zu behandeln. Insbesondere ist er verpflichtet, diese auf eigene Kosten gegen Diebstahl-, Feuer- und Wasserschäden ausreichend zum Neuwert zu versichern (Hinweis: nur zulässig bei Verkauf hochwertiger Güter). Müssen Wartungs- und Inspektionsarbeiten durchgeführt werden, hat der Besteller diese auf eigene Kosten rechtzeitig auszuführen</w:t>
       </w:r>
       <w:r w:rsidR="000051CE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A5974B0" w14:textId="5C3AFF97" w:rsidR="00181BE8" w:rsidRPr="00406633" w:rsidRDefault="007D58AC" w:rsidP="00D37D47">
+    <w:p w14:paraId="2A5974B0" w14:textId="5C3AFF97" w:rsidR="00181BE8" w:rsidRPr="00406633" w:rsidRDefault="007D58AC" w:rsidP="00B01BC1">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:ind w:left="390"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Mangelansprüche des Käufers</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EB57A48" w14:textId="77777777" w:rsidR="00406633" w:rsidRPr="00CF7AEB" w:rsidRDefault="00406633" w:rsidP="00406633">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="390"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20D79771" w14:textId="4D4248FB" w:rsidR="00181BE8" w:rsidRDefault="007D58AC" w:rsidP="007D58AC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="283" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D58AC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Für die Rechte des Käufers bei Sach- und Rechtsmängeln (einschließlich Falsch- und Minderlieferung sowie unsachgemäßer Montage/Installation oder mangelhafter Anleitungen) gelten die gesetzlichen Vorschriften, soweit nachfolgend nichts anderes bestimmt ist.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DA163A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hiervon unberührt bleiben die gesetzlichen Bestimmungen über </w:t>
+        <w:t xml:space="preserve">Hiervon unberührt bleiben die gesetzlichen Bestimmungen </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA163A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">über </w:t>
       </w:r>
       <w:r w:rsidR="00DA163A" w:rsidRPr="007D58AC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>den Verbrauchsgüterkauf (</w:t>
       </w:r>
       <w:r w:rsidR="00DA163A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Paragrafen </w:t>
       </w:r>
       <w:r w:rsidR="00DA163A" w:rsidRPr="007D58AC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>474 ff. BGB)</w:t>
       </w:r>
@@ -6119,58 +6224,60 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Sofern es sich bei der Ware um Baustoffe oder um andere, zum Einbau oder sonstigen zur Weiterverarbeitung bestimmten Waren handelt, ist eine Untersuchung unmittelbar vor der Verarbeitung vorzunehmen. Eine schriftliche Anzeige an uns hat unverzüglich zu erfolgen, sofern sich im Rahmen der Lieferung, der Untersuchung oder zu einem späteren Zeitpunkt ein Mangel zeigt. </w:t>
       </w:r>
       <w:r w:rsidR="00276CD2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Schriftlich anzuzeigen sind </w:t>
       </w:r>
       <w:r w:rsidR="00276CD2" w:rsidRPr="007D58AC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">offensichtliche Mängel innerhalb von </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00276CD2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[  ]</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00276CD2" w:rsidRPr="007D58AC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Arbeitstagen ab Lieferung</w:t>
       </w:r>
       <w:r w:rsidR="00276CD2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00276CD2" w:rsidRPr="007D58AC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">und nicht erkennbare Mängel innerhalb der gleichen Frist ab </w:t>
       </w:r>
       <w:r w:rsidR="00276CD2">
@@ -6285,100 +6392,100 @@
         </w:rPr>
         <w:t xml:space="preserve"> einer dieser Pflichten erst nach der entsprechenden Verarbeitung </w:t>
       </w:r>
       <w:r w:rsidR="00276CD2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>offenkundig</w:t>
       </w:r>
       <w:r w:rsidR="00276CD2" w:rsidRPr="007D58AC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> wurde</w:t>
       </w:r>
       <w:r w:rsidR="00276CD2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Für </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">diesen Fall stehen dem Käufer keine Ansprüche auf Ersatz der "Ein- und Ausbaukosten" zu. </w:t>
+        <w:t xml:space="preserve">. Für diesen Fall stehen dem Käufer keine Ansprüche auf Ersatz der "Ein- und Ausbaukosten" zu. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00B97D0A" w14:textId="77777777" w:rsidR="007D58AC" w:rsidRPr="007D58AC" w:rsidRDefault="007D58AC" w:rsidP="007D58AC">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D184DA0" w14:textId="10969E0E" w:rsidR="00276CD2" w:rsidRPr="00D37D47" w:rsidRDefault="00276CD2" w:rsidP="007D58AC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="283" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Sofern die gelieferte Ware mangelhaft sein sollte, steht uns als Verkäufer ein Wahlrecht zu, ob wir eine Nacherfüllung durch Beseitigung des Mangels (Nachbesserung) oder durch Lieferung einer mangelfreien Sache (Nachlieferung) erbringen. Für den Fall, dass die von uns gewählte Art der Nacherfüllung für den Käufer im Einzelfall unzumutbar ist, kann er sie </w:t>
       </w:r>
       <w:r w:rsidR="00D12395">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">verweigern. Es bleibt uns jedoch vorbehalten, die </w:t>
+        <w:t xml:space="preserve">verweigern. Es bleibt uns jedoch </w:t>
+      </w:r>
+      <w:r w:rsidR="00D12395">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">vorbehalten, die </w:t>
       </w:r>
       <w:r w:rsidR="00D12395" w:rsidRPr="007D58AC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nacherfüllung unter den gesetzlichen Voraussetzungen zu verweigern</w:t>
       </w:r>
       <w:r w:rsidR="00D12395">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Zudem sind wir berechtigt, die von uns zu erbringende Nacherfüllung </w:t>
       </w:r>
       <w:r w:rsidR="00D12395" w:rsidRPr="007D58AC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>davon abhängig zu machen</w:t>
       </w:r>
@@ -6998,50 +7105,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62132361" w14:textId="0C93DB32" w:rsidR="009B5BA4" w:rsidRPr="003D1482" w:rsidRDefault="009B5BA4" w:rsidP="003D1482">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="283" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Schadensersatzansprüche oder Ansprüche auf Ersatz vergeblicher Aufwendungen des Käufers </w:t>
       </w:r>
       <w:r w:rsidRPr="007D58AC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Paragraf</w:t>
       </w:r>
       <w:r w:rsidRPr="007D58AC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 284 BGB)</w:t>
@@ -7059,58 +7167,57 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nach Maßgabe </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>von X. und XI.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="059649F4" w14:textId="77777777" w:rsidR="007D58AC" w:rsidRDefault="007D58AC" w:rsidP="007D58AC">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44AB9595" w14:textId="77777777" w:rsidR="007D58AC" w:rsidRDefault="007D58AC" w:rsidP="007D58AC">
       <w:pPr>
         <w:ind w:left="283"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79F3255A" w14:textId="0250D9D9" w:rsidR="00E96A0D" w:rsidRDefault="00E96A0D" w:rsidP="00D37D47">
+    <w:p w14:paraId="79F3255A" w14:textId="0250D9D9" w:rsidR="00E96A0D" w:rsidRDefault="00E96A0D" w:rsidP="00B01BC1">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E96A0D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Verjährung</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CFA1D75" w14:textId="77777777" w:rsidR="00E96A0D" w:rsidRPr="00E96A0D" w:rsidRDefault="00E96A0D" w:rsidP="00E96A0D">
       <w:pPr>
         <w:jc w:val="both"/>
@@ -7495,58 +7602,57 @@
     </w:p>
     <w:p w14:paraId="4EBEB535" w14:textId="77777777" w:rsidR="00E96A0D" w:rsidRPr="00E96A0D" w:rsidRDefault="00E96A0D" w:rsidP="00E96A0D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B8ACA19" w14:textId="77777777" w:rsidR="00E96A0D" w:rsidRPr="00E96A0D" w:rsidRDefault="00E96A0D" w:rsidP="00E96A0D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29BAC44C" w14:textId="1E533A60" w:rsidR="003D1482" w:rsidRPr="003D1482" w:rsidRDefault="003D1482" w:rsidP="00D37D47">
+    <w:p w14:paraId="29BAC44C" w14:textId="1E533A60" w:rsidR="003D1482" w:rsidRPr="003D1482" w:rsidRDefault="003D1482" w:rsidP="00B01BC1">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sonstige Haftung</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F7D35C8" w14:textId="77777777" w:rsidR="003D1482" w:rsidRDefault="003D1482" w:rsidP="003D1482">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
@@ -7987,51 +8093,61 @@
       <w:r w:rsidR="00D26A68">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> diese</w:t>
       </w:r>
       <w:r w:rsidR="00E96A0D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00D26A68">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Fall jedoch auf </w:t>
+        <w:t xml:space="preserve"> Fall jedoch </w:t>
+      </w:r>
+      <w:r w:rsidR="00D26A68">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">auf </w:t>
       </w:r>
       <w:r w:rsidRPr="003D1482">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">den Ersatz des vorhersehbaren, typischerweise eintretenden Schadens </w:t>
       </w:r>
       <w:r w:rsidR="00E96A0D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>limitiert</w:t>
       </w:r>
       <w:r w:rsidRPr="003D1482">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -8295,58 +8411,57 @@
     </w:p>
     <w:p w14:paraId="0F1AAC71" w14:textId="77777777" w:rsidR="003D1482" w:rsidRPr="003D1482" w:rsidRDefault="003D1482" w:rsidP="003D1482">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31324B07" w14:textId="77777777" w:rsidR="003D1482" w:rsidRPr="00EB0723" w:rsidRDefault="003D1482" w:rsidP="00EB0723">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="66D71A14" w14:textId="6743923D" w:rsidR="00181BE8" w:rsidRPr="00D9516B" w:rsidRDefault="00D9516B" w:rsidP="00D37D47">
+    <w:p w14:paraId="66D71A14" w14:textId="6743923D" w:rsidR="00181BE8" w:rsidRPr="00D9516B" w:rsidRDefault="00D9516B" w:rsidP="00B01BC1">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="32"/>
         </w:numPr>
-        <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rechtswahl und Gerichtsstand</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CC92054" w14:textId="77777777" w:rsidR="00D9516B" w:rsidRPr="00CF7AEB" w:rsidRDefault="00D9516B" w:rsidP="00D9516B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -8499,51 +8614,69 @@
         </w:rPr>
         <w:t xml:space="preserve"> eine</w:t>
       </w:r>
       <w:r w:rsidR="00D9516B" w:rsidRPr="00D9516B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> juristische Person des öffentlichen Rechts oder ein öffentlich-rechtliches Sondervermögen, ist </w:t>
       </w:r>
       <w:r w:rsidRPr="00D9516B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">unser Geschäftssitz in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">[   ] </w:t>
+        <w:t xml:space="preserve">[ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D9516B" w:rsidRPr="00D9516B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ausschließlicher</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, und </w:t>
       </w:r>
       <w:r w:rsidR="00D9516B" w:rsidRPr="00D9516B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>auch internationaler Gerichtsstand</w:t>
       </w:r>
@@ -8764,59 +8897,77 @@
         </w:rPr>
         <w:t>im Sinne von Paragraf 14 HGB</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0723">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> aus. </w:t>
       </w:r>
       <w:r w:rsidR="00AD3405">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Insoweit existiert ein grundsätzlich größerer Gestaltungsspielraum für Allgemeine Geschäftsbedingungen, als es beim </w:t>
       </w:r>
       <w:r w:rsidR="00AD3405" w:rsidRPr="00EB0723">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">bereits individualvertraglich weitestgehend zwingend ausgestalteten Verbrauchsgüterkauf </w:t>
+        <w:t xml:space="preserve">bereits individualvertraglich weitestgehend zwingend ausgestalteten </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AD3405" w:rsidRPr="00EB0723">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Verbrauchsgüterkauf </w:t>
       </w:r>
       <w:r w:rsidR="00AD3405">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> nach Paragraf</w:t>
+        <w:t xml:space="preserve"> nach</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AD3405">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Paragraf</w:t>
       </w:r>
       <w:r w:rsidR="00AD3405" w:rsidRPr="00EB0723">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 475 BG</w:t>
       </w:r>
       <w:r w:rsidR="00AD3405">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">B der Fall ist. Die Allgemeinen Verkaufsbedingungen sind so ausgestaltet, dass diese sowohl von Herstellern als auch von Zwischenhändlern verwendet werden können. Dies gilt auch für den Fall, dass </w:t>
       </w:r>
       <w:r w:rsidR="00AD3405" w:rsidRPr="00EB0723">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>wenn es sich um für den Verkauf an (End-)Verbraucher bestimmte (auch digitale) Produkte handelt</w:t>
       </w:r>
@@ -8859,51 +9010,69 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24F78218" w14:textId="36D6C3C4" w:rsidR="00E40951" w:rsidRDefault="00E40951" w:rsidP="00EB0723">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5104"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sofern der Verwender der Allgemeinen Verkaufsbedingungen regelmäßig mit Unternehmern  und Verbrauchern vertraglich agiert, sollte darauf geachtet werden, dass entweder </w:t>
+        <w:t xml:space="preserve">Sofern der Verwender der Allgemeinen Verkaufsbedingungen regelmäßig mit </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Unternehmern  und</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Verbrauchern vertraglich agiert, sollte darauf geachtet werden, dass entweder </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0723">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">getrennte Formulare eingesetzt </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">werden </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0723">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">oder gegenüber Verbrauchern auf die Verwendung von AGB </w:t>
       </w:r>
@@ -10767,60 +10936,60 @@
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F57D0D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Im Unternehmerverkehr ergeben sich trotz des jetzt in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Paragraf</w:t>
       </w:r>
       <w:r w:rsidRPr="00F57D0D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 434 BGB angeordneten Gleichrangs von subjektivem und objektivem Fehlerbegriff und der Unübersichtlichkeit der Regelungen im Einzelnen keine gravierenden Änderungen gegenüber der bisherigen Rechtslage. Insbesondere besteht B2B weiterhin die Möglichkeit, über konkrete (auch negative) </w:t>
+        <w:t xml:space="preserve"> 434 BGB angeordneten Gleichrangs von subjektivem und objektivem Fehlerbegriff und der Unübersichtlichkeit der Regelungen im Einzelnen keine gravierenden Änderungen gegenüber der bisherigen Rechtslage. Insbesondere besteht B2B weiterhin die Möglichkeit, über konkrete (auch negative) Beschaffenheitsvereinbarungen vom objektiven Qualitätsstandard abweichende </w:t>
       </w:r>
       <w:r w:rsidRPr="00F57D0D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Beschaffenheitsvereinbarungen vom objektiven Qualitätsstandard abweichende Regelungen zu</w:t>
+        <w:t>Regelungen zu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> treffen, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F57D0D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>die sich auch auf vorausgesetz</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
@@ -11054,278 +11223,259 @@
       <w:r w:rsidRPr="00586EC0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ab Beginn des Verzugs schuldet der Käufer dem Verkäufer zusätzlich zum Kaufpreis Verzugszinsen. Ist an dem Kaufvertrag ein Verbraucher beteiligt, sei es als Käufer oder als Verkäufer, beträgt der Zinssatz 5 % über dem Basiszinssatz. Bei Kaufverträgen zwischen Unternehmern wird der Zinssatz durch die Schuldrechtsreform auf </w:t>
       </w:r>
       <w:r w:rsidR="003F6A5E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00586EC0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> % über dem Basiszinssatz erhöht.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AA45C99" w14:textId="44810296" w:rsidR="00E840FD" w:rsidRDefault="00181BE8" w:rsidP="00E330BB">
+    <w:p w14:paraId="2B264935" w14:textId="18F447DF" w:rsidR="005D41B2" w:rsidRDefault="00181BE8" w:rsidP="004E307E">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00586EC0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Unter </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00586EC0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.bundesbank.de/Redaktion/DE/Standardartikel/Bundesbank/Zinssaetze/basiszinssatz.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00586EC0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> können die aktuellen Basiszinssätze ermittelt werden.</w:t>
       </w:r>
-      <w:r w:rsidR="00E330BB">
-[...11 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005D41B2" w:rsidSect="00CD303D">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="964" w:right="1021" w:bottom="833" w:left="1814" w:header="720" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6710406D" w14:textId="77777777" w:rsidR="00063155" w:rsidRDefault="00063155">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="78ECBCBB" w14:textId="77777777" w:rsidR="00063155" w:rsidRDefault="00063155">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="563F4110" w14:textId="77777777" w:rsidR="00063155" w:rsidRDefault="00063155">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1C8E45E5" w14:textId="77777777" w:rsidR="00063155" w:rsidRDefault="00063155">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="4C006A87" w14:textId="0E854316" w:rsidR="006D32EB" w:rsidRDefault="00CF6E21">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FB03A93" w14:textId="77777777" w:rsidR="004E307E" w:rsidRDefault="004E307E" w:rsidP="004E307E">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
+    <w:bookmarkStart w:id="0" w:name="_Hlk212716950"/>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="296B6D66" wp14:editId="1950A3B2">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4881C5DD" wp14:editId="35909C15">
           <wp:extent cx="2481800" cy="409575"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2485708" cy="410220"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4703A9B0" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
+  <w:p w14:paraId="46C3EF7F" w14:textId="77777777" w:rsidR="004E307E" w:rsidRDefault="004E307E" w:rsidP="004E307E">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="7291AD4F" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
+  <w:p w14:paraId="65C7A9A9" w14:textId="77777777" w:rsidR="004E307E" w:rsidRDefault="004E307E" w:rsidP="004E307E">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="59B2B0E0" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
-[...7 lines deleted...]
-  <w:p w14:paraId="373860E9" w14:textId="46A14660" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
+  <w:bookmarkEnd w:id="0"/>
+  <w:p w14:paraId="373860E9" w14:textId="46A14660" w:rsidR="006D32EB" w:rsidRPr="004E307E" w:rsidRDefault="006D32EB" w:rsidP="004E307E">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2A5C35C0" w14:textId="77777777" w:rsidR="00CD303D" w:rsidRDefault="00CD303D">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="01F2BA2C" wp14:editId="57DCCC60">
           <wp:extent cx="2240280" cy="563880"/>
           <wp:effectExtent l="0" t="0" r="7620" b="7620"/>
           <wp:docPr id="1" name="Grafik 1" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 3" descr="R:\Musterverträge\Logo Hessen.jpg"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -11350,51 +11500,51 @@
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="2E86CB16" w14:textId="77777777" w:rsidR="00CD303D" w:rsidRDefault="00CD303D">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="020707C0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC20A286"/>
     <w:lvl w:ilvl="0" w:tplc="12D246A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="765" w:hanging="405"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -11966,61 +12116,63 @@
         <w:ind w:left="5628" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6348" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7068" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32C27504"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6BD89A40"/>
-    <w:lvl w:ilvl="0" w:tplc="21D0A7DE">
+    <w:tmpl w:val="05260304"/>
+    <w:lvl w:ilvl="0" w:tplc="0D14379A">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
+        <w:i w:val="0"/>
+        <w:iCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -12840,53 +12992,53 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FCE350F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="7EBEC428"/>
-[...1 lines deleted...]
-      <w:start w:val="10"/>
+    <w:tmpl w:val="33F82E58"/>
+    <w:lvl w:ilvl="0" w:tplc="F0627CEC">
+      <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13107,53 +13259,53 @@
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64B96C07"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="62A839AC"/>
-[...1 lines deleted...]
-      <w:start w:val="9"/>
+    <w:tmpl w:val="3086CA90"/>
+    <w:lvl w:ilvl="0" w:tplc="21D0A7DE">
+      <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="750" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
@@ -13195,50 +13347,142 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="651E000F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D4C0742A"/>
+    <w:lvl w:ilvl="0" w:tplc="9D22AA0A">
+      <w:start w:val="12"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:iCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="67795D41"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A532F186"/>
     <w:lvl w:ilvl="0" w:tplc="04070013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13280,51 +13524,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69105055"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="85C8CC1A"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="750" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
@@ -13369,51 +13613,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69C150E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7B248D3C"/>
     <w:lvl w:ilvl="0" w:tplc="04070013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13455,51 +13699,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BE74C4B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5B3A5BFA"/>
     <w:lvl w:ilvl="0" w:tplc="04070013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13541,51 +13785,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6E237CBF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0DE0C612"/>
     <w:lvl w:ilvl="0" w:tplc="40E4FDB0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="750" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
@@ -13630,51 +13874,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73B95C0D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F4001C8"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13716,51 +13960,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="766E3A3E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1F44BA5A"/>
     <w:lvl w:ilvl="0" w:tplc="04070013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -13802,51 +14046,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="78536A5E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D14A9698"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="750" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
@@ -13891,51 +14135,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B0D70D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="82DA8DAA"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="750" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
@@ -13980,51 +14224,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7DAD312F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="15D4B60A"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1003" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1723" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -14073,392 +14317,381 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6043" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6763" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="33894120">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1170097337">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1455513544">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2113624215">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="30112886">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="962928903">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="219829951">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="219829951">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="8" w16cid:durableId="165437973">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="764107759">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="656343199">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="197477763">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1916889212">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="694187686">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1327630312">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="385378103">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1472552713">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1182085485">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1258635930">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="407926974">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="428476313">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="131876002">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1599365210">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="828979973">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1251354727">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1067072588">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1714036906">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="814418990">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="849444858">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="419837124">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="463740585">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="2061325186">
     <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="1734740894">
+    <w:abstractNumId w:val="21"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...17 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00460690"/>
     <w:rsid w:val="000051CE"/>
     <w:rsid w:val="0002165D"/>
     <w:rsid w:val="00021ED5"/>
     <w:rsid w:val="00030D1C"/>
     <w:rsid w:val="00040A51"/>
     <w:rsid w:val="000459BF"/>
     <w:rsid w:val="000557AA"/>
     <w:rsid w:val="00063155"/>
     <w:rsid w:val="00086F57"/>
     <w:rsid w:val="000B6FF4"/>
     <w:rsid w:val="000F6F09"/>
     <w:rsid w:val="001126D9"/>
     <w:rsid w:val="001273C3"/>
     <w:rsid w:val="001317B8"/>
     <w:rsid w:val="001535E9"/>
     <w:rsid w:val="0016349B"/>
     <w:rsid w:val="0017346D"/>
     <w:rsid w:val="0018047B"/>
     <w:rsid w:val="00181BE8"/>
     <w:rsid w:val="001A0F1A"/>
     <w:rsid w:val="001B47C6"/>
-    <w:rsid w:val="001C1FB6"/>
     <w:rsid w:val="001D22C9"/>
+    <w:rsid w:val="001E301B"/>
     <w:rsid w:val="00201FD1"/>
     <w:rsid w:val="00214AFD"/>
     <w:rsid w:val="00223071"/>
     <w:rsid w:val="002237C2"/>
     <w:rsid w:val="00251827"/>
     <w:rsid w:val="002732E1"/>
     <w:rsid w:val="00276CD2"/>
     <w:rsid w:val="00277988"/>
     <w:rsid w:val="0028370D"/>
+    <w:rsid w:val="0028596E"/>
     <w:rsid w:val="002B2441"/>
     <w:rsid w:val="002B50CB"/>
     <w:rsid w:val="002C0749"/>
     <w:rsid w:val="002C3D04"/>
     <w:rsid w:val="002C7D73"/>
     <w:rsid w:val="002D6205"/>
+    <w:rsid w:val="002D63BD"/>
     <w:rsid w:val="00312AEC"/>
     <w:rsid w:val="00335B6F"/>
+    <w:rsid w:val="00385F0C"/>
     <w:rsid w:val="003909D0"/>
     <w:rsid w:val="00391D4F"/>
     <w:rsid w:val="003A60F9"/>
     <w:rsid w:val="003C3667"/>
     <w:rsid w:val="003D1482"/>
     <w:rsid w:val="003F1D66"/>
     <w:rsid w:val="003F6A5E"/>
     <w:rsid w:val="00400010"/>
     <w:rsid w:val="00400DF8"/>
     <w:rsid w:val="00402FFE"/>
     <w:rsid w:val="00406633"/>
     <w:rsid w:val="004253F7"/>
     <w:rsid w:val="00443ED4"/>
     <w:rsid w:val="00446658"/>
     <w:rsid w:val="004473DB"/>
     <w:rsid w:val="00460690"/>
     <w:rsid w:val="00472902"/>
     <w:rsid w:val="00475C4C"/>
     <w:rsid w:val="004773A7"/>
     <w:rsid w:val="004833FA"/>
     <w:rsid w:val="00484FF0"/>
     <w:rsid w:val="004B0298"/>
     <w:rsid w:val="004C47C0"/>
     <w:rsid w:val="004D1DBD"/>
     <w:rsid w:val="004D4A86"/>
+    <w:rsid w:val="004E307E"/>
     <w:rsid w:val="00504D6F"/>
     <w:rsid w:val="00515A3E"/>
     <w:rsid w:val="00526CB3"/>
     <w:rsid w:val="005420F8"/>
+    <w:rsid w:val="00543DCB"/>
     <w:rsid w:val="00554C41"/>
+    <w:rsid w:val="00560028"/>
     <w:rsid w:val="00574D63"/>
     <w:rsid w:val="00586EC0"/>
     <w:rsid w:val="00595766"/>
     <w:rsid w:val="005B3714"/>
     <w:rsid w:val="005D41B2"/>
     <w:rsid w:val="005D6B25"/>
     <w:rsid w:val="00624371"/>
     <w:rsid w:val="00650A75"/>
     <w:rsid w:val="0066588D"/>
     <w:rsid w:val="0067232A"/>
     <w:rsid w:val="00682EA8"/>
     <w:rsid w:val="006B38CA"/>
     <w:rsid w:val="006D0003"/>
     <w:rsid w:val="006D32EB"/>
     <w:rsid w:val="006F296D"/>
     <w:rsid w:val="00702194"/>
     <w:rsid w:val="007038AA"/>
     <w:rsid w:val="007104FE"/>
     <w:rsid w:val="007132E3"/>
     <w:rsid w:val="00722929"/>
     <w:rsid w:val="007417CB"/>
     <w:rsid w:val="0075033E"/>
     <w:rsid w:val="007635B8"/>
     <w:rsid w:val="0077110D"/>
     <w:rsid w:val="00781F11"/>
     <w:rsid w:val="00782FB8"/>
     <w:rsid w:val="00784072"/>
     <w:rsid w:val="0078606F"/>
     <w:rsid w:val="007A3F3E"/>
     <w:rsid w:val="007A7795"/>
     <w:rsid w:val="007C10CD"/>
     <w:rsid w:val="007C2C84"/>
     <w:rsid w:val="007C2E45"/>
     <w:rsid w:val="007C579D"/>
     <w:rsid w:val="007D58AC"/>
     <w:rsid w:val="0080799D"/>
     <w:rsid w:val="00816D61"/>
     <w:rsid w:val="0081717B"/>
     <w:rsid w:val="008325AE"/>
     <w:rsid w:val="0084046D"/>
     <w:rsid w:val="00854698"/>
     <w:rsid w:val="0086332C"/>
+    <w:rsid w:val="00892063"/>
     <w:rsid w:val="008A541B"/>
     <w:rsid w:val="008D2E08"/>
     <w:rsid w:val="008D4010"/>
     <w:rsid w:val="008E29FA"/>
     <w:rsid w:val="00903F11"/>
     <w:rsid w:val="009148DC"/>
     <w:rsid w:val="009328E2"/>
     <w:rsid w:val="00975B8E"/>
     <w:rsid w:val="00976663"/>
     <w:rsid w:val="009802B0"/>
     <w:rsid w:val="009836AD"/>
     <w:rsid w:val="009950CD"/>
     <w:rsid w:val="009B5BA4"/>
     <w:rsid w:val="009C0555"/>
     <w:rsid w:val="009D08BE"/>
     <w:rsid w:val="009D61A9"/>
     <w:rsid w:val="009F0F34"/>
     <w:rsid w:val="009F5FC7"/>
     <w:rsid w:val="00A01765"/>
-    <w:rsid w:val="00A106A6"/>
     <w:rsid w:val="00A16A4F"/>
+    <w:rsid w:val="00A21389"/>
     <w:rsid w:val="00A23525"/>
     <w:rsid w:val="00A42AF7"/>
     <w:rsid w:val="00A47E56"/>
     <w:rsid w:val="00A57532"/>
     <w:rsid w:val="00A63A0C"/>
     <w:rsid w:val="00A6782B"/>
     <w:rsid w:val="00A71D3D"/>
     <w:rsid w:val="00A8694A"/>
     <w:rsid w:val="00A87919"/>
+    <w:rsid w:val="00AC69F3"/>
     <w:rsid w:val="00AD2D29"/>
     <w:rsid w:val="00AD3405"/>
     <w:rsid w:val="00AE115D"/>
+    <w:rsid w:val="00B01BC1"/>
     <w:rsid w:val="00B03F05"/>
     <w:rsid w:val="00B26578"/>
     <w:rsid w:val="00B3618A"/>
     <w:rsid w:val="00B40C59"/>
     <w:rsid w:val="00B541AA"/>
     <w:rsid w:val="00B74EAB"/>
     <w:rsid w:val="00B74EC8"/>
     <w:rsid w:val="00B76DAC"/>
     <w:rsid w:val="00B916D9"/>
     <w:rsid w:val="00B978B3"/>
     <w:rsid w:val="00BC2ED0"/>
     <w:rsid w:val="00BE65D1"/>
     <w:rsid w:val="00BF6C18"/>
     <w:rsid w:val="00BF6FE4"/>
     <w:rsid w:val="00C15D83"/>
     <w:rsid w:val="00C4181B"/>
     <w:rsid w:val="00C45825"/>
     <w:rsid w:val="00C5241F"/>
     <w:rsid w:val="00C540C3"/>
     <w:rsid w:val="00C77EE8"/>
     <w:rsid w:val="00C8750E"/>
     <w:rsid w:val="00CB3BC5"/>
     <w:rsid w:val="00CB51ED"/>
     <w:rsid w:val="00CB644A"/>
     <w:rsid w:val="00CC1E0E"/>
     <w:rsid w:val="00CD303D"/>
     <w:rsid w:val="00CD4E48"/>
     <w:rsid w:val="00CE2B2F"/>
     <w:rsid w:val="00CE592F"/>
     <w:rsid w:val="00CE69EF"/>
-    <w:rsid w:val="00CF6E21"/>
     <w:rsid w:val="00CF7AEB"/>
     <w:rsid w:val="00D12395"/>
     <w:rsid w:val="00D13BEF"/>
     <w:rsid w:val="00D26A68"/>
     <w:rsid w:val="00D37D47"/>
     <w:rsid w:val="00D41525"/>
-    <w:rsid w:val="00D41BAD"/>
     <w:rsid w:val="00D74549"/>
     <w:rsid w:val="00D7482C"/>
     <w:rsid w:val="00D9516B"/>
     <w:rsid w:val="00DA0F10"/>
     <w:rsid w:val="00DA163A"/>
     <w:rsid w:val="00DB39E1"/>
     <w:rsid w:val="00DB4026"/>
     <w:rsid w:val="00DB710F"/>
-    <w:rsid w:val="00DB7686"/>
     <w:rsid w:val="00DC47CA"/>
     <w:rsid w:val="00DD4B22"/>
     <w:rsid w:val="00DE05FC"/>
     <w:rsid w:val="00DF0E29"/>
     <w:rsid w:val="00E14FD5"/>
     <w:rsid w:val="00E21725"/>
     <w:rsid w:val="00E24B4E"/>
-    <w:rsid w:val="00E330BB"/>
     <w:rsid w:val="00E33487"/>
     <w:rsid w:val="00E40951"/>
     <w:rsid w:val="00E41904"/>
     <w:rsid w:val="00E658F3"/>
     <w:rsid w:val="00E840FD"/>
     <w:rsid w:val="00E96A0D"/>
     <w:rsid w:val="00EB0723"/>
     <w:rsid w:val="00EB7B01"/>
     <w:rsid w:val="00EC3795"/>
     <w:rsid w:val="00EF60CA"/>
     <w:rsid w:val="00F1572D"/>
     <w:rsid w:val="00F32653"/>
     <w:rsid w:val="00F37A35"/>
     <w:rsid w:val="00F57D0D"/>
     <w:rsid w:val="00F86CBA"/>
     <w:rsid w:val="00FA4D68"/>
     <w:rsid w:val="00FB26A6"/>
     <w:rsid w:val="00FB2FF2"/>
     <w:rsid w:val="00FD68DE"/>
     <w:rsid w:val="00FF45D8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -14466,51 +14699,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="34125475"/>
   <w15:docId w15:val="{6755E746-7131-4E83-8E31-4F0BF646B5BB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -15165,51 +15398,51 @@
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berarbeitung">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0066588D"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bundesbank.de/Redaktion/DE/Standardartikel/Bundesbank/Zinssaetze/basiszinssatz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -15460,65 +15693,59 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101007AC43CE515D2804DAC7ADE3243597B14" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="d36f937f196cc11c9034c2c1754a79c3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xmlns:ns3="82589c12-70c4-4c94-a25a-3c827aa5c9f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="503caf83702f076935e2dbbd87d5e908" ns2:_="" ns3:_="">
     <xsd:import namespace="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <xsd:import namespace="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -15729,135 +15956,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="82589c12-70c4-4c94-a25a-3c827aa5c9f9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60BC9EED-C054-45D2-83A6-BE8906099332}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C760FE90-11C5-4144-9DFB-807F26584133}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{478E6C3B-BE13-4B20-AEC2-280E80BFE238}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08CC8D8B-F5BD-4524-A915-C16780D7C939}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{478E6C3B-BE13-4B20-AEC2-280E80BFE238}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C760FE90-11C5-4144-9DFB-807F26584133}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60BC9EED-C054-45D2-83A6-BE8906099332}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
+    <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>15</Pages>
   <Words>4868</Words>
-  <Characters>32358</Characters>
+  <Characters>32352</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>269</Lines>
-  <Paragraphs>74</Paragraphs>
+  <Lines>789</Lines>
+  <Paragraphs>240</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>37152</CharactersWithSpaces>
+  <CharactersWithSpaces>36980</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="150" baseType="variant">
       <vt:variant>
         <vt:i4>4063319</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>72</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@wiesbaden.ihk.de</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1572928</vt:i4>
       </vt:variant>
       <vt:variant>