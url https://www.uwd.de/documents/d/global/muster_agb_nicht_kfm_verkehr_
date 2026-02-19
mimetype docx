--- v0 (2025-10-08)
+++ v1 (2026-02-19)
@@ -1,58 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="54878E93" w14:textId="5B40E83B" w:rsidR="006D32EB" w:rsidRDefault="008A15A2">
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F756DF3" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="0707E73C" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="553EA843" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="5FC9E668" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="5F991C57" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="0FE1196A" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="4998A8E3" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="0093DAD8" w14:textId="77777777" w:rsidR="000C1333" w:rsidRDefault="000C1333"/>
     <w:p w14:paraId="433F43CB" w14:textId="77777777" w:rsidR="000C1333" w:rsidRDefault="000C1333"/>
     <w:p w14:paraId="6D18ACD8" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="003A3B1C" w:rsidRDefault="00612DCE" w:rsidP="000C1333">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A3B1C">
         <w:rPr>
           <w:sz w:val="72"/>
@@ -166,141 +165,120 @@
         <w:t xml:space="preserve">(Verkäufer ist Unternehmer – </w:t>
       </w:r>
       <w:r w:rsidR="00612DCE" w:rsidRPr="003A3B1C">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="003A3B1C">
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Käufer ist Verbraucher)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E19F0F7" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="003A3B1C" w:rsidRDefault="006D32EB" w:rsidP="000C1333">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="543E258C" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="000C1333" w:rsidRDefault="006D32EB" w:rsidP="000C1333">
-[...23 lines deleted...]
-    <w:p w14:paraId="5FE3CD77" w14:textId="77777777" w:rsidR="0016742E" w:rsidRDefault="0016742E" w:rsidP="0016742E">
+    <w:p w14:paraId="4DABCC1F" w14:textId="77777777" w:rsidR="001C3DD3" w:rsidRDefault="001C3DD3" w:rsidP="001C3DD3">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit freundlicher Unterstützung zur Verfügung gestellt vom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="414E3542" wp14:editId="705DF572">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52C2A78A" wp14:editId="10A230A7">
             <wp:extent cx="2247900" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="588512616" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2240280" cy="563880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:p w14:paraId="52C336D7" w14:textId="77777777" w:rsidR="000C1333" w:rsidRDefault="000C1333" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="261BC91F" w14:textId="77777777" w:rsidR="000C1333" w:rsidRDefault="000C1333" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="12FF7D23" w14:textId="77777777" w:rsidR="000C1333" w:rsidRDefault="000C1333" w:rsidP="00782FB8"/>
     <w:p w14:paraId="6E705724" w14:textId="77777777" w:rsidR="000C1333" w:rsidRDefault="000C1333" w:rsidP="00782FB8"/>
     <w:p w14:paraId="66CBFF74" w14:textId="77777777" w:rsidR="000C1333" w:rsidRDefault="000C1333" w:rsidP="00782FB8"/>
     <w:p w14:paraId="3B13FD40" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="08E7609D" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00782FB8" w:rsidRDefault="006D32EB" w:rsidP="00782FB8">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F720AC7" w14:textId="77777777" w:rsidR="00D56ACC" w:rsidRPr="00BB6BA0" w:rsidRDefault="00D56ACC" w:rsidP="00D56ACC">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB6BA0">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -428,51 +406,67 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB6BA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aus Gründen der sprachlichen Vereinfachung wird auf die Nennung der drei Geschlechter verzichtet, wo eine geschlechtsneutrale Formulierung nicht möglich war. In diesen Fällen beziehen die verwendeten männlichen Begriffe die weiblichen und diversen Formen ebenso mit ein. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB6BA0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Mustervertrag ist nur ein Vorschlag für eine mögliche Regelung. Viele Festlegungen sind frei vereinbar. Der Verwender kann auch andere Formulierungen wählen. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB6BA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret zu regelnde Situation und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
+        <w:t xml:space="preserve">Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BB6BA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zu regelnde Situation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BB6BA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB6BA0">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Falls Sie einen maßgeschneiderten Vertrag benötigen, sollten Sie sich durch einen Rechtsanwalt Ihres Vertrauens beraten lassen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F8FD07A" w14:textId="77777777" w:rsidR="00D56ACC" w:rsidRDefault="00D56ACC" w:rsidP="00D56ACC"/>
     <w:p w14:paraId="2B3DD407" w14:textId="77777777" w:rsidR="00D56ACC" w:rsidRPr="00BB6BA0" w:rsidRDefault="00D56ACC" w:rsidP="00626355">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00143E73">
         <w:rPr>
@@ -1253,84 +1247,87 @@
     </w:p>
     <w:p w14:paraId="14DB36CE" w14:textId="77777777" w:rsidR="00D56ACC" w:rsidRPr="000412DF" w:rsidRDefault="00D56ACC" w:rsidP="00626355">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="643"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000412DF">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gewährleistung und Mängelrüge</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="625AB487" w14:textId="4CCC92BB" w:rsidR="008A15A2" w:rsidRDefault="00D56ACC" w:rsidP="00626355">
+    <w:p w14:paraId="2C51C86F" w14:textId="77777777" w:rsidR="00EE64AA" w:rsidRDefault="00D56ACC" w:rsidP="00626355">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A15A2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Soweit die in unseren Prospekten, Anzeigen und sonstigen Angebotsunterlagen enthaltenen Angaben nicht von uns ausdrücklich als verbindlich bezeichnet worden sind, sind die dort enthaltenen Abbildungen oder Zeichnungen nur annähernd maßgebend</w:t>
       </w:r>
       <w:r w:rsidR="008A15A2" w:rsidRPr="008A15A2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="008A15A2">
-[...5 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="625AB487" w14:textId="58830D4F" w:rsidR="008A15A2" w:rsidRDefault="008A15A2" w:rsidP="00EE64AA">
+      <w:pPr>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="32B39C5C" w14:textId="145D8241" w:rsidR="008A15A2" w:rsidRPr="008A15A2" w:rsidRDefault="008A15A2" w:rsidP="00626355">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A15A2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Soweit der gelieferte Gegenstand nicht den nachfolgend aufgeführten subjektiven Anforderungen, den objektiven Anforderungen oder den Montageanforderungen entspricht, so sind wir zur Nacherfüllung verpflichtet. Dies gilt nicht, wenn wir aufgrund der gesetzlichen Regelungen zur Verweigerung der Nacherfüllung berechtigt sind. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F823783" w14:textId="77777777" w:rsidR="008A15A2" w:rsidRPr="008A15A2" w:rsidRDefault="008A15A2" w:rsidP="00626355">
       <w:pPr>
         <w:ind w:left="426"/>
@@ -1546,275 +1543,270 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="008A15A2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E519CA1" w14:textId="2E265472" w:rsidR="008A15A2" w:rsidRPr="008A15A2" w:rsidRDefault="008A15A2" w:rsidP="00626355">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A15A2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">c) nicht der Beschaffenheit einer Probe oder eines Musters entspricht, die oder </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">c) nicht der Beschaffenheit einer Probe oder eines Musters entspricht, die oder das wir dem Besteller vor Vertragsschluss zur Verfügung gestellt haben, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B0032C">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>und</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BF28C8E" w14:textId="0F8264DF" w:rsidR="008A15A2" w:rsidRPr="008A15A2" w:rsidRDefault="008A15A2" w:rsidP="00626355">
+      <w:pPr>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="008A15A2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>das</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">d) nicht mit dem Zubehör einschließlich der Verpackung, der Montage- oder Installationsanleitung sowie anderen Anleitungen übergeben wird, deren Erhalt der Besteller erwarten kann. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7306E2AC" w14:textId="77777777" w:rsidR="008A15A2" w:rsidRPr="008A15A2" w:rsidRDefault="008A15A2" w:rsidP="00626355">
+      <w:pPr>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11F0CB34" w14:textId="77777777" w:rsidR="00EE64AA" w:rsidRDefault="008A15A2" w:rsidP="00626355">
+      <w:pPr>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="008A15A2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> wir dem Besteller vor Vertragsschluss zur Verfügung gestellt haben, </w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="0BF28C8E" w14:textId="0F8264DF" w:rsidR="008A15A2" w:rsidRPr="008A15A2" w:rsidRDefault="008A15A2" w:rsidP="00626355">
+        <w:t>Eine wirksame anderweitige Vereinbarung zwischen dem Besteller und uns über die objektiven Anforderungen der Sache setzt voraus, dass der Besteller vor Abgabe seiner Vertragserklärung eigens davon in Kenntnis gesetzt wurde, dass ein bestimmtes Merkmal der Ware von den objektiven Anforderungen abweicht, und die Abweichung in diesem Sinne im Vertrag ausdrücklich und gesondert vereinbart wurde.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77C8E04A" w14:textId="5DB03293" w:rsidR="008A15A2" w:rsidRDefault="008A15A2" w:rsidP="00626355">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A15A2">
-[...42 lines deleted...]
-    <w:p w14:paraId="372B7822" w14:textId="7C95A81D" w:rsidR="008A15A2" w:rsidRPr="008A15A2" w:rsidRDefault="00D56ACC" w:rsidP="00626355">
+    </w:p>
+    <w:p w14:paraId="7C1CC13C" w14:textId="77777777" w:rsidR="00EE64AA" w:rsidRDefault="00D56ACC" w:rsidP="00626355">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A15A2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Besteller hat zunächst die Wahl, ob die Nacherfüllung durch Nachbesserung oder Ersatzlieferung erfolgen soll. Wir sind jedoch berechtigt, die vom Besteller gewählte Art der Nacherfüllung zu verweigern, wenn sie nur mit unverhältnismäßigen Kosten möglich ist und die andere Art der Nacherfüllung ohne erhebliche Nachteile für den Besteller bleibt. Während der Nacherfüllung sind die Herabsetzung des Kaufpreises oder der Rücktritt vom Vertrag durch den Besteller ausgeschlossen. Eine Nachbesserung gilt mit dem erfolglosen zweiten Versuch als fehlgeschlagen, wenn sich nicht insbesondere aus der Art der Sache oder des Mangels oder den sonstigen Umständen etwas anderes ergibt. Ist die Nacherfüllung fehlgeschlagen oder haben wir die Nacherfüllung insgesamt verweigert, kann der Besteller nach seiner Wahl Herabsetzung des Kaufpreises (Minderung) verlangen oder den Rücktritt vom Vertrag erklären.</w:t>
       </w:r>
-      <w:r w:rsidR="008A15A2" w:rsidRPr="008A15A2">
-[...20 lines deleted...]
-      <w:r w:rsidR="008A15A2" w:rsidRPr="008A15A2">
+    </w:p>
+    <w:p w14:paraId="6288568E" w14:textId="77777777" w:rsidR="00EE64AA" w:rsidRDefault="00EE64AA" w:rsidP="00EE64AA">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A313963" w14:textId="77777777" w:rsidR="00EE64AA" w:rsidRDefault="008A15A2" w:rsidP="00EE64AA">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A15A2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Besteller hat uns keine Frist zur Nacherfüllung zu setzen. Sobald der Besteller uns über den Mangel unterrichtet hat, eine angemessene Frist abgelaufen ist und bis dahin keine Nacherfüllung erfolgt ist, ist der Besteller ebenfalls zum Rücktritt oder zur Minderung berechtigt.</w:t>
       </w:r>
-      <w:r w:rsidR="008A15A2">
-[...7 lines deleted...]
-    <w:p w14:paraId="2863C749" w14:textId="7D9C5ACE" w:rsidR="008A15A2" w:rsidRDefault="00D56ACC" w:rsidP="00626355">
+    </w:p>
+    <w:p w14:paraId="372B7822" w14:textId="0D734D21" w:rsidR="008A15A2" w:rsidRPr="008A15A2" w:rsidRDefault="008A15A2" w:rsidP="00EE64AA">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21CDDFF1" w14:textId="77777777" w:rsidR="00D80343" w:rsidRDefault="00D56ACC" w:rsidP="00626355">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00947130">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Schadensersatzansprüche zu den nachfolgenden Bedingungen wegen des Mangels kann der Besteller erst geltend machen, wenn die Nacherfüllung fehlgeschlagen ist oder wir die Nacherfüllung verweigert haben. </w:t>
       </w:r>
       <w:r w:rsidR="008A15A2" w:rsidRPr="008A15A2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Besteller hat uns keine Frist zur Nacherfüllung zu setzen. Sobald der Besteller uns über den Mangel unterrichtet hat, eine angemessene Frist abgelaufen ist und bis dahin keine Nacherfüllung erfolgt ist, ist der Besteller ebenfalls zur Geltendmachung von Schadensersatzansprüchen berechtigt.</w:t>
       </w:r>
       <w:r w:rsidR="008A15A2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CC7AEF" w:rsidRPr="00CC7AEF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Das Recht des Bestellers zur Geltendmachung von weitergehenden Schadensersatzansprüchen zu den nachfolgenden Bedingungen bleibt davon unberührt.</w:t>
       </w:r>
-      <w:r w:rsidR="008A15A2">
-[...5 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="2863C749" w14:textId="7214E602" w:rsidR="008A15A2" w:rsidRDefault="008A15A2" w:rsidP="00D80343">
+      <w:pPr>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="7B293B81" w14:textId="4EF5023D" w:rsidR="00D56ACC" w:rsidRPr="00947130" w:rsidRDefault="00D56ACC" w:rsidP="00626355">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00947130">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Das Recht des Bestellers zur Geltendmachung von weitergehenden Schadensersatzansprüchen zu den nachfolgenden Bedingungen bleibt davon unberührt.</w:t>
       </w:r>
       <w:r w:rsidR="00947130">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00947130">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Wir haften unbeschadet vorstehender Regelungen und der nachfolgenden Haftungsbeschränkungen uneingeschränkt für Schäden an Leben, Körper und Gesundheit, die auf einer fahrlässigen oder vorsätzlichen Pflichtverletzung unserer gesetzlichen Vertretern oder unserer Erfüllungsgehilfen beruhen, sowie für Schäden, die von der Haftung nach dem Produkthaftungsgesetz umfasst werden, sowie für alle Schäden, die auf vorsätzlichen oder grob fahrlässigen Vertragsverletzungen sowie Arglist, unserer gesetzlichen Vertreter oder unserer Erfüllungsgehilfen beruhen. Soweit wir bezüglich der Ware oder Teile derselben eine Beschaffenheits- und/oder </w:t>
+        <w:t xml:space="preserve">Wir haften unbeschadet vorstehender Regelungen und der nachfolgenden Haftungsbeschränkungen uneingeschränkt für Schäden an Leben, Körper und Gesundheit, die auf einer fahrlässigen oder vorsätzlichen Pflichtverletzung unserer gesetzlichen Vertretern oder unserer Erfüllungsgehilfen beruhen, sowie für Schäden, die von der Haftung nach dem </w:t>
       </w:r>
       <w:r w:rsidRPr="00947130">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Haltbarkeitsgarantie abgegeben hat, haften wir auch im Rahmen dieser Garantie. Für Schäden, die auf dem Fehlen der garantierten Beschaffenheit oder Haltbarkeit beruhen, aber nicht unmittelbar an der Ware eintreten, haften wir allerdings nur dann, wenn das Risiko eines solchen Schadens ersichtlich von der Beschaffenheits- und Haltbarkeitsgarantie erfasst ist.</w:t>
+        <w:t>Produkthaftungsgesetz umfasst werden, sowie für alle Schäden, die auf vorsätzlichen oder grob fahrlässigen Vertragsverletzungen sowie Arglist, unserer gesetzlichen Vertreter oder unserer Erfüllungsgehilfen beruhen. Soweit wir bezüglich der Ware oder Teile derselben eine Beschaffenheits- und/oder Haltbarkeitsgarantie abgegeben hat, haften wir auch im Rahmen dieser Garantie. Für Schäden, die auf dem Fehlen der garantierten Beschaffenheit oder Haltbarkeit beruhen, aber nicht unmittelbar an der Ware eintreten, haften wir allerdings nur dann, wenn das Risiko eines solchen Schadens ersichtlich von der Beschaffenheits- und Haltbarkeitsgarantie erfasst ist.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77DCCDCE" w14:textId="77777777" w:rsidR="00D56ACC" w:rsidRPr="00BB6BA0" w:rsidRDefault="00D56ACC" w:rsidP="00626355">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CD0411C" w14:textId="77777777" w:rsidR="00D56ACC" w:rsidRPr="00BB6BA0" w:rsidRDefault="00D56ACC" w:rsidP="00626355">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -1845,51 +1837,51 @@
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB6BA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Eine weitergehende Haftung ist ohne Rücksicht auf die Rechtsnatur des geltend gemachten Anspruchs ausgeschlossen. Soweit unsere Haftung ausgeschlossen oder beschränkt ist, gilt dies auch für die persönliche Haftung unserer Angestellten, Arbeitnehmer, Mitarbeiter, Vertreter und Erfüllungsgehilfen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40562F83" w14:textId="77777777" w:rsidR="00D56ACC" w:rsidRPr="00BB6BA0" w:rsidRDefault="00D56ACC" w:rsidP="00626355">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4569800B" w14:textId="3C925208" w:rsidR="00D56ACC" w:rsidRPr="00BB6BA0" w:rsidRDefault="00D56ACC" w:rsidP="00626355">
+    <w:p w14:paraId="4569800B" w14:textId="26C8C32E" w:rsidR="00D56ACC" w:rsidRPr="00BB6BA0" w:rsidRDefault="00D56ACC" w:rsidP="00626355">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB6BA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Gewährleistungsfrist beträgt </w:t>
       </w:r>
       <w:r w:rsidR="008A15A2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">grundsätzlich </w:t>
@@ -1906,62 +1898,60 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB6BA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008A15A2" w:rsidRPr="008A15A2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Hat sich ein Mangel innerhalb der Verjährungsfrist gezeigt, so tritt die Verjährung nicht vor dem Ablauf von vier Monaten nach dem Zeitpunkt ein, in dem sich der Mangel erstmals gezeigt hat. Hat der Besteller zur Nacherfüllung oder zur Erfüllung von Ansprüchen aus einer Garantie die Ware an uns oder auf unsere Veranlassung einem Dritten übergeben, so tritt die Verjährung von Ansprüchen wegen des geltend gemachten Mangels nicht vor Ablauf von zwei Monaten nach dem Zeitpunkt ein, in dem die nachgebesserte oder ersetzte Ware dem Besteller übergeben wurde. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C96331">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(Hinweis: möglich ist eine Reduzierung auf ein Jahr in AGBs bei gebrauchten Sachen. Bei Baumaterialien – sofern eingebaut – beträgt die Gewährleistungsfrist 5 Jahre, falls die Baumaterialien gebraucht </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00C96331">
+        <w:t>(Hinweis: möglich ist eine Reduzierung auf ein Jahr in AGBs bei gebrauchten Sachen. Bei Baumaterialien – sofern eingebaut – beträgt die Gewährleistungsfrist 5 Jahre, falls die Baumaterialien gebraucht sind</w:t>
+      </w:r>
+      <w:r w:rsidR="00D80343">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>sind</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidRPr="00C96331">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ist eine Reduzierung in AGBs auf 1 Jahr möglich)</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB6BA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Diese Frist gilt auch für Ansprüche auf Ersatz von Mangelfolgeschäden, soweit keine Ansprüche aus unerlaubter Handlung geltend gemacht werden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B61FC76" w14:textId="77777777" w:rsidR="00D56ACC" w:rsidRPr="00947130" w:rsidRDefault="00D56ACC" w:rsidP="00626355">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -3091,51 +3081,50 @@
     </w:p>
     <w:p w14:paraId="117D63B4" w14:textId="77777777" w:rsidR="008A15A2" w:rsidRDefault="008A15A2" w:rsidP="00626355">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EF70F69" w14:textId="77777777" w:rsidR="00D56ACC" w:rsidRPr="00BB6BA0" w:rsidRDefault="00D56ACC" w:rsidP="00626355">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB6BA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Mängelanzeigepflicht</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3716F102" w14:textId="535170E3" w:rsidR="00D56ACC" w:rsidRPr="00BB6BA0" w:rsidRDefault="00D56ACC" w:rsidP="00626355">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB6BA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Für nicht offensichtliche Mängel darf die Mängelanzeigefrist nicht kürzer als zwei Jahre (bei gebrauchten Waren: ein Jahr</w:t>
       </w:r>
       <w:r w:rsidR="008A15A2" w:rsidRPr="008A15A2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008A15A2" w:rsidRPr="008A15A2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3163,51 +3152,51 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="00F507A4" w14:textId="77777777" w:rsidR="00D56ACC" w:rsidRPr="00BB6BA0" w:rsidRDefault="00D56ACC" w:rsidP="00626355">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB6BA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Aufwendungsersatz bei Nacherfüllung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5332D25A" w14:textId="77777777" w:rsidR="00D56ACC" w:rsidRPr="00BB6BA0" w:rsidRDefault="00C96331" w:rsidP="00626355">
+    <w:p w14:paraId="5332D25A" w14:textId="4D218196" w:rsidR="00D56ACC" w:rsidRPr="00BB6BA0" w:rsidRDefault="00C96331" w:rsidP="00626355">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00D81A2E">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>er Verkäufer hat gemäß Paragraf</w:t>
       </w:r>
       <w:r w:rsidR="00D56ACC" w:rsidRPr="00BB6BA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3220,73 +3209,72 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atz</w:t>
       </w:r>
       <w:r w:rsidR="00D56ACC" w:rsidRPr="00BB6BA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 BGB die zum Zwecke der Nacherfüllung erforderlichen Aufwendungen (z. B. Transport-, Wege-, Arbeits- und Materialkosten</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> einschließlich eventueller Aus- und Einbaukosten</w:t>
       </w:r>
       <w:r w:rsidR="00D56ACC" w:rsidRPr="00BB6BA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) zu tragen. Diese Pflicht darf durch AGB nicht ausgeschlossen werden. </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="5FBCB43D" w14:textId="77777777" w:rsidR="00D56ACC" w:rsidRPr="00BB6BA0" w:rsidRDefault="00D56ACC" w:rsidP="00626355">
+      <w:r w:rsidR="001C3DD3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FBCB43D" w14:textId="0ABE99DE" w:rsidR="00D56ACC" w:rsidRPr="00BB6BA0" w:rsidRDefault="00D56ACC" w:rsidP="00626355">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB6BA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...6 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>Beschränkung auf Nacherfüllung</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="655B82E4" w14:textId="77777777" w:rsidR="00D56ACC" w:rsidRPr="00BB6BA0" w:rsidRDefault="00D56ACC" w:rsidP="00626355">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB6BA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Käufer kann bei einer mangelhaften Sache als Nacherfüllung nach seiner Wahl die Beseitigung des Mangels oder die Lieferung einer mangelfreien Sache verlangen. Erst wenn die Nacherfüllung nicht gelingt, nicht möglich oder nicht zumutbar ist, kann der Käufer – in zweiter Linie – Gewährleistungsrechte geltend machen: Rücktritt oder Minderung.  Beschränkungen allein auf die Nacherfüllung sind unwirksam, wenn dem anderen Vertragsteil bei Fehlschlagen der Nacherfüllung das Minderungsrecht aberkannt wird.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02B952E7" w14:textId="77777777" w:rsidR="00D56ACC" w:rsidRDefault="00D56ACC" w:rsidP="00626355">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3430,275 +3418,298 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB6BA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Höhe der Verzugszinsen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="747B0FA8" w14:textId="77777777" w:rsidR="00D56ACC" w:rsidRPr="00BB6BA0" w:rsidRDefault="00D56ACC" w:rsidP="00626355">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB6BA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ab Beginn des Verzugs schuldet der Käufer dem Verkäufer zusätzlich zum Kaufpreis Verzugszinsen. Ist an dem Kaufvertrag ein Verbraucher beteiligt, sei es als Käufer oder als Verkäufer, beträgt der Zinssatz 5 % über dem Basiszinssatz. Bei Kaufverträgen zwischen Unternehmern beträgt der Zinssatz  8 % über dem Basiszinssatz.</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Ab Beginn des Verzugs schuldet der Käufer dem Verkäufer zusätzlich zum Kaufpreis Verzugszinsen. Ist an dem Kaufvertrag ein Verbraucher beteiligt, sei es als Käufer oder als Verkäufer, beträgt der Zinssatz 5 % über dem Basiszinssatz. Bei Kaufverträgen zwischen Unternehmern beträgt der </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BB6BA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Zinssatz  8</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BB6BA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> % über dem Basiszinssatz.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30148DF4" w14:textId="77777777" w:rsidR="00D56ACC" w:rsidRPr="00BB6BA0" w:rsidRDefault="00D56ACC" w:rsidP="00626355">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB6BA0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Unter </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00BB6BA0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.bundesbank.de/Redaktion/DE/Standardartikel/Bundesbank/Zinssaetze/basiszinssatz.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00BB6BA0">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> können die aktuellen Basiszinssätze ermittelt werden.</w:t>
-      </w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E695DC2" w14:textId="77777777" w:rsidR="005D41B2" w:rsidRDefault="005D41B2" w:rsidP="005D41B2">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005D41B2" w:rsidSect="004247DA">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="964" w:right="1021" w:bottom="833" w:left="1814" w:header="720" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="19A94C6B" w14:textId="77777777" w:rsidR="003847A2" w:rsidRDefault="003847A2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="12CDF9BA" w14:textId="77777777" w:rsidR="003847A2" w:rsidRDefault="003847A2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="65916748" w14:textId="77777777" w:rsidR="00CA265C" w:rsidRDefault="00CA265C"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2B2414CE" w14:textId="77777777" w:rsidR="003847A2" w:rsidRDefault="003847A2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6187F786" w14:textId="77777777" w:rsidR="003847A2" w:rsidRDefault="003847A2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="068DB244" w14:textId="77777777" w:rsidR="00CA265C" w:rsidRDefault="00CA265C"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="7DB17D7D" w14:textId="10DE9D83" w:rsidR="006D32EB" w:rsidRDefault="0016742E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0AC33413" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="00143E73">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5763D2EE" wp14:editId="2B9FEC0C">
-[...5 lines deleted...]
-          </wp:cNvGraphicFramePr>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7355A04E" wp14:editId="36F3B604">
+          <wp:extent cx="2240280" cy="563880"/>
+          <wp:effectExtent l="0" t="0" r="7620" b="7620"/>
+          <wp:docPr id="1" name="Grafik 1" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
+          <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+                  <pic:cNvPr id="2" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1">
+                  <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2485708" cy="410220"/>
+                    <a:ext cx="2240280" cy="563880"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
+  </w:p>
+  <w:p w14:paraId="7DB17D7D" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+      <w:rPr>
+        <w:color w:val="808080"/>
+      </w:rPr>
+    </w:pPr>
   </w:p>
   <w:p w14:paraId="1D281448" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="259EC8FA" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="5790E8D9" w14:textId="11D07D52" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0AAA4902"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2FC64298"/>
     <w:lvl w:ilvl="0" w:tplc="04070013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -5091,269 +5102,256 @@
   <w:num w:numId="10" w16cid:durableId="1930119814">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="466364562">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1050766432">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="441848478">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1845703797">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1055470184">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1577981920">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...17 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="001649F2"/>
     <w:rsid w:val="00040811"/>
     <w:rsid w:val="000412DF"/>
     <w:rsid w:val="000459BF"/>
     <w:rsid w:val="000834FA"/>
     <w:rsid w:val="00086F57"/>
     <w:rsid w:val="0009015E"/>
-    <w:rsid w:val="000A1D90"/>
     <w:rsid w:val="000C1333"/>
     <w:rsid w:val="0011284E"/>
     <w:rsid w:val="0011733E"/>
     <w:rsid w:val="00136734"/>
     <w:rsid w:val="00143E73"/>
     <w:rsid w:val="00147F03"/>
     <w:rsid w:val="001535E9"/>
     <w:rsid w:val="00153B0E"/>
     <w:rsid w:val="0016349B"/>
     <w:rsid w:val="001649F2"/>
-    <w:rsid w:val="0016742E"/>
     <w:rsid w:val="00190B1A"/>
+    <w:rsid w:val="001B699B"/>
+    <w:rsid w:val="001C3DD3"/>
+    <w:rsid w:val="001E301B"/>
     <w:rsid w:val="001F23E2"/>
     <w:rsid w:val="00201FD1"/>
     <w:rsid w:val="00202CDD"/>
     <w:rsid w:val="002227DA"/>
     <w:rsid w:val="00222D08"/>
     <w:rsid w:val="002237C2"/>
     <w:rsid w:val="00241514"/>
     <w:rsid w:val="00274202"/>
     <w:rsid w:val="002C0749"/>
     <w:rsid w:val="002C0A64"/>
     <w:rsid w:val="002C2817"/>
     <w:rsid w:val="002C3D04"/>
     <w:rsid w:val="002D6CD6"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00373C67"/>
     <w:rsid w:val="003847A2"/>
     <w:rsid w:val="00391D4F"/>
     <w:rsid w:val="00395D50"/>
     <w:rsid w:val="003A3B1C"/>
     <w:rsid w:val="003B1579"/>
     <w:rsid w:val="00400010"/>
     <w:rsid w:val="00424250"/>
     <w:rsid w:val="004247DA"/>
     <w:rsid w:val="004310A4"/>
     <w:rsid w:val="00446658"/>
     <w:rsid w:val="004C47DE"/>
     <w:rsid w:val="004F4085"/>
     <w:rsid w:val="005215DF"/>
     <w:rsid w:val="00526CB3"/>
+    <w:rsid w:val="00560028"/>
     <w:rsid w:val="00562FCE"/>
     <w:rsid w:val="00592372"/>
     <w:rsid w:val="005D41B2"/>
     <w:rsid w:val="005D6B25"/>
     <w:rsid w:val="005E3938"/>
     <w:rsid w:val="005E66FD"/>
     <w:rsid w:val="00612DCE"/>
     <w:rsid w:val="0061484D"/>
     <w:rsid w:val="00626355"/>
     <w:rsid w:val="0068771A"/>
     <w:rsid w:val="006D1F91"/>
     <w:rsid w:val="006D32EB"/>
     <w:rsid w:val="006D40E1"/>
     <w:rsid w:val="006E756E"/>
     <w:rsid w:val="007038AA"/>
     <w:rsid w:val="00726F94"/>
     <w:rsid w:val="007417CB"/>
     <w:rsid w:val="0074696C"/>
     <w:rsid w:val="007754AB"/>
     <w:rsid w:val="00782FB8"/>
     <w:rsid w:val="0084046D"/>
     <w:rsid w:val="00843CD6"/>
     <w:rsid w:val="008506CB"/>
     <w:rsid w:val="008559C9"/>
     <w:rsid w:val="008A15A2"/>
     <w:rsid w:val="008A34E1"/>
     <w:rsid w:val="008E13D6"/>
     <w:rsid w:val="00902FB8"/>
     <w:rsid w:val="00936499"/>
     <w:rsid w:val="00947130"/>
-    <w:rsid w:val="009721C2"/>
     <w:rsid w:val="00976663"/>
     <w:rsid w:val="009802B0"/>
     <w:rsid w:val="00996DB4"/>
     <w:rsid w:val="009D08BE"/>
     <w:rsid w:val="009D1DD0"/>
     <w:rsid w:val="009E5572"/>
-    <w:rsid w:val="00A106A6"/>
     <w:rsid w:val="00A16A4F"/>
     <w:rsid w:val="00A23525"/>
     <w:rsid w:val="00A53411"/>
     <w:rsid w:val="00A7214C"/>
+    <w:rsid w:val="00A963C1"/>
     <w:rsid w:val="00AA31BB"/>
     <w:rsid w:val="00AC0D12"/>
+    <w:rsid w:val="00AC69F3"/>
     <w:rsid w:val="00AF1E42"/>
     <w:rsid w:val="00AF2A9C"/>
     <w:rsid w:val="00B0032C"/>
     <w:rsid w:val="00B03F05"/>
     <w:rsid w:val="00B3618A"/>
+    <w:rsid w:val="00B637D0"/>
     <w:rsid w:val="00B75D64"/>
     <w:rsid w:val="00B81900"/>
     <w:rsid w:val="00BB6BA0"/>
     <w:rsid w:val="00BC2ED0"/>
     <w:rsid w:val="00BE65D1"/>
     <w:rsid w:val="00C04092"/>
     <w:rsid w:val="00C15D83"/>
     <w:rsid w:val="00C3787A"/>
     <w:rsid w:val="00C4181B"/>
     <w:rsid w:val="00C543B4"/>
     <w:rsid w:val="00C77EE8"/>
     <w:rsid w:val="00C96331"/>
     <w:rsid w:val="00CA265C"/>
     <w:rsid w:val="00CA76D6"/>
     <w:rsid w:val="00CC7AEF"/>
     <w:rsid w:val="00CD4E48"/>
     <w:rsid w:val="00D04337"/>
     <w:rsid w:val="00D04DDB"/>
     <w:rsid w:val="00D56ACC"/>
     <w:rsid w:val="00D6410B"/>
     <w:rsid w:val="00D665F3"/>
     <w:rsid w:val="00D74549"/>
+    <w:rsid w:val="00D80343"/>
     <w:rsid w:val="00D81A2E"/>
     <w:rsid w:val="00DA3389"/>
     <w:rsid w:val="00DC2065"/>
     <w:rsid w:val="00DC733C"/>
     <w:rsid w:val="00DD4B22"/>
     <w:rsid w:val="00E000EF"/>
     <w:rsid w:val="00E14FD5"/>
     <w:rsid w:val="00E21725"/>
     <w:rsid w:val="00E66121"/>
+    <w:rsid w:val="00E73885"/>
     <w:rsid w:val="00E80777"/>
     <w:rsid w:val="00EC3795"/>
+    <w:rsid w:val="00EE64AA"/>
     <w:rsid w:val="00EE6621"/>
     <w:rsid w:val="00F160DD"/>
     <w:rsid w:val="00FA7230"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="72B55391"/>
   <w15:docId w15:val="{6755E746-7131-4E83-8E31-4F0BF646B5BB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6060,61 +6058,61 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B0032C"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B0032C"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bundesbank.de/Redaktion/DE/Standardartikel/Bundesbank/Zinssaetze/basiszinssatz.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6351,74 +6349,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...22 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101007AC43CE515D2804DAC7ADE3243597B14" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="d36f937f196cc11c9034c2c1754a79c3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xmlns:ns3="82589c12-70c4-4c94-a25a-3c827aa5c9f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="503caf83702f076935e2dbbd87d5e908" ns2:_="" ns3:_="">
     <xsd:import namespace="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <xsd:import namespace="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -6629,126 +6603,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="82589c12-70c4-4c94-a25a-3c827aa5c9f9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78CBEDA8-87B5-4989-802E-16F644946C94}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85737640-A42E-493D-94B8-445F3B36C00C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{497004A2-B871-45CD-954C-444F52CD55E4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
+    <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E2250AE3-4DFC-4ACE-8555-77DEE1121DCF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
   <Words>2767</Words>
-  <Characters>18314</Characters>
+  <Characters>18313</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>152</Lines>
-  <Paragraphs>42</Paragraphs>
+  <Lines>494</Lines>
+  <Paragraphs>193</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21039</CharactersWithSpaces>
+  <CharactersWithSpaces>20887</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="150" baseType="variant">
       <vt:variant>
         <vt:i4>4063319</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>72</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@wiesbaden.ihk.de</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1572928</vt:i4>
       </vt:variant>
       <vt:variant>