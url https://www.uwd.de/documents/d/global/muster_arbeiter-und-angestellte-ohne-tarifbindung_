--- v0 (2025-10-08)
+++ v1 (2026-01-12)
@@ -9,51 +9,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="29702EBE" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="4FBE020C" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="47615ABA" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="7CE27FA3" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="184789E7" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="0B8215CC" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="188AF367" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="25A8640D" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="481311F3" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="1EA47F35" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="27B0C542" w14:textId="77777777" w:rsidR="0038081B" w:rsidRPr="00685F2D" w:rsidRDefault="006D32EB" w:rsidP="00685F2D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>Muster</w:t>
       </w:r>
@@ -71,188 +71,198 @@
         </w:rPr>
         <w:br/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00685F2D" w:rsidRPr="00685F2D">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>rbeitsvertrag</w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="438C46E0" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="7787C74E" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="2EF5E390" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="2A27D844" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="55A07115" w14:textId="77777777" w:rsidR="007269EF" w:rsidRDefault="007269EF" w:rsidP="00782FB8"/>
     <w:p w14:paraId="071F1E4E" w14:textId="77777777" w:rsidR="00855D17" w:rsidRDefault="00855D17" w:rsidP="00782FB8"/>
-    <w:p w14:paraId="4FDA4A7C" w14:textId="77777777" w:rsidR="00855D17" w:rsidRDefault="00855D17" w:rsidP="00782FB8"/>
-    <w:p w14:paraId="1B39382E" w14:textId="77777777" w:rsidR="00A522B1" w:rsidRDefault="00A522B1" w:rsidP="00A522B1">
+    <w:p w14:paraId="53FB0D32" w14:textId="77777777" w:rsidR="0070290C" w:rsidRDefault="0070290C" w:rsidP="0070290C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212717203"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit freundlicher Unterstützung zur Verfügung gestellt vom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="40ED28C3" wp14:editId="6541A9F6">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="613614FA" wp14:editId="72CF952E">
             <wp:extent cx="2247900" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="588512616" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2240280" cy="563880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D2CF62D" w14:textId="77777777" w:rsidR="00A522B1" w:rsidRDefault="00A522B1" w:rsidP="00A522B1">
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="4FDA4A7C" w14:textId="77777777" w:rsidR="00855D17" w:rsidRDefault="00855D17" w:rsidP="00782FB8"/>
     <w:p w14:paraId="04686113" w14:textId="77777777" w:rsidR="00855D17" w:rsidRDefault="00855D17" w:rsidP="00782FB8"/>
     <w:p w14:paraId="3360CA34" w14:textId="77777777" w:rsidR="00855D17" w:rsidRDefault="00855D17" w:rsidP="00782FB8"/>
     <w:p w14:paraId="2339FE7D" w14:textId="77777777" w:rsidR="00855D17" w:rsidRDefault="00855D17" w:rsidP="00782FB8"/>
     <w:p w14:paraId="02E4D3D6" w14:textId="77777777" w:rsidR="00855D17" w:rsidRDefault="00855D17" w:rsidP="00782FB8"/>
     <w:p w14:paraId="1F9F64BA" w14:textId="77777777" w:rsidR="00855D17" w:rsidRDefault="00855D17" w:rsidP="00782FB8"/>
     <w:p w14:paraId="40E7FEF3" w14:textId="77777777" w:rsidR="00855D17" w:rsidRDefault="00855D17" w:rsidP="00782FB8"/>
     <w:p w14:paraId="1F2C96C8" w14:textId="77777777" w:rsidR="00855D17" w:rsidRDefault="00855D17" w:rsidP="00782FB8"/>
     <w:p w14:paraId="0CA13CB8" w14:textId="77777777" w:rsidR="00855D17" w:rsidRDefault="00855D17" w:rsidP="00782FB8"/>
     <w:p w14:paraId="20A30BF4" w14:textId="77777777" w:rsidR="007269EF" w:rsidRDefault="007269EF" w:rsidP="00782FB8"/>
     <w:p w14:paraId="2A0E5075" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00782FB8" w:rsidRDefault="006D32EB" w:rsidP="00782FB8">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0231508E" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="00685F2D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Vorwort</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38EC05F8" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="00685F2D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51ADBF48" w14:textId="6FA45346" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="00685F2D">
+    <w:p w14:paraId="51ADBF48" w14:textId="590575FA" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="00685F2D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Der Unternehmer schließt im Laufe seiner Geschäftstätigkeit eine Vielzahl von Verträgen ab. m eine Orientierungshilfe zu bieten, stellen die hessischen Kammern Musterverträge zur Verfügung.</w:t>
+        <w:t xml:space="preserve">Der Unternehmer schließt im Laufe seiner Geschäftstätigkeit eine Vielzahl von Verträgen ab. </w:t>
+      </w:r>
+      <w:r w:rsidR="000325ED">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m eine Orientierungshilfe zu bieten, stellen die hessischen Kammern Musterverträge zur Verfügung.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="119002E1" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="00685F2D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5CCB1D6C" w14:textId="2DFB2CFD" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="00685F2D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -362,51 +372,69 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aus Gründen der sprachlichen Vereinfachung wird auf die Nennung der drei Geschlechter verzichtet, wo eine geschlechtsneutrale Formulierung nicht möglich war. In diesen Fällen beziehen die verwendeten männlichen Begriffe die weiblichen und diversen Formen ebenso mit ein. </w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Mustervertrag ist nur ein Vorschlag für eine mögliche Regelung. Viele Festlegungen sind frei vereinbar. Der Verwender kann auch andere Formulierungen wählen. </w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret zu regelnde Situation und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
+        <w:t xml:space="preserve">Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zu regelnde Situation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Falls Sie einen maßgeschneiderten Vertrag benötigen, sollten Sie sich durch einen Rechtsanwalt Ihres Vertrauens beraten lassen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19D8CB49" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="00685F2D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CFB7C06" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="00685F2D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -931,526 +959,609 @@
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B6F2E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tätigkeit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk110511824"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk110511824"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>und Ort</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="3FDC231C" w14:textId="77777777" w:rsidR="00BC703E" w:rsidRPr="00685F2D" w:rsidRDefault="00BC703E" w:rsidP="00BC703E">
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="0C4AEBE4" w14:textId="77777777" w:rsidR="000325ED" w:rsidRDefault="00BC703E" w:rsidP="00BC703E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Arbeitnehmer wird als ............................................. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk110511905"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk110511905"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in…………………………………</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eingestellt</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="7B3BB658" w14:textId="77777777" w:rsidR="00BC703E" w:rsidRPr="007B6F2E" w:rsidRDefault="00BC703E" w:rsidP="00BC703E">
+      <w:r w:rsidR="000325ED">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FDC231C" w14:textId="2DB204E7" w:rsidR="00BC703E" w:rsidRDefault="000325ED" w:rsidP="00BC703E">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Insbesondere gehören folgende Tätigkeiten zu seinem Arbeitsbereich:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4448188D" w14:textId="7098927D" w:rsidR="000325ED" w:rsidRPr="00685F2D" w:rsidRDefault="000325ED" w:rsidP="00BC703E">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…………………………………………………………………………………………..</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B3BB658" w14:textId="4E5AAD25" w:rsidR="00BC703E" w:rsidRPr="007B6F2E" w:rsidRDefault="00BC703E" w:rsidP="00BC703E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CCF519E" w14:textId="77777777" w:rsidR="00BC703E" w:rsidRPr="00685F2D" w:rsidRDefault="00BC703E" w:rsidP="00BC703E">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="787AF9C7" w14:textId="3A13A217" w:rsidR="00BC703E" w:rsidRDefault="00BC703E" w:rsidP="00BC703E">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Er verpflichtet sich</w:t>
+      </w:r>
+      <w:r w:rsidR="000325ED">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008A0FDB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bei betrieblichen Erfordernissen des Arbeitgebers, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">auch andere </w:t>
+      </w:r>
+      <w:r w:rsidR="008A0FDB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gleichwertige </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Arbeiten</w:t>
+      </w:r>
+      <w:r w:rsidR="008A0FDB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">auszuführen, die seinen Vorkenntnissen und Fähigkeiten entsprechen. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dies gilt, soweit dies bei Abwägung der Interessen des Arbeitgebers und des Arbeitnehmers zumutbar</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:i/>
-[...10 lines deleted...]
-        <w:t>Anmerkung: Bei der Angabe der Tätigkeiten empfiehlt sich keine zu starke Einengung, da bei einer Änderung der Arbeitnehmer ansonsten zustimmen muss oder eine sozial gerechtfertigte Änderungskündigung auszusprechen ist.</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ist</w:t>
+      </w:r>
+      <w:r w:rsidR="008A0FDB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:i/>
-[...19 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...56 lines deleted...]
-      <w:r w:rsidRPr="00685F2D">
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20CD5044" w14:textId="77777777" w:rsidR="00BC703E" w:rsidRDefault="00BC703E" w:rsidP="00BC703E">
+      <w:pPr>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Dies gilt, soweit dies bei Abwägung der Interessen des Arbeitgebers und des Arbeitnehmers zumutbar</w:t>
-      </w:r>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk110512056"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ist</w:t>
-[...37 lines deleted...]
-        </w:rPr>
         <w:t>Der Arbeitgeber ist berechtigt nach billigem Ermessen einen anderen Arbeitsort zuzuweisen.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="219B5722" w14:textId="1F3C7FFD" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="00BC703E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F6A87CB" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="007B6F2E" w:rsidRDefault="00741F91" w:rsidP="00685F2D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B6F2E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Probezeit</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14E86BC9" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
+    <w:p w14:paraId="14E86BC9" w14:textId="63D2521B" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Das Arbeitsverhältnis wird auf unbestimmte Zeit geschlossen. Die ersten sechs Monate (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00685F2D">
+      <w:r w:rsidR="000325ED" w:rsidRPr="000325ED">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> drei Monaten) gelten als Probezeit. Während der Probezeit kann das Arbeitsverhältnis beiderseits mit einer Frist von zwei Wochen gekündigt werden.</w:t>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Anmerkung</w:t>
+      </w:r>
+      <w:r w:rsidR="000325ED">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="000325ED" w:rsidRPr="000325ED">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eine Verkürzung ist möglich</w:t>
+      </w:r>
+      <w:r w:rsidR="000325ED">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gelten als Probezeit. Während der Probezeit kann das Arbeitsverhältnis beiderseits mit einer Frist von zwei Wochen gekündigt werden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="337BCD38" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="597FBBAF" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="007B6F2E" w:rsidRDefault="00741F91" w:rsidP="00685F2D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B6F2E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Arbeitszeit</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1450015E" w14:textId="565FC9EF" w:rsidR="00741F91" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
-[...8 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="_Hlk110512284"/>
+    <w:p w14:paraId="1450015E" w14:textId="1F674FF1" w:rsidR="00741F91" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk110512284"/>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Die regelmäßige wöchentliche Arbeitszeit beträgt ….... Stunden. Beginn</w:t>
       </w:r>
       <w:r w:rsidR="008A0FDB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ende </w:t>
       </w:r>
       <w:r w:rsidR="008A0FDB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> und Pausen </w:t>
+        <w:t xml:space="preserve">und Pausen </w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>der täglichen Arbeitszeit richten sich nach der betrieblichen Einteilung</w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_Hlk110512565"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk110512565"/>
       <w:r w:rsidR="009C5DDC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, die im Ermessen des Arbeitsgebers liegt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="125F7FA1" w14:textId="77777777" w:rsidR="009C5DDC" w:rsidRDefault="009C5DDC" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25E1C360" w14:textId="07D3271E" w:rsidR="009C5DDC" w:rsidRDefault="009C5DDC" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Derzeit verteilt sich </w:t>
       </w:r>
       <w:r w:rsidR="0066531B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>die</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> wöchentliche Arbeitszeit wie folgt:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="632353B5" w14:textId="77777777" w:rsidR="009C5DDC" w:rsidRDefault="009C5DDC" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C45C206" w14:textId="111FFC4D" w:rsidR="009C5DDC" w:rsidRDefault="009C5DDC" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………………………………………………………………………………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="149A43FF" w14:textId="6C8CDF41" w:rsidR="00C344BF" w:rsidRPr="00D2408F" w:rsidRDefault="003C2CEC" w:rsidP="007B6F2E">
+    <w:p w14:paraId="149A43FF" w14:textId="7717C793" w:rsidR="00C344BF" w:rsidRPr="00D2408F" w:rsidRDefault="000325ED" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Anmerkung: Bei Schichtarbeit sämtliche Einteilungsmöglichkeiten aufliste</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008A0FDB">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="003C2CEC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">: Schichtsystem, Schichtrhythmus und Voraussetzungen für Schichtänderungen. </w:t>
+        <w:t>Anmerkung: Bei Schichtarbeit sämtliche Einteilungsmöglichkeiten aufliste</w:t>
+      </w:r>
+      <w:r w:rsidR="008A0FDB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>: Schichtsystem, Schichtrhythmus und Voraussetzungen für Schichtänderungen.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="008A0FDB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A55877F" w14:textId="77777777" w:rsidR="003C2CEC" w:rsidRDefault="003C2CEC" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60EA6ABD" w14:textId="77777777" w:rsidR="00C344BF" w:rsidRDefault="00C344BF" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -1481,52 +1592,52 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nach Beendigung der täglichen Arbeitszeit ist eine ununterbrochene Ruhezeit von mindestens </w:t>
       </w:r>
       <w:r w:rsidR="0066531B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>elf</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Stunden einzuhalten. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
     <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p w14:paraId="5C512FFD" w14:textId="44B69633" w:rsidR="00741F91" w:rsidRDefault="00741F91" w:rsidP="008A0FDB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31AAE9A2" w14:textId="3C56C356" w:rsidR="00741F91" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1655,167 +1766,218 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Arbeitgeber kann die Kurzarbeit kurzzeitig aufheben. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="396F364C" w14:textId="77777777" w:rsidR="008A0FDB" w:rsidRDefault="008A0FDB" w:rsidP="00A5404D">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05A86073" w14:textId="06B9D884" w:rsidR="001D75BE" w:rsidRPr="00A5404D" w:rsidRDefault="001D75BE" w:rsidP="00A5404D">
+    <w:p w14:paraId="05A86073" w14:textId="0CE4BF60" w:rsidR="001D75BE" w:rsidRPr="00A5404D" w:rsidRDefault="001D75BE" w:rsidP="00A5404D">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A5404D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Der Arbeitnehmer ist bei Einführung von Kurzarbeit damit einverstanden, dass die Arbeitszeit vorübergehend verkürzt und für die Dauer der Arbeitszeitverkürzung die Vergütung entsprechend reduziert wird.</w:t>
+        <w:t>Der Arbeitnehmer ist bei Einführung von Kurzarbeit damit einverstanden, dass die Arbeitszeit vorübergehend ver</w:t>
+      </w:r>
+      <w:r w:rsidR="005220E3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A5404D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ürzt und für die Dauer der Arbeitszeitverkürzung die Vergütung entsprechend reduziert wird.</w:t>
       </w:r>
       <w:r w:rsidR="00170B31">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000778C7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000325ED">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="000778C7" w:rsidRPr="00A5404D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Anmerkung: Sollte ein Betriebsrat bestehen, müsste mit diesem eine Betriebsvereinbarung über die Kurzarbeit geschlossen werden</w:t>
+      </w:r>
+      <w:r w:rsidR="000325ED">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="000778C7">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2788E270" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="007B6F2E" w:rsidRDefault="00741F91" w:rsidP="00685F2D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B6F2E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Arbeitsvergütung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B3A46C3" w14:textId="77777777" w:rsidR="00950C27" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
+    <w:p w14:paraId="0B3A46C3" w14:textId="4DAFC315" w:rsidR="00950C27" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Arbeitnehmer erhält eine monatliche Bruttovergütung von ............. € / einen Stundenlohn von................. Euro.</w:t>
       </w:r>
       <w:r w:rsidR="0046451A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_Hlk110512658"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk110512658"/>
       <w:r w:rsidR="0046451A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Diese ist zum Ende des jeweiligen Kalendermonats fällig</w:t>
       </w:r>
       <w:r w:rsidR="00B96CCA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> und wird -wie sämtliche folgenden Gehaltsbestandteile- bargeldlos auf folgendes Konto des Arbeitnehmers ausgezahlt: </w:t>
+        <w:t xml:space="preserve"> und wird -wie sämtliche </w:t>
+      </w:r>
+      <w:r w:rsidR="005220E3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">weiteren </w:t>
+      </w:r>
+      <w:r w:rsidR="00B96CCA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gehaltsbestandteile- bargeldlos auf folgendes Konto des Arbeitnehmers ausgezahlt: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44461607" w14:textId="77777777" w:rsidR="00950C27" w:rsidRDefault="00950C27" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4963A12D" w14:textId="55B96435" w:rsidR="00741F91" w:rsidRDefault="00B96CCA" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -1858,126 +2020,143 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="261FE88A" w14:textId="6D81D877" w:rsidR="0046451A" w:rsidRDefault="0046451A" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………………………………………………………………………………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="295A3E86" w14:textId="5F56516C" w:rsidR="0046451A" w:rsidRPr="00D2408F" w:rsidRDefault="0046451A" w:rsidP="007B6F2E">
+    <w:p w14:paraId="295A3E86" w14:textId="5A08CE00" w:rsidR="0046451A" w:rsidRPr="00D2408F" w:rsidRDefault="000325ED" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Anmerkung: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B96CCA">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="0046451A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">getrennte </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Anmerkung: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B96CCA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Auflistung von Zuschlägen, Zulagen, Sonderzahlungen und Prämien sowie anderer Bestandteile</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B96CCA">
+        <w:t xml:space="preserve">getrennte </w:t>
+      </w:r>
+      <w:r w:rsidR="0046451A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t>Auflistung von Zuschlägen, Zulagen, Sonderzahlungen und Prämien sowie anderer Bestandteile</w:t>
+      </w:r>
+      <w:r w:rsidR="00B96CCA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> mit Angabe von Höhe und Fälligkeit.</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0E2B27EC" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p w14:paraId="28A743C8" w14:textId="0F99B7E1" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Überstunden von bis zu 10% der </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>regelmäßigen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> wöchentlichen Arbeitszeit sind mit der </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
@@ -2168,86 +2347,104 @@
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Urlaub</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6044A005" w14:textId="77777777" w:rsidR="00117510" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der </w:t>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="_Hlk130559746"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk130559746"/>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Arbeitnehmer hat Anspruch auf einen gesetzlichen Mindesturlaub von derzeit 20 Arbeitstagen im Kalenderjahr – ausgehend von einer Fünf-Tage-Woche. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15AE3E1C" w14:textId="77777777" w:rsidR="00117510" w:rsidRDefault="00117510" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="296C0112" w14:textId="43BBC62B" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Der Arbeitgeber gewährt zusätzlich einen vertraglichen Urlaub von weiteren …….. Arbeitstagen. Bei der Gewährung von Urlaub wird zuerst der gesetzliche Urlaub eingebracht.</w:t>
+        <w:t xml:space="preserve">Der Arbeitgeber gewährt zusätzlich einen vertraglichen Urlaub von weiteren </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Arbeitstagen. Bei der Gewährung von Urlaub wird zuerst der gesetzliche Urlaub eingebracht.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F71DBF8" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49CEEE31" w14:textId="3F89C272" w:rsidR="00B96CCA" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -2266,144 +2463,215 @@
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Zusatzurlaub mindert sich für jeden vollen Monat, in dem der Arbeitnehmer keinen Anspruch auf Entgelt bzw. Entgeltfortzahlung hat oder bei Ruhen des Arbeitsverhältnisses um ein Zwölftel. </w:t>
       </w:r>
       <w:r w:rsidR="00117510" w:rsidRPr="00117510">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Im Ein- und Austrittsjahr</w:t>
       </w:r>
       <w:r w:rsidR="00117510">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> erhält der Arbeitnehmer für jeden vollen Beschäftigungsmonat ein Zwölftel des vertraglichen Zusatzurlaubs.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C5D4B56" w14:textId="77777777" w:rsidR="00B96CCA" w:rsidRDefault="00B96CCA" w:rsidP="007B6F2E">
-[...9 lines deleted...]
-    <w:p w14:paraId="3E10770F" w14:textId="5BC7B957" w:rsidR="00741F91" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
+    <w:p w14:paraId="3C5D4B56" w14:textId="4B85A2FE" w:rsidR="00B96CCA" w:rsidRDefault="00B96CCA" w:rsidP="007B6F2E">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E10770F" w14:textId="22A9E9A9" w:rsidR="00741F91" w:rsidRDefault="00741F91" w:rsidP="000325ED">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Für den vertraglichen </w:t>
       </w:r>
       <w:r w:rsidR="004F74A2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Zusatzu</w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rlaub gilt abweichend von dem gesetzlichen Mindesturlaub, dass der Urlaubsanspruch </w:t>
       </w:r>
       <w:r w:rsidR="007B6F2E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">am 31.Dezember </w:t>
+        <w:t>am 31.</w:t>
+      </w:r>
+      <w:r w:rsidR="005220E3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B6F2E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dezember </w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>des jeweiligen Kalenderjahres (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00685F2D">
+      <w:r w:rsidR="005220E3" w:rsidRPr="005220E3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">des Folgejahres) auch dann verfällt, wenn er wegen Arbeitsunfähigkeit des Arbeitnehmers nicht genommen werden kann. </w:t>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Anm</w:t>
+      </w:r>
+      <w:r w:rsidR="005220E3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>er</w:t>
+      </w:r>
+      <w:r w:rsidR="005220E3" w:rsidRPr="005220E3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kung: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005220E3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oder mit Ablauf des</w:t>
+      </w:r>
+      <w:r w:rsidR="007B6F2E" w:rsidRPr="005220E3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Übertragungszeitraums am 31.</w:t>
+      </w:r>
+      <w:r w:rsidR="000325ED" w:rsidRPr="005220E3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B6F2E" w:rsidRPr="005220E3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">März </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005220E3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>des Folgejahres</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) auch dann verfällt, wenn er wegen Arbeitsunfähigkeit des Arbeitnehmers nicht genommen werden kann. </w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Der gesetzliche Urlaub verfällt in diesem Fall erst 15 Monate nach Ende des Urlaubsjahres.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A517E33" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="036346D8" w14:textId="1E73472B" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
@@ -2438,172 +2706,164 @@
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Die recht</w:t>
       </w:r>
       <w:r w:rsidR="00741F91" w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>liche Behandlung des Urlaubs richtet sich im Übrigen nach den gesetzlichen Bestimmungen.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p w14:paraId="22D75821" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="00685F2D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A5CB49E" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Krankheit</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1189E7F2" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Hlk130558876"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk130558876"/>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Die </w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="_Hlk130557802"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk130557802"/>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Entgeltfortzahlung im Krankheitsfall richtet sich nach den gesetzlichen Bestimmungen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7293DA85" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A78714B" w14:textId="77777777" w:rsidR="00C74D12" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Die Arbeitsverhinderung ist dem Arbeitgeber unverzüglich mitzuteilen. Dauert die Arbeitsunfähigkeit länger als drei Kalendertage, hat der Arbeitnehmer eine </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00685F2D">
+        <w:t xml:space="preserve">Die Arbeitsverhinderung ist dem Arbeitgeber unverzüglich mitzuteilen. Dauert die Arbeitsunfähigkeit länger als drei Kalendertage, hat der Arbeitnehmer eine ärztliche Bescheinigung über das Bestehen sowie deren voraussichtliche Dauer spätestens an dem auf den dritten Kalendertag folgenden Arbeitstag vorzulegen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DEC9B7A" w14:textId="77777777" w:rsidR="00C74D12" w:rsidRDefault="00C74D12" w:rsidP="007B6F2E">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="341E2101" w14:textId="77777777" w:rsidR="00C74D12" w:rsidRDefault="00C74D12" w:rsidP="007B6F2E">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C74D12">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">ärztliche Bescheinigung über das Bestehen sowie deren voraussichtliche Dauer spätestens an dem auf den dritten Kalendertag folgenden Arbeitstag vorzulegen. </w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t>Die Vorlagepflicht g</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00C74D12">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lt nicht für Arbeitnehmer, die Versicherte einer gesetzlichen Krankenkasse sind</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, wenn der behandelnde Arzt die Bescheinigung per </w:t>
@@ -2757,78 +3017,78 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D331595" w14:textId="6237C31D" w:rsidR="00741F91" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Arbeitgeber ist berechtigt, die Vorlage der Arbeitsunfähigkeitsbescheinigung früher zu verlangen.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:bookmarkEnd w:id="8"/>
     <w:p w14:paraId="1BCFB2F3" w14:textId="77777777" w:rsidR="001D75BE" w:rsidRDefault="001D75BE" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2364ECCD" w14:textId="1C6E5186" w:rsidR="00CF5D73" w:rsidRPr="00D2408F" w:rsidRDefault="00CF5D73" w:rsidP="00CF5D73">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Hlk110515144"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk110515144"/>
       <w:r w:rsidRPr="00D2408F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fortbildungen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36DD95D8" w14:textId="4F93574E" w:rsidR="00CF5D73" w:rsidRDefault="00CF5D73" w:rsidP="00CF5D73">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -2882,63 +3142,67 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Die betriebliche Altersversorgung wir durchgeführt von………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FD7C85A" w14:textId="242DF8FE" w:rsidR="00E26BD5" w:rsidRDefault="00E26BD5" w:rsidP="00E26BD5">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12B5E904" w14:textId="11A705B6" w:rsidR="00E26BD5" w:rsidRDefault="00E26BD5" w:rsidP="00E26BD5">
+    <w:p w14:paraId="12B5E904" w14:textId="11A705B6" w:rsidR="00E26BD5" w:rsidRPr="005220E3" w:rsidRDefault="00E26BD5" w:rsidP="00E26BD5">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005220E3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Alternativ:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F92C293" w14:textId="4C3F68BA" w:rsidR="00E26BD5" w:rsidRDefault="00E26BD5" w:rsidP="00E26BD5">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37A193EB" w14:textId="0A984E3F" w:rsidR="00E26BD5" w:rsidRPr="00D2408F" w:rsidRDefault="00E26BD5" w:rsidP="00D2408F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2957,268 +3221,188 @@
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7054BC1B" w14:textId="3CDFC317" w:rsidR="00234887" w:rsidRPr="0034178F" w:rsidRDefault="00234887" w:rsidP="0034178F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Hlk95465938"/>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkStart w:id="11" w:name="_Hlk95465938"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="0034178F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ausschluss von § 616 BGB</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DC15563" w14:textId="3E513EAF" w:rsidR="00234887" w:rsidRPr="0034178F" w:rsidRDefault="00234887" w:rsidP="00234887">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0034178F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ein Anspruch auf Arbeitsentgelt bei einer vorübergehende</w:t>
       </w:r>
       <w:r w:rsidR="008F2FCD" w:rsidRPr="0034178F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="0034178F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Verhinderung im Sinne des § 616 BGB besteht nicht. Die Anwendbarkeit der Norm wird ausgeschlossen.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p w14:paraId="3FF4727C" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="00685F2D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FD8DA9D" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="007B6F2E" w:rsidRDefault="00741F91" w:rsidP="00685F2D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B6F2E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Verschwiegenheitspflicht</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D476B29" w14:textId="20D12AA5" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
+    <w:p w14:paraId="5D476B29" w14:textId="54DAC163" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Arbeitnehmer verpflichtet sich, während der Dauer des Arbeitsverhältnisses und auch nach dem Ausscheiden, über alle Geschäftsgeheimnisse sowie betriebliche Angelegenheiten vertraulicher Natur, die als solche von der Geschäftsleitung schriftlich oder mündlich bezeichnet werden bzw. offensichtlich als solche zu erkennen sind, Stillschweigen zu bewahren und ohne ausdrückliche Genehmigung der Geschäftsleitung keinen dritten Personen zugänglich zu machen. Der Arbeitnehmer hat die Anweisungen und Maßnahmen des Arbeitgebers zur Geheimhaltung zu beachten.</w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="141414"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Im Zweifelsfall wird der Arbeitnehmer eine Weisung des Arbeitgebers zur Vertraulichkeit bestimmter Tatsachen einholen.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="000325ED">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="141414"/>
-          <w:sz w:val="20"/>
-[...21 lines deleted...]
-          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Die Geheimhaltungspflicht umfasst insbesondere folgende Geschäftsgeheimnisse: …………………………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000325ED">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="141414"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000325ED">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="141414"/>
-          <w:sz w:val="20"/>
-[...68 lines deleted...]
-        <w:t>)</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11CF04B3" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DF40E82" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -3281,50 +3465,51 @@
       <w:r w:rsidRPr="007B6F2E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nebentätigkeit</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B87629A" w14:textId="666790A0" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Der Arbeitnehmer verpflichtet sich, jede entgeltliche oder das Arbeitsverhältnis beeinträchtigende Nebenbeschäftigung vor ihrer Aufnahme dem Arbeitgeber gegenüber</w:t>
       </w:r>
       <w:r w:rsidR="008A0FDB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> unverzüglich</w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Textform anzuzeigen. Sie ist nur mit Zustimmung des Arbeitgebers zulässig.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53DE77D3" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -3387,71 +3572,71 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BCFF4FB" w14:textId="33F61DDF" w:rsidR="00950C27" w:rsidRDefault="000879CD" w:rsidP="00950C27">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Beendigung des Arbeitsverhältnisses</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="_Hlk110515287"/>
+      <w:bookmarkStart w:id="12" w:name="_Hlk110515287"/>
     </w:p>
     <w:p w14:paraId="7334B99C" w14:textId="00E066AF" w:rsidR="00414771" w:rsidRPr="00797100" w:rsidRDefault="00414771" w:rsidP="00414771">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00797100">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der </w:t>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="_Hlk130559024"/>
-      <w:bookmarkStart w:id="13" w:name="_Hlk130559983"/>
+      <w:bookmarkStart w:id="13" w:name="_Hlk130559024"/>
+      <w:bookmarkStart w:id="14" w:name="_Hlk130559983"/>
       <w:r w:rsidRPr="00797100">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Rücktritt vom Arbeitsvertrag oder seine Kündigung vor Aufnahme der Tätigkeit sind ausgeschlossen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37487EC9" w14:textId="77777777" w:rsidR="00414771" w:rsidRDefault="00414771" w:rsidP="003E199E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01C27D93" w14:textId="16EE6A6B" w:rsidR="003E199E" w:rsidRPr="00685F2D" w:rsidRDefault="00503AED" w:rsidP="003E199E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -3517,100 +3702,100 @@
       <w:r w:rsidR="003E199E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, die elektronische Form ist ausgeschlossen</w:t>
       </w:r>
       <w:r w:rsidR="00E26BD5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003E199E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p w14:paraId="2FA37F3A" w14:textId="1D581891" w:rsidR="00E26BD5" w:rsidRDefault="00E26BD5" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65EB141A" w14:textId="04B7AF73" w:rsidR="003E199E" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Hlk110516325"/>
+      <w:bookmarkStart w:id="15" w:name="_Hlk110516325"/>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nach Ablauf der Probezeit finden die gesetzlichen Kündigungsfristen </w:t>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="_Hlk110516212"/>
-      <w:bookmarkStart w:id="16" w:name="_Hlk110516184"/>
+      <w:bookmarkStart w:id="16" w:name="_Hlk110516212"/>
+      <w:bookmarkStart w:id="17" w:name="_Hlk110516184"/>
       <w:r w:rsidR="003E199E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(§ 622 BGB) </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Anwendung. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p w14:paraId="7022280C" w14:textId="77777777" w:rsidR="003E199E" w:rsidRDefault="003E199E" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="214DE4EB" w14:textId="6D78B58B" w:rsidR="008B3C2B" w:rsidRDefault="008B3C2B" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3862,165 +4047,157 @@
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57B39984" w14:textId="63806F17" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Jede gesetzliche Verlängerung der Kündigungsfrist zugunsten des Arbeitnehmers gilt in gleicher Weise auch zugunsten des Arbeitgebers. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:p w14:paraId="20153DEA" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69F4EF21" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Hlk130558013"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Der Arbeitgeber ist berechtigt, den Arbeitnehmer bis zur Beendigung des Arbeitsverhältnisses freizustellen. Die Freistellung erfolgt unter Anrechnung der dem Arbeitnehmer eventuell noch zustehenden Urlaubsansprüche sowie eventueller Guthaben auf dem Arbeitszeitkonto. In der Zeit der Freistellung hat sich der Arbeitnehmer einen durch Verwendung seiner Arbeitskraft erzielten </w:t>
+      <w:bookmarkStart w:id="18" w:name="_Hlk130558013"/>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Der Arbeitgeber ist berechtigt, den Arbeitnehmer bis zur Beendigung des Arbeitsverhältnisses freizustellen. Die Freistellung erfolgt unter Anrechnung der dem Arbeitnehmer eventuell noch zustehenden Urlaubsansprüche sowie eventueller Guthaben auf dem Arbeitszeitkonto. In der Zeit der Freistellung hat sich der Arbeitnehmer einen durch Verwendung seiner Arbeitskraft erzielten Verdienst auf den Vergütungsanspruch gegenüber dem Arbeitgeber anrechnen zu lassen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7486BCDF" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D4226F9" w14:textId="6B5B6A9F" w:rsidR="000325ED" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Das Arbeitsverhältnis endet ohne Kündigung spätestens mit Ablauf des Monats, in dem der Arbeitnehmer das für ihn gesetzlich festgelegte Renteneintrittsalter </w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Verdienst auf den Vergütungsanspruch gegenüber dem Arbeitgeber anrechnen zu lassen.</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">Das Arbeitsverhältnis endet ohne Kündigung spätestens mit Ablauf des Monats, in dem der Arbeitnehmer das für ihn gesetzlich festgelegte Renteneintrittsalter vollendet hat. </w:t>
+        <w:t>vollendet hat</w:t>
+      </w:r>
+      <w:r w:rsidR="000325ED">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oder ihm ein Bescheid eines Rentenversicherungsträgers über die Gewährung einer unbefristeten Rente wegen vollständiger Erwerbsminderung zugestellt wird</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="446DD1BE" w14:textId="77777777" w:rsidR="00360304" w:rsidRDefault="00360304" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D677CB8" w14:textId="53064111" w:rsidR="004F74A2" w:rsidRDefault="004F74A2" w:rsidP="004F74A2">
+    <w:p w14:paraId="3D677CB8" w14:textId="77777777" w:rsidR="004F74A2" w:rsidRDefault="004F74A2" w:rsidP="004F74A2">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00797100">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Das Recht zur außerordentlichen Kündigung bleibt unberührt</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p w14:paraId="4F4C05B9" w14:textId="32845C8E" w:rsidR="00CE0BBF" w:rsidRDefault="00CE0BBF" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1ADF7EF7" w14:textId="543606B8" w:rsidR="00CE0BBF" w:rsidRDefault="00CE0BBF" w:rsidP="00CE0BBF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D2408F">
         <w:rPr>
@@ -4068,66 +4245,110 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0295C2C9" w14:textId="77777777" w:rsidR="00C90894" w:rsidRPr="007B6F2E" w:rsidRDefault="00C90894" w:rsidP="00C90894">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B6F2E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vertragsstrafe</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="465E4A79" w14:textId="42F06BC5" w:rsidR="00C90894" w:rsidRPr="00685F2D" w:rsidRDefault="00C90894" w:rsidP="00C90894">
-[...14 lines deleted...]
-        <w:t>Der Arbeitnehmer verpflichtet sich für den Fall, dass er das Arbeitsverhältnis nicht oder verspätet antritt, die Arbeit unberechtigt vorübergehend verweigert, das Arbeitsverhältnis vertragswidrig beendet oder den Arbeitgeber durch vertragswidriges Verhalten zur außerordentlichen Kündigung veranlasst, dem Arbeitgeber eine Vertragsstrafe zu zahlen. Als Vertragsstrafe wird ein sich aus der Bruttomonatsvergütung nach § 5 zu errechnendes Bruttotagegeld für jeden Tag der Zuwiderhandlung vereinbart, insgesamt jedoch nicht mehr als das in der gesetzlichen Mindestkündigungsfrist ansonsten zu zahlende Arbeitsentgelt. Die Vertragsstrafe ist der Höhe nach auf maximal eine Bruttomonatsvergütung gemäß § 5 beschränkt. Das Recht des Arbeitgebers, weitergehende Schadensersatzansprüche geltend zu machen, bleibt unberührt.</w:t>
+    <w:p w14:paraId="3ECD974B" w14:textId="77777777" w:rsidR="000325ED" w:rsidRDefault="00C90894" w:rsidP="00C90894">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der Arbeitnehmer verpflichtet sich für den Fall, dass er das Arbeitsverhältnis nicht oder verspätet antritt, die Arbeit unberechtigt vorübergehend verweigert, das Arbeitsverhältnis vertragswidrig beendet oder den Arbeitgeber durch vertragswidriges Verhalten zur außerordentlichen Kündigung veranlasst, dem Arbeitgeber eine Vertragsstrafe zu zahlen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04DBAFF8" w14:textId="77777777" w:rsidR="000325ED" w:rsidRDefault="000325ED" w:rsidP="00C90894">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="465E4A79" w14:textId="4DB29242" w:rsidR="00C90894" w:rsidRPr="00685F2D" w:rsidRDefault="00C90894" w:rsidP="00C90894">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Als Vertragsstrafe wird ein sich aus der Bruttomonatsvergütung nach </w:t>
+      </w:r>
+      <w:r w:rsidR="000325ED">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ziffer VI. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zu errechnendes Bruttotagegeld für jeden Tag der Zuwiderhandlung vereinbart, insgesamt jedoch nicht mehr als das in der gesetzlichen Mindestkündigungsfrist ansonsten zu zahlende Arbeitsentgelt. Die Vertragsstrafe ist der Höhe nach auf maximal eine Bruttomonatsvergütung beschränkt. Das Recht des Arbeitgebers, weitergehende Schadensersatzansprüche geltend zu machen, bleibt unberührt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="695F2831" w14:textId="77777777" w:rsidR="00C90894" w:rsidRDefault="00C90894" w:rsidP="00CE0BBF">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EC95E7D" w14:textId="2F44DDEB" w:rsidR="0002610B" w:rsidRDefault="0002610B" w:rsidP="0002610B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -4263,86 +4484,77 @@
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="008A0FDB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kenntnis erlangt oder ohne grobe Fahrlässigkeit erlangen müsste. </w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Hiervon unberührt bleiben Ansprüche</w:t>
       </w:r>
       <w:r w:rsidR="00234887">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="_Hlk95466022"/>
+      <w:bookmarkStart w:id="19" w:name="_Hlk95466022"/>
       <w:r w:rsidR="00234887">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">für Schäden aus der Verletzung des Lebens, des Körpers oder Gesundheit, aus vorsätzlicher Vertragsverletzung und vorsätzlicher unerlaubter Handlung. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="3C7A36D9" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="007B6F2E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Die Ausschlussfrist gilt nicht für den Anspruch eines Arbeitnehmers auf den gesetzlichen Mindestlohn. Über den Mindestlohn hinausgehende </w:t>
-[...8 lines deleted...]
-        <w:t>Vergütungsansprüche des Arbeitnehmers unterliegen hingegen der vereinbarten Ausschlussfrist.</w:t>
+        <w:t>Die Ausschlussfrist gilt nicht für den Anspruch eines Arbeitnehmers auf den gesetzlichen Mindestlohn. Über den Mindestlohn hinausgehende Vergütungsansprüche des Arbeitnehmers unterliegen hingegen der vereinbarten Ausschlussfrist.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3796F075" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="00685F2D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A760748" w14:textId="184EF479" w:rsidR="006D41D7" w:rsidRPr="005F5C44" w:rsidRDefault="00741F91" w:rsidP="005D7CA6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F5C44">
         <w:rPr>
@@ -4604,295 +4816,336 @@
     <w:p w14:paraId="69E9E01E" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="00685F2D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………………………</w:t>
       </w:r>
       <w:r w:rsidR="007B6F2E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                   ……………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="171EC7A0" w14:textId="2287AB93" w:rsidR="002D0885" w:rsidRDefault="00741F91" w:rsidP="00A522B1">
+    <w:p w14:paraId="2A8E4C8D" w14:textId="22BA329D" w:rsidR="005D41B2" w:rsidRDefault="00741F91" w:rsidP="0070290C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Unterschrift Arbeitgeber</w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Unterschrift </w:t>
-[...20 lines deleted...]
-    <w:sectPr w:rsidR="005D41B2" w:rsidSect="00A522B1">
+        <w:t>Unterschrift Arbeitnehm</w:t>
+      </w:r>
+      <w:r w:rsidR="0070290C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>er</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="005D41B2" w:rsidSect="006C4D53">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="964" w:right="1021" w:bottom="833" w:left="1814" w:header="720" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="762CFE58" w14:textId="77777777" w:rsidR="00F82881" w:rsidRDefault="00F82881">
+    <w:p w14:paraId="3075C402" w14:textId="77777777" w:rsidR="00BF38FA" w:rsidRDefault="00BF38FA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="59DB045E" w14:textId="77777777" w:rsidR="00F82881" w:rsidRDefault="00F82881">
+    <w:p w14:paraId="1B8D5A30" w14:textId="77777777" w:rsidR="00BF38FA" w:rsidRDefault="00BF38FA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="20EA02BC" w14:textId="77777777" w:rsidR="00F82881" w:rsidRDefault="00F82881">
+    <w:p w14:paraId="301B7977" w14:textId="77777777" w:rsidR="00BF38FA" w:rsidRDefault="00BF38FA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="261632CA" w14:textId="77777777" w:rsidR="00F82881" w:rsidRDefault="00F82881">
+    <w:p w14:paraId="584F95A0" w14:textId="77777777" w:rsidR="00BF38FA" w:rsidRDefault="00BF38FA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="775A6867" w14:textId="40D2D683" w:rsidR="006D32EB" w:rsidRDefault="00A522B1">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="534C03C2" w14:textId="59545D95" w:rsidR="006D32EB" w:rsidRDefault="006C4D53">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="737C35FB" wp14:editId="7F2FC894">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1496FD44" wp14:editId="7F7ECEE6">
+          <wp:extent cx="2481800" cy="409575"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="1192152600" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2485708" cy="410220"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="263917FF" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+      <w:rPr>
+        <w:color w:val="808080"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="35EB0C39" w14:textId="4D09DD9D" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5EDDD19E" w14:textId="0532CBDF" w:rsidR="006C4D53" w:rsidRDefault="006C4D53">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="08C3EF19" wp14:editId="5FB857B0">
           <wp:extent cx="2481800" cy="409575"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2485708" cy="410220"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="62641E4B" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
-[...7 lines deleted...]
-  <w:p w14:paraId="35EB0C39" w14:textId="4D09DD9D" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
+  <w:p w14:paraId="50BE7A34" w14:textId="77777777" w:rsidR="006C4D53" w:rsidRDefault="006C4D53">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
-</w:hdr>
-[...14 lines deleted...]
-  <w:p w14:paraId="4FB03BC6" w14:textId="77777777" w:rsidR="00A522B1" w:rsidRDefault="00A522B1">
+  <w:p w14:paraId="3DC8BF01" w14:textId="77777777" w:rsidR="006C4D53" w:rsidRDefault="006C4D53">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16E80146"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB727B30"/>
     <w:lvl w:ilvl="0" w:tplc="FF0061D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -5312,340 +5565,325 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="28066567">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1822964127">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2124033247">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1773353903">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1262447111">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="70657"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...17 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="001857E1"/>
     <w:rsid w:val="00007B1C"/>
     <w:rsid w:val="0002143B"/>
     <w:rsid w:val="0002610B"/>
+    <w:rsid w:val="000325ED"/>
     <w:rsid w:val="000459BF"/>
     <w:rsid w:val="00051E0D"/>
     <w:rsid w:val="000778C7"/>
     <w:rsid w:val="000834FA"/>
     <w:rsid w:val="00086F57"/>
     <w:rsid w:val="000879CD"/>
     <w:rsid w:val="000B30FC"/>
     <w:rsid w:val="000C3566"/>
     <w:rsid w:val="00101AD1"/>
     <w:rsid w:val="00101FDB"/>
     <w:rsid w:val="001045FC"/>
     <w:rsid w:val="0011284E"/>
     <w:rsid w:val="00117510"/>
+    <w:rsid w:val="00120498"/>
     <w:rsid w:val="00136734"/>
     <w:rsid w:val="001535E9"/>
     <w:rsid w:val="00153B0E"/>
     <w:rsid w:val="0016349B"/>
     <w:rsid w:val="00167398"/>
     <w:rsid w:val="00170B31"/>
     <w:rsid w:val="0017103D"/>
     <w:rsid w:val="001857E1"/>
     <w:rsid w:val="00187EFA"/>
     <w:rsid w:val="00190B1A"/>
     <w:rsid w:val="001D42CB"/>
     <w:rsid w:val="001D75BE"/>
+    <w:rsid w:val="001E301B"/>
     <w:rsid w:val="00201FD1"/>
+    <w:rsid w:val="00214B4E"/>
     <w:rsid w:val="0021690C"/>
     <w:rsid w:val="002237C2"/>
     <w:rsid w:val="00234887"/>
     <w:rsid w:val="00250D0F"/>
     <w:rsid w:val="00256A43"/>
     <w:rsid w:val="00273AE7"/>
     <w:rsid w:val="00277132"/>
     <w:rsid w:val="00285107"/>
     <w:rsid w:val="002978E8"/>
     <w:rsid w:val="002C0749"/>
     <w:rsid w:val="002C3D04"/>
     <w:rsid w:val="002D0885"/>
     <w:rsid w:val="002E4866"/>
-    <w:rsid w:val="00334A7F"/>
     <w:rsid w:val="00336C19"/>
     <w:rsid w:val="0034178F"/>
     <w:rsid w:val="00342004"/>
     <w:rsid w:val="00360304"/>
     <w:rsid w:val="00373368"/>
     <w:rsid w:val="00373C67"/>
     <w:rsid w:val="00380219"/>
     <w:rsid w:val="0038081B"/>
     <w:rsid w:val="00391D4F"/>
     <w:rsid w:val="003955AC"/>
     <w:rsid w:val="003A4B1A"/>
     <w:rsid w:val="003C2CEC"/>
     <w:rsid w:val="003E199E"/>
     <w:rsid w:val="00400010"/>
     <w:rsid w:val="00414771"/>
     <w:rsid w:val="004310A4"/>
     <w:rsid w:val="00446658"/>
-    <w:rsid w:val="00447457"/>
     <w:rsid w:val="0046451A"/>
-    <w:rsid w:val="00487335"/>
     <w:rsid w:val="004A4BAD"/>
     <w:rsid w:val="004C4DF0"/>
     <w:rsid w:val="004F74A2"/>
     <w:rsid w:val="00503AED"/>
+    <w:rsid w:val="005071DD"/>
+    <w:rsid w:val="005220E3"/>
     <w:rsid w:val="00526CB3"/>
     <w:rsid w:val="00556214"/>
-    <w:rsid w:val="00595DC4"/>
+    <w:rsid w:val="00560028"/>
     <w:rsid w:val="005A0471"/>
     <w:rsid w:val="005A2EC4"/>
     <w:rsid w:val="005B6259"/>
     <w:rsid w:val="005C5DF0"/>
     <w:rsid w:val="005D41B2"/>
     <w:rsid w:val="005D6B25"/>
+    <w:rsid w:val="005E2F68"/>
     <w:rsid w:val="005F31DE"/>
     <w:rsid w:val="005F5C44"/>
     <w:rsid w:val="0061480C"/>
     <w:rsid w:val="00653BFE"/>
     <w:rsid w:val="0066531B"/>
     <w:rsid w:val="00671413"/>
     <w:rsid w:val="00685F2D"/>
     <w:rsid w:val="006B7BB7"/>
+    <w:rsid w:val="006C4D53"/>
     <w:rsid w:val="006D32EB"/>
     <w:rsid w:val="006D41D7"/>
     <w:rsid w:val="006D43FA"/>
+    <w:rsid w:val="0070290C"/>
     <w:rsid w:val="00702D07"/>
     <w:rsid w:val="007038AA"/>
     <w:rsid w:val="007119FB"/>
     <w:rsid w:val="007269EF"/>
     <w:rsid w:val="007417CB"/>
     <w:rsid w:val="00741F91"/>
     <w:rsid w:val="00751878"/>
     <w:rsid w:val="00782FB8"/>
     <w:rsid w:val="007B6F2E"/>
     <w:rsid w:val="007D3FDF"/>
     <w:rsid w:val="007F5E7B"/>
     <w:rsid w:val="0083544A"/>
     <w:rsid w:val="0084046D"/>
     <w:rsid w:val="00855D17"/>
     <w:rsid w:val="0086352C"/>
     <w:rsid w:val="008904CB"/>
     <w:rsid w:val="00892138"/>
     <w:rsid w:val="008A0FDB"/>
     <w:rsid w:val="008A7386"/>
     <w:rsid w:val="008B3C2B"/>
     <w:rsid w:val="008C7EFC"/>
     <w:rsid w:val="008D575B"/>
     <w:rsid w:val="008F2FCD"/>
     <w:rsid w:val="008F569E"/>
     <w:rsid w:val="00902FB8"/>
+    <w:rsid w:val="00920424"/>
     <w:rsid w:val="00950C27"/>
     <w:rsid w:val="00951DD2"/>
     <w:rsid w:val="00976663"/>
     <w:rsid w:val="009802B0"/>
     <w:rsid w:val="009B25D9"/>
     <w:rsid w:val="009C5DDC"/>
     <w:rsid w:val="009D08BE"/>
     <w:rsid w:val="009D1DD0"/>
     <w:rsid w:val="009D3747"/>
     <w:rsid w:val="009E562F"/>
     <w:rsid w:val="009F423F"/>
     <w:rsid w:val="00A01936"/>
     <w:rsid w:val="00A064FD"/>
-    <w:rsid w:val="00A106A6"/>
     <w:rsid w:val="00A16A4F"/>
     <w:rsid w:val="00A23525"/>
     <w:rsid w:val="00A319FF"/>
-    <w:rsid w:val="00A522B1"/>
     <w:rsid w:val="00A5404D"/>
-    <w:rsid w:val="00A66E18"/>
     <w:rsid w:val="00A675E4"/>
     <w:rsid w:val="00A96996"/>
     <w:rsid w:val="00AB1A8D"/>
     <w:rsid w:val="00AC0D12"/>
+    <w:rsid w:val="00AC69F3"/>
+    <w:rsid w:val="00AF38D1"/>
     <w:rsid w:val="00B03F05"/>
     <w:rsid w:val="00B10038"/>
     <w:rsid w:val="00B152A0"/>
     <w:rsid w:val="00B17D29"/>
     <w:rsid w:val="00B3618A"/>
     <w:rsid w:val="00B42C71"/>
+    <w:rsid w:val="00B67B8F"/>
     <w:rsid w:val="00B75D64"/>
     <w:rsid w:val="00B85C78"/>
     <w:rsid w:val="00B93188"/>
+    <w:rsid w:val="00B93E5F"/>
     <w:rsid w:val="00B940DC"/>
     <w:rsid w:val="00B96CCA"/>
-    <w:rsid w:val="00BA4069"/>
     <w:rsid w:val="00BB49D1"/>
     <w:rsid w:val="00BB5C57"/>
     <w:rsid w:val="00BC2ED0"/>
     <w:rsid w:val="00BC703E"/>
     <w:rsid w:val="00BC7B70"/>
     <w:rsid w:val="00BE65D1"/>
     <w:rsid w:val="00BF38FA"/>
     <w:rsid w:val="00C04092"/>
     <w:rsid w:val="00C15D83"/>
     <w:rsid w:val="00C344BF"/>
     <w:rsid w:val="00C4181B"/>
     <w:rsid w:val="00C543B4"/>
     <w:rsid w:val="00C74D12"/>
-    <w:rsid w:val="00C77EE8"/>
     <w:rsid w:val="00C85D11"/>
     <w:rsid w:val="00C90894"/>
     <w:rsid w:val="00C96C44"/>
     <w:rsid w:val="00CD4E48"/>
     <w:rsid w:val="00CE0BBF"/>
     <w:rsid w:val="00CF5D73"/>
     <w:rsid w:val="00D233B1"/>
     <w:rsid w:val="00D2408F"/>
-    <w:rsid w:val="00D26638"/>
     <w:rsid w:val="00D5189A"/>
-    <w:rsid w:val="00D56B3E"/>
     <w:rsid w:val="00D665F3"/>
     <w:rsid w:val="00D736D1"/>
     <w:rsid w:val="00D74549"/>
     <w:rsid w:val="00DC225C"/>
     <w:rsid w:val="00DD4B22"/>
     <w:rsid w:val="00DE5704"/>
     <w:rsid w:val="00DE6FA8"/>
     <w:rsid w:val="00DE78BD"/>
+    <w:rsid w:val="00E0179D"/>
     <w:rsid w:val="00E13837"/>
     <w:rsid w:val="00E13F57"/>
     <w:rsid w:val="00E14FD5"/>
     <w:rsid w:val="00E21725"/>
     <w:rsid w:val="00E26BD5"/>
     <w:rsid w:val="00E3714A"/>
     <w:rsid w:val="00E375E9"/>
     <w:rsid w:val="00E66121"/>
     <w:rsid w:val="00E82D2B"/>
-    <w:rsid w:val="00E97A16"/>
     <w:rsid w:val="00EA61FB"/>
     <w:rsid w:val="00EB17AB"/>
     <w:rsid w:val="00EC3795"/>
+    <w:rsid w:val="00ED06F1"/>
     <w:rsid w:val="00ED1C9E"/>
     <w:rsid w:val="00EE2730"/>
     <w:rsid w:val="00EF2249"/>
     <w:rsid w:val="00F07E1F"/>
     <w:rsid w:val="00F37394"/>
     <w:rsid w:val="00F609E4"/>
-    <w:rsid w:val="00F82881"/>
     <w:rsid w:val="00FC72B1"/>
     <w:rsid w:val="00FE29FC"/>
     <w:rsid w:val="00FF1CFA"/>
     <w:rsid w:val="00FF3469"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="70657"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1C47CD16"/>
   <w15:docId w15:val="{6F0546B3-3CD3-4DE0-B1A2-FF660D1DD6B6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6299,105 +6537,944 @@
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:rsid w:val="001D75BE"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listenabsatz">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00170B31"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berarbeitung">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000778C7"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="z-Formularbeginn">
+    <w:name w:val="HTML Top of Form"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="z-FormularbeginnZchn"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000325ED"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:vanish/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="z-FormularbeginnZchn">
+    <w:name w:val="z-Formularbeginn Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="z-Formularbeginn"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000325ED"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:vanish/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="z-Formularende">
+    <w:name w:val="HTML Bottom of Form"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="z-FormularendeZchn"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000325ED"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:cs="Arial"/>
+      <w:vanish/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="z-FormularendeZchn">
+    <w:name w:val="z-Formularende Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="z-Formularende"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000325ED"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:vanish/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="weather-text">
+    <w:name w:val="weather-text"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:rsid w:val="000325ED"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="top-site-title-text">
+    <w:name w:val="top-site-title-text"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:rsid w:val="000325ED"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="447894583">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+    </w:div>
+    <w:div w:id="1328099010">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1347487082">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1014189111">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="588779995">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1996569088">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="37976606">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+                <w:div w:id="375856755">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                </w:div>
+                <w:div w:id="224417242">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="508712509">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1415318218">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="100"/>
+                          <w:marBottom w:val="100"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                        <w:div w:id="325867367">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="2011178684">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+            <w:div w:id="814757090">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="741803076">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1909487679">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1008868957">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="2094620167">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1398015934">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="873811009">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="7945992">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                    <w:div w:id="627735266">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="30"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="933785699">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                            <w:div w:id="39403823">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="571427348">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="1621110748">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="1400059720">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                    <w:div w:id="1679886414">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="30"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="666519833">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                            <w:div w:id="347954454">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="371226376">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="1525678139">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="1412659918">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                    <w:div w:id="1288586832">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="30"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="1088770075">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                            <w:div w:id="1612007718">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1775245166">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="416900314">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="925113193">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                    <w:div w:id="2012171058">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="30"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="16858856">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                            <w:div w:id="1254316180">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1714042075">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="1224950625">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="1605309246">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                    <w:div w:id="981933484">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="30"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="1500921798">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                            <w:div w:id="667561724">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1869104374">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="1724449803">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="1323702570">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                    <w:div w:id="170267295">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="30"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="1387677711">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                            <w:div w:id="1765495432">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                                <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="466895839">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="1686594004">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="30"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="807549879">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
     <w:div w:id="1436558208">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1961375280">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=reference&amp;y=100&amp;g=SGB_III&amp;p=95" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -6659,74 +7736,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="82589c12-70c4-4c94-a25a-3c827aa5c9f9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101007AC43CE515D2804DAC7ADE3243597B14" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="d36f937f196cc11c9034c2c1754a79c3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xmlns:ns3="82589c12-70c4-4c94-a25a-3c827aa5c9f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="503caf83702f076935e2dbbd87d5e908" ns2:_="" ns3:_="">
     <xsd:import namespace="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <xsd:import namespace="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -6937,126 +8010,130 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38D6EEA1-9AB4-4FE1-AE5C-856BADE6445A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D54F9FDA-C2C9-413D-B298-9F3530BACF6C}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71567D67-8218-48BE-9846-87834F3F41D0}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09B58C7B-391B-47E2-8B97-B4F660D55FCE}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A91D2ED-3CAF-4583-8A64-B7B170A48998}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D54F9FDA-C2C9-413D-B298-9F3530BACF6C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2162</Words>
-  <Characters>16445</Characters>
+  <Words>2110</Words>
+  <Characters>16173</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>137</Lines>
-  <Paragraphs>37</Paragraphs>
+  <Lines>404</Lines>
+  <Paragraphs>135</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>IHK Darmstadt</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18570</CharactersWithSpaces>
+  <CharactersWithSpaces>18148</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="144" baseType="variant">
       <vt:variant>
         <vt:i4>4063319</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>69</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@wiesbaden.ihk.de</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5767260</vt:i4>
       </vt:variant>
       <vt:variant>