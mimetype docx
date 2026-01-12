--- v0 (2025-10-08)
+++ v1 (2026-01-12)
@@ -11,51 +11,51 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="73634154" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="41CE3511" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="1ED6A944" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="2C28523F" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="21E80BBD" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="5E1704C2" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="341E8209" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="116F5AE7" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="77FF1C44" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="10EC606E" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="573C1C06" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="380BF7A2" w14:textId="77777777" w:rsidR="008A4287" w:rsidRPr="00D75461" w:rsidRDefault="006D32EB" w:rsidP="00D75461">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
@@ -83,117 +83,119 @@
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>Arbeitsvertrag</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19CDAADB" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00D75461" w:rsidRDefault="006D32EB" w:rsidP="00D75461">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02204F21" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="2C8867FA" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="0809A423" w14:textId="77777777" w:rsidR="00A432DC" w:rsidRDefault="00A432DC" w:rsidP="00782FB8"/>
     <w:p w14:paraId="74EA93AD" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
-    <w:p w14:paraId="550440AA" w14:textId="77777777" w:rsidR="0041099F" w:rsidRDefault="0041099F" w:rsidP="0041099F">
+    <w:p w14:paraId="1F133DDB" w14:textId="77777777" w:rsidR="00B57ACC" w:rsidRDefault="00B57ACC" w:rsidP="00B57ACC">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212717203"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit freundlicher Unterstützung zur Verfügung gestellt vom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1F318F7A" wp14:editId="4B5A0D5E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4038C3B0" wp14:editId="5CB81B91">
             <wp:extent cx="2247900" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="588512616" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2240280" cy="563880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="66304031" w14:textId="77777777" w:rsidR="00895B95" w:rsidRDefault="00895B95" w:rsidP="00782FB8"/>
     <w:p w14:paraId="641B8AD0" w14:textId="77777777" w:rsidR="00895B95" w:rsidRDefault="00895B95" w:rsidP="00782FB8"/>
     <w:p w14:paraId="0FA946CD" w14:textId="77777777" w:rsidR="00895B95" w:rsidRDefault="00895B95" w:rsidP="00782FB8"/>
     <w:p w14:paraId="6C0DD5E6" w14:textId="77777777" w:rsidR="00895B95" w:rsidRDefault="00895B95" w:rsidP="00782FB8"/>
     <w:p w14:paraId="69D3D7EE" w14:textId="77777777" w:rsidR="00895B95" w:rsidRDefault="00895B95" w:rsidP="00782FB8"/>
     <w:p w14:paraId="7F0FBD91" w14:textId="77777777" w:rsidR="00895B95" w:rsidRDefault="00895B95" w:rsidP="00782FB8"/>
     <w:p w14:paraId="19E86A66" w14:textId="77777777" w:rsidR="00895B95" w:rsidRDefault="00895B95" w:rsidP="00782FB8"/>
     <w:p w14:paraId="04469550" w14:textId="77777777" w:rsidR="00D37411" w:rsidRPr="00D75461" w:rsidRDefault="006D32EB" w:rsidP="00D75461">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00D37411" w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -375,51 +377,69 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aus Gründen der sprachlichen Vereinfachung wird auf die Nennung der drei Geschlechter verzichtet, wo eine geschlechtsneutrale Formulierung nicht möglich war. In diesen Fällen beziehen die verwendeten männlichen Begriffe die weiblichen und diversen Formen ebenso mit ein. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Mustervertrag ist nur ein Vorschlag für eine mögliche Regelung. Viele Festlegungen sind frei vereinbar. Der Verwender kann auch andere Formulierungen wählen. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret zu regelnde Situation und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
+        <w:t xml:space="preserve">Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D75461">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zu regelnde Situation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D75461">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Falls Sie einen maßgeschneiderten Vertrag benötigen, sollten Sie sich durch einen Rechtsanwalt Ihres Vertrauens beraten lassen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AA9422E" w14:textId="77777777" w:rsidR="00D37411" w:rsidRPr="00D75461" w:rsidRDefault="00D37411" w:rsidP="00D75461">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A5CB196" w14:textId="77777777" w:rsidR="00D37411" w:rsidRPr="00D75461" w:rsidRDefault="00D37411" w:rsidP="00D75461">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:jc w:val="left"/>
         <w:rPr>
@@ -715,51 +735,69 @@
     </w:p>
     <w:p w14:paraId="68A5B9B8" w14:textId="77777777" w:rsidR="00D37411" w:rsidRPr="00D75461" w:rsidRDefault="00D37411" w:rsidP="00D75461">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38D2B803" w14:textId="77777777" w:rsidR="00D37411" w:rsidRPr="00D75461" w:rsidRDefault="00D37411" w:rsidP="00D75461">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>wohnhaft………………………………………………………………………………..………………</w:t>
+        <w:t>wohnhaft…………………………………………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D75461">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D75461">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.………………</w:t>
       </w:r>
       <w:r w:rsidR="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>………………………………………………………………………………………….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06EA21B6" w14:textId="77777777" w:rsidR="00D37411" w:rsidRPr="00D75461" w:rsidRDefault="00D37411" w:rsidP="00D75461">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
@@ -838,59 +876,95 @@
       </w:pPr>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Das Arbeitsverhältnis ist </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>zeitlich befristet</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="001F61EF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, es beginnt am ………………..</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> und endet am ……………………., ohne dass es einer Kündigung bedarf.</w:t>
+        <w:t>, es beginnt am …………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001F61EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001F61EF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75461">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und endet am ………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D75461">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D75461">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, ohne dass es einer Kündigung bedarf.</w:t>
       </w:r>
       <w:r w:rsidR="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D6A6730" w14:textId="77777777" w:rsidR="00D37411" w:rsidRPr="00D75461" w:rsidRDefault="004B206C" w:rsidP="00D75461">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
@@ -982,100 +1056,121 @@
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>höchstens</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> jedoch bis [Datum], mindestens jedoch bis [Datum].</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AE3B319" w14:textId="0B47E2F8" w:rsidR="00D37411" w:rsidRPr="004B206C" w:rsidRDefault="00D37411" w:rsidP="00D75461">
+    <w:p w14:paraId="1AE3B319" w14:textId="3782A1FA" w:rsidR="00D37411" w:rsidRPr="004B206C" w:rsidRDefault="001A0DDD" w:rsidP="00D75461">
       <w:pPr>
         <w:pStyle w:val="Kommentartext"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B206C">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00D37411" w:rsidRPr="004B206C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t>Anmerkung: Hier ist zu unterscheiden, ob die Befristung mit oder ohne Sachgrund erfolgt. Es ist empfehlenswert, wenn eine sachgrundlose Be</w:t>
       </w:r>
       <w:r w:rsidR="00B715F6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t>fristung erfolgt, die Norm des Paragraf</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B206C">
+      <w:r w:rsidR="00D37411" w:rsidRPr="004B206C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> 14 Abs</w:t>
       </w:r>
       <w:r w:rsidR="004B206C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t>atz</w:t>
       </w:r>
-      <w:r w:rsidRPr="004B206C">
+      <w:r w:rsidR="00D37411" w:rsidRPr="004B206C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 TzBfG im Vertrag zu nennen und bei Vorliegen eines Sachgrundes im Zeitpunkt des Vertragsschlusses diesen zu Beweiszwecken in den eigenen Unterlagen zu notieren.</w:t>
       </w:r>
       <w:r w:rsidR="007B7FFC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> Nach Paragraf 14 Absatz 2 TzBfG ist die kalendermäßige Befristung eines Arbeitsvertrags ohne Vorliegen eines sachlichen Grundes bis zur Dauer von zwei Jahren zulässig; bis zu dieser Gesamtdauer von zwei Jahren ist auch die höchstens dreimalige Verlängerung eines kalendermäßig befristeten Arbeitsvertrages zulässig. </w:t>
+        <w:t xml:space="preserve"> Nach Paragraf 14 Absatz 2 TzBfG ist die kalendermäßige Befristung eines Arbeitsvertrags ohne Vorliegen eines sachlichen Grundes bis zur Dauer von zwei Jahren zulässig; bis zu dieser Gesamtdauer von zwei Jahren ist auch die höchstens dreimalige Verlängerung eines kalendermäßig befristeten Arbeitsvertrages zulässig.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="007B7FFC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C5A8540" w14:textId="77777777" w:rsidR="00D37411" w:rsidRPr="00D75461" w:rsidRDefault="00D37411" w:rsidP="00D75461">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FB5D36F" w14:textId="61BA8F1D" w:rsidR="00D37411" w:rsidRPr="004B206C" w:rsidRDefault="00D37411" w:rsidP="00D75461">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B206C">
@@ -1084,126 +1179,201 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tätigkeit</w:t>
       </w:r>
       <w:r w:rsidR="00CF51B0" w:rsidRPr="00CF51B0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF51B0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>und Ort</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D7CEFFD" w14:textId="1D8E2711" w:rsidR="00D37411" w:rsidRPr="00D75461" w:rsidRDefault="00D37411" w:rsidP="004B206C">
-[...15 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="4D7CEFFD" w14:textId="1D8E2711" w:rsidR="00D37411" w:rsidRDefault="00D37411" w:rsidP="004B206C">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75461">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der Arbeitnehmer wird </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D75461">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>als  .....................................................................</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00CF51B0" w:rsidRPr="00CF51B0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF51B0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in…………………………………</w:t>
       </w:r>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  eingestellt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D0F8C42" w14:textId="3505E2FD" w:rsidR="00D37411" w:rsidRPr="004B206C" w:rsidRDefault="00D37411" w:rsidP="004B206C">
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="0396B959" w14:textId="2F6CFC2A" w:rsidR="0098776E" w:rsidRDefault="0098776E" w:rsidP="004B206C">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Insbesondere gehören folgende Tätigkeiten zu seinem Arbeitsbereich:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D4F32B4" w14:textId="05E94697" w:rsidR="0098776E" w:rsidRPr="00D75461" w:rsidRDefault="0098776E" w:rsidP="004B206C">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>……………………………………………………………………………………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DC474CE" w14:textId="77777777" w:rsidR="0098776E" w:rsidRDefault="0098776E" w:rsidP="004B206C">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B206C">
+    </w:p>
+    <w:p w14:paraId="09EE6509" w14:textId="77777777" w:rsidR="0098776E" w:rsidRDefault="0098776E" w:rsidP="004B206C">
+      <w:pPr>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Anmerkung: Bei der Angabe der Tätigkeiten empfiehlt sich keine zu starke Einengung, da bei einer Änderung, der Arbeitnehmer ansonsten zustimmen muss oder eine sozial gerechtfertigte Änderungskündigung auszusprechen ist.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3C97A1C6" w14:textId="256047B5" w:rsidR="00CF51B0" w:rsidRDefault="00D37411" w:rsidP="004B206C">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CD8796A" w14:textId="77777777" w:rsidR="0098776E" w:rsidRDefault="0098776E" w:rsidP="004B206C">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C97A1C6" w14:textId="3CD7ACD4" w:rsidR="00CF51B0" w:rsidRDefault="00D37411" w:rsidP="004B206C">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Er verpflichtet sich, auch andere Arbeiten auszuführen, die seinen Vorkenntnissen und Fähigkeiten entsprechen. Dies gilt, soweit dies bei Abwägung der Interessen des Arbeitgebers und des Arbeitnehmers zumutbar. </w:t>
+        <w:t>Er verpflichtet sich, auch andere Arbeiten auszuführen, die seinen Vorkenntnissen und Fähigkeiten entsprechen. Dies gilt, soweit dies bei Abwägung der Interessen des Arbeitgebers und des Arbeitnehmers zumutbar</w:t>
+      </w:r>
+      <w:r w:rsidR="0098776E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ist</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75461">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69AD3A9F" w14:textId="77777777" w:rsidR="00CF51B0" w:rsidRDefault="00CF51B0" w:rsidP="004B206C">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35AECD8A" w14:textId="77777777" w:rsidR="00CF51B0" w:rsidRDefault="00CF51B0" w:rsidP="00CF51B0">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -1239,95 +1409,129 @@
       <w:r w:rsidRPr="004B206C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Arbeitsvergütung</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77C550F6" w14:textId="338EAC5F" w:rsidR="00D37411" w:rsidRDefault="00D37411" w:rsidP="004B206C">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Der Arbeitnehmer erhält eine monatliche Bruttovergütung von </w:t>
+        <w:t xml:space="preserve">Der Arbeitnehmer erhält eine monatliche Bruttovergütung </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D75461">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">von </w:t>
       </w:r>
       <w:r w:rsidR="004B206C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">.............. €/ einen Stundenlohn von.............. €. </w:t>
+        <w:t>..............</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D75461">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> €/ einen Stundenlohn von.............. €. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="351595F8" w14:textId="77777777" w:rsidR="00C90742" w:rsidRDefault="00C90742" w:rsidP="00C90742">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6921515E" w14:textId="77777777" w:rsidR="006E3FCD" w:rsidRDefault="00C90742" w:rsidP="00C90742">
+    <w:p w14:paraId="6921515E" w14:textId="2304FE03" w:rsidR="006E3FCD" w:rsidRDefault="00C90742" w:rsidP="00C90742">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Diese ist zum Ende des jeweiligen Kalendermonats fällig und wird -wie sämtliche folgenden Gehaltsbestandteile- bargeldlos auf folgendes Konto des Arbeitnehmers ausgezahlt: </w:t>
+        <w:t xml:space="preserve">Diese ist zum Ende des jeweiligen Kalendermonats fällig und wird -wie sämtliche </w:t>
+      </w:r>
+      <w:r w:rsidR="001A0DDD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>weiteren</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gehaltsbestandteile- bargeldlos auf folgendes Konto des Arbeitnehmers ausgezahlt: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BAF4AEF" w14:textId="77777777" w:rsidR="006E3FCD" w:rsidRDefault="006E3FCD" w:rsidP="00C90742">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0313DCD6" w14:textId="3E3B8021" w:rsidR="00C90742" w:rsidRDefault="00C90742" w:rsidP="00C90742">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -1688,77 +1892,104 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06D63374" w14:textId="77777777" w:rsidR="00C90742" w:rsidRDefault="00C90742" w:rsidP="00C90742">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………………………………………………………………………………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62809978" w14:textId="6F15E198" w:rsidR="00C90742" w:rsidRPr="00994069" w:rsidRDefault="00C90742" w:rsidP="00C90742">
+    <w:p w14:paraId="62809978" w14:textId="59943FC5" w:rsidR="00C90742" w:rsidRPr="00994069" w:rsidRDefault="0098776E" w:rsidP="00C90742">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Anmerkung: Bei Schichtarbeit sämtliche Einteilungsmöglichkeiten auflisten</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007B7FFC">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00C90742">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">: Schichtsystem, Schichtrhythmus und Voraussetzungen für Schichtänderungen. </w:t>
+        <w:t>Anmerkung: Bei Schichtarbeit sämtliche Einteilungsmöglichkeiten auflisten</w:t>
+      </w:r>
+      <w:r w:rsidR="007B7FFC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>: Schichtsystem, Schichtrhythmus und Voraussetzungen für Schichtänderungen.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="007B7FFC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A8C7080" w14:textId="77777777" w:rsidR="00C90742" w:rsidRDefault="00C90742" w:rsidP="00C90742">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78C4CB84" w14:textId="77777777" w:rsidR="00C90742" w:rsidRDefault="00C90742" w:rsidP="00C90742">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -1989,66 +2220,82 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4487EEB2" w14:textId="0F240C2D" w:rsidR="00621BC6" w:rsidRPr="00B715F6" w:rsidRDefault="00621BC6" w:rsidP="00B715F6">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B715F6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Arbeitnehmer ist bei Einführung von Kurzarbeit damit einverstanden, dass die Arbeitszeit vorübergehend verkürzt und für die Dauer der Arbeitszeitverkürzung die Vergütung entsprechend reduziert wird.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DDD0040" w14:textId="77777777" w:rsidR="00621BC6" w:rsidRPr="00B715F6" w:rsidRDefault="00621BC6" w:rsidP="00B715F6">
+    <w:p w14:paraId="2DDD0040" w14:textId="0B94CC31" w:rsidR="00621BC6" w:rsidRPr="00B715F6" w:rsidRDefault="0098776E" w:rsidP="00B715F6">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B715F6">
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00621BC6" w:rsidRPr="00B715F6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>Anmerkung: Sollte ein Betriebsrat bestehen, müsste mit diesem eine Betriebsvereinbarung über die Kurzarbeit geschlossen werden.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="125F6C12" w14:textId="77777777" w:rsidR="00D37411" w:rsidRPr="00D75461" w:rsidRDefault="00D37411" w:rsidP="00D75461">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71C1B9B0" w14:textId="77777777" w:rsidR="00D37411" w:rsidRPr="004B206C" w:rsidRDefault="00D37411" w:rsidP="00D75461">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004B206C">
         <w:rPr>
@@ -2081,51 +2328,69 @@
     <w:p w14:paraId="138F62D2" w14:textId="77777777" w:rsidR="00DC4A38" w:rsidRDefault="00DC4A38" w:rsidP="00DC4A38">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7ECEC816" w14:textId="77777777" w:rsidR="00DC4A38" w:rsidRPr="00685F2D" w:rsidRDefault="00DC4A38" w:rsidP="00DC4A38">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Der Arbeitgeber gewährt zusätzlich einen vertraglichen Urlaub von weiteren …….. Arbeitstagen. Bei der Gewährung von Urlaub wird zuerst der gesetzliche Urlaub eingebracht.</w:t>
+        <w:t xml:space="preserve">Der Arbeitgeber gewährt zusätzlich einen vertraglichen Urlaub von weiteren </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Arbeitstagen. Bei der Gewährung von Urlaub wird zuerst der gesetzliche Urlaub eingebracht.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DDEDDDD" w14:textId="77777777" w:rsidR="00DC4A38" w:rsidRPr="00685F2D" w:rsidRDefault="00DC4A38" w:rsidP="00DC4A38">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="49F25A73" w14:textId="77777777" w:rsidR="00DC4A38" w:rsidRDefault="00DC4A38" w:rsidP="00DC4A38">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -2154,134 +2419,200 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Im Ein- und Austrittsjahr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> erhält der Arbeitnehmer für jeden vollen Beschäftigungsmonat ein Zwölftel des vertraglichen Zusatzurlaubs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7184CE95" w14:textId="77777777" w:rsidR="00DC4A38" w:rsidRDefault="00DC4A38" w:rsidP="00DC4A38">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EF61E0C" w14:textId="15BA2BFA" w:rsidR="00DC4A38" w:rsidRDefault="00DC4A38" w:rsidP="00DC4A38">
+    <w:p w14:paraId="0EF61E0C" w14:textId="4306BF41" w:rsidR="00DC4A38" w:rsidRDefault="00DC4A38" w:rsidP="00DC4A38">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Für den vertraglichen </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Zusatzu</w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rlaub gilt abweichend von dem gesetzlichen Mindesturlaub, dass der Urlaubsanspruch </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">am 31.Dezember </w:t>
+        <w:t>am 31.</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0DDD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dezember </w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>des jeweiligen Kalenderjahres (</w:t>
+        <w:t xml:space="preserve">des jeweiligen Kalenderjahres </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0DDD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0DDD" w:rsidRPr="001A0DDD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Anmerkung</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0DDD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>oder:</w:t>
+        <w:t>oder</w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mit Ablauf des</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Übertragungszeitraums am 31.März </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0DDD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mit Ablauf des Übertragungszeitraums am 31.</w:t>
+      </w:r>
+      <w:r w:rsidR="0098776E" w:rsidRPr="001A0DDD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0DDD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>März des Folgejahres)</w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">des Folgejahres) auch dann verfällt, wenn er wegen Arbeitsunfähigkeit des </w:t>
+        <w:t xml:space="preserve"> auch dann verfällt, wenn er wegen Arbeitsunfähigkeit des </w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Arbeitnehmers nicht genommen werden kann. </w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Der gesetzliche Urlaub verfällt in diesem Fall erst 15 Monate nach Ende des Urlaubsjahres.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12EB65D7" w14:textId="77777777" w:rsidR="00DC4A38" w:rsidRPr="00685F2D" w:rsidRDefault="00DC4A38" w:rsidP="00DC4A38">
       <w:pPr>
         <w:ind w:left="360"/>
@@ -2748,63 +3079,67 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Die betriebliche Altersversorgung wir durchgeführt von………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10CC8FE5" w14:textId="77777777" w:rsidR="00F110BE" w:rsidRDefault="00F110BE" w:rsidP="00F110BE">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12B8FC77" w14:textId="77777777" w:rsidR="00F110BE" w:rsidRDefault="00F110BE" w:rsidP="00F110BE">
+    <w:p w14:paraId="12B8FC77" w14:textId="77777777" w:rsidR="00F110BE" w:rsidRPr="00E25A7F" w:rsidRDefault="00F110BE" w:rsidP="00F110BE">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E25A7F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Alternativ:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DBA2484" w14:textId="77777777" w:rsidR="00F110BE" w:rsidRDefault="00F110BE" w:rsidP="00F110BE">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4917BA23" w14:textId="77777777" w:rsidR="00F110BE" w:rsidRPr="00994069" w:rsidRDefault="00F110BE" w:rsidP="00F110BE">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2853,240 +3188,194 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ausschluss von § 616 BGB</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0547A947" w14:textId="77777777" w:rsidR="00574A1A" w:rsidRPr="007B41CF" w:rsidRDefault="00574A1A" w:rsidP="00574A1A">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B41CF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ein Anspruch auf Arbeitsentgelt bei einer vorübergehenden Verhinderung im Sinne des § 616 BGB besteht nicht. Die Anwendbarkeit der Norm wird ausgeschlossen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6015F571" w14:textId="4F87F590" w:rsidR="00574A1A" w:rsidRPr="00574A1A" w:rsidRDefault="007A6D0B" w:rsidP="00621BC6">
+    <w:p w14:paraId="6015F571" w14:textId="77777777" w:rsidR="00574A1A" w:rsidRPr="00574A1A" w:rsidRDefault="00574A1A" w:rsidP="00621BC6">
       <w:pPr>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="188BB6FD" w14:textId="77777777" w:rsidR="00D37411" w:rsidRPr="00155781" w:rsidRDefault="00D37411" w:rsidP="00D75461">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00155781">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Verschwiegenheitspflicht</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42F7C1D4" w14:textId="77777777" w:rsidR="00D37411" w:rsidRPr="00D75461" w:rsidRDefault="00D37411" w:rsidP="00155781">
+    <w:p w14:paraId="42F7C1D4" w14:textId="6B7196D4" w:rsidR="00D37411" w:rsidRPr="00D75461" w:rsidRDefault="00D37411" w:rsidP="00155781">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Der Arbeitnehmer verpflichtet sich, während der Dauer des Arbeitsverhältnisses und auch nach dem Ausscheiden, über alle Geschäftsgeheimnisse sowie betriebliche Angelegenheiten vertraulicher Natur, die als solche von der Geschäftsleitung schriftlich oder mündlich bezeichnet werden bzw. offensichtlich als solche zu erkennen sind, Stillschweigen zu bewahren und ohne ausdrückliche Genehmigung der Geschäftsleitung keinen dritten Personen zugänglich zu machen. Der Arbeitnehmer hat die Anweisungen und Maßnahmen des Arbeitgebers zur Geheimhaltung zu beachten.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="141414"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Im Zweifelsfall wird der Arbeitnehmer eine Weisung des Arbeitgebers zur Vertraulichkeit bestimmter Tatsachen einholen.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="0098776E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="141414"/>
-          <w:sz w:val="20"/>
-[...13 lines deleted...]
-          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Die Geheimhaltungspflicht umfasst insbesondere </w:t>
+      </w:r>
+      <w:r w:rsidR="00E77F3E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="141414"/>
-          <w:sz w:val="20"/>
-[...59 lines deleted...]
-        <w:t>)</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>folgende Geschäftsgeheimnisse: ………………………………………………………………….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19335734" w14:textId="77777777" w:rsidR="00D37411" w:rsidRPr="00D75461" w:rsidRDefault="00D37411" w:rsidP="00155781">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61A52DF8" w14:textId="77777777" w:rsidR="00D37411" w:rsidRPr="00D75461" w:rsidRDefault="00D37411" w:rsidP="00155781">
+    <w:p w14:paraId="61A52DF8" w14:textId="77777777" w:rsidR="00D37411" w:rsidRDefault="00D37411" w:rsidP="00155781">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Für jeden Fall der Zuwiderhandlung gegen diese Verpflichtung verpflichtet er sich, eine Vertragsstrafe in Höhe einer Bruttomonatsvergütung zu zahlen. Die Geltendmachung eines weiteren Schadens bleibt dem Arbeitgeber vorbehalten.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F41C729" w14:textId="77777777" w:rsidR="00E77F3E" w:rsidRDefault="00E77F3E" w:rsidP="00155781">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76030696" w14:textId="51024117" w:rsidR="00E77F3E" w:rsidRPr="00D75461" w:rsidRDefault="00E77F3E" w:rsidP="00155781">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Verstößt der Arbeitnehmer gegen seine Verschwiegenheitspflicht, kann dies zu seiner Kündigung führen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18E17942" w14:textId="77777777" w:rsidR="00D37411" w:rsidRPr="00D75461" w:rsidRDefault="00D37411" w:rsidP="00155781">
       <w:pPr>
         <w:ind w:left="360" w:hanging="3"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1CF59D9D" w14:textId="77777777" w:rsidR="00D37411" w:rsidRPr="00155781" w:rsidRDefault="00D37411" w:rsidP="00D75461">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00155781">
@@ -3216,221 +3505,274 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00797100">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Beendigung des Arbeitsverhältnisses</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E6E10B1" w14:textId="77777777" w:rsidR="00797100" w:rsidRPr="00797100" w:rsidRDefault="00797100" w:rsidP="00797100">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Hlk111019804"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk111019804"/>
       <w:r w:rsidRPr="00797100">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Rücktritt vom Arbeitsvertrag oder seine Kündigung vor Aufnahme der Tätigkeit sind ausgeschlossen. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="0F833829" w14:textId="77777777" w:rsidR="00797100" w:rsidRPr="00797100" w:rsidRDefault="00797100" w:rsidP="00797100">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="380E3910" w14:textId="77777777" w:rsidR="00797100" w:rsidRPr="00797100" w:rsidRDefault="00797100" w:rsidP="00797100">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00797100">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Das Arbeitsverhältnis endet zum vorgesehenen Zeitpunkt, ohne dass es einer Kündigung bedarf. (</w:t>
       </w:r>
+      <w:r w:rsidRPr="00E25A7F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bei zweckbefristetem Arbeitsverhältnis ergänzen: Der Arbeitgeber wird den Arbeitnehmer jedoch zwei Wochen vorher vom Auslaufen des Arbeitsverhältnisses benachrichtigen.)</w:t>
+      </w:r>
       <w:r w:rsidRPr="00797100">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:i/>
-[...5 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14AFEF2F" w14:textId="77777777" w:rsidR="00797100" w:rsidRPr="00797100" w:rsidRDefault="00797100" w:rsidP="00797100">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C77A5C8" w14:textId="4F08A07A" w:rsidR="00797100" w:rsidRDefault="00797100" w:rsidP="00797100">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00797100">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Der Arbeitgeber wird den Arbeitnehmer jedoch zwei Wochen vorher vom Auslaufen des Arbeitsverhältnisses benachrichtigen.) </w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Die Beendigung des Arbeitsverhältnisses durch Kündigung oder Aufhebungsvertrag bedarf für ihre Wirksamkeit der Schriftform, die elektronische Form ist ausgeschlossen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19013E44" w14:textId="5FBE774A" w:rsidR="006E3FCD" w:rsidRDefault="006E3FCD" w:rsidP="00797100">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="551FBCFA" w14:textId="71B1A1D9" w:rsidR="00797100" w:rsidRDefault="006E3FCD" w:rsidP="00797100">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk111188205"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk111188205"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Die ersten</w:t>
       </w:r>
       <w:r w:rsidR="00F36D62">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>……….Monate gelten als Probezeit. Während der Probezeit kann das Arbeitsverhältnis beiderseits mit einer Frist von zwei Wochen gekündigt werden.</w:t>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00155781">
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F36D62">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F36D62">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Monate gelten als Probezeit. Während der Probezeit kann das Arbeitsverhältnis beiderseits mit einer Frist von zwei Wochen gekündigt werden.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="469AF406" w14:textId="5BE70F45" w:rsidR="00F36D62" w:rsidRDefault="00E25A7F" w:rsidP="00797100">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00F36D62" w:rsidRPr="00155781">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve">Anmerkung: </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00F36D62">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="141414"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Die Dauer der Probezeit muss verhältnismäßig zur befristeten Dauer des Arbeitsverhältnisses und zur Art der Tätigkeit s</w:t>
       </w:r>
       <w:r w:rsidR="00220CC8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="141414"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ein</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00F36D62">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="141414"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>. Die Überschreitung eines Zeitrahmens von mehr als 25% der Gesamtdauer dürfte problematisch sein.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="1"/>
+        <w:t xml:space="preserve">. Die Überschreitung eines Zeitrahmens von 25% der Gesamtdauer </w:t>
+      </w:r>
+      <w:r w:rsidR="0098776E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="141414"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">des Arbeitsverhältnisses </w:t>
+      </w:r>
+      <w:r w:rsidR="00F36D62">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="141414"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>dürfte problematisch sein.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:color w:val="141414"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="703E768C" w14:textId="77777777" w:rsidR="00F36D62" w:rsidRPr="00797100" w:rsidRDefault="00F36D62" w:rsidP="00797100">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DA19C0F" w14:textId="1F05D04A" w:rsidR="00797100" w:rsidRPr="00797100" w:rsidRDefault="00797100" w:rsidP="00797100">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00797100">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3726,98 +4068,106 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Arbeitgeber ist berechtigt, den Arbeitnehmer bis zur Beendigung des Arbeitsverhältnisses freizustellen. Die Freistellung erfolgt unter Anrechnung der dem Arbeitnehmer eventuell noch zustehenden Urlaubsansprüche sowie eventueller Guthaben auf dem Arbeitszeitkonto. In der Zeit der Freistellung hat sich der Arbeitnehmer einen durch Verwendung seiner Arbeitskraft erzielten Verdienst auf den Vergütungsanspruch gegenüber dem Arbeitgeber anrechnen zu lassen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03F96EE2" w14:textId="77777777" w:rsidR="00DC4A38" w:rsidRPr="00685F2D" w:rsidRDefault="00DC4A38" w:rsidP="00DC4A38">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="131F98F7" w14:textId="77777777" w:rsidR="00DC4A38" w:rsidRDefault="00DC4A38" w:rsidP="00DC4A38">
+    <w:p w14:paraId="131F98F7" w14:textId="4075C3D9" w:rsidR="00DC4A38" w:rsidRDefault="00DC4A38" w:rsidP="00DC4A38">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Das Arbeitsverhältnis endet ohne Kündigung spätestens mit Ablauf des Monats, in dem der Arbeitnehmer das für ihn gesetzlich festgelegte Renteneintrittsalter vollendet hat. </w:t>
+        <w:t>Das Arbeitsverhältnis endet ohne Kündigung spätestens mit Ablauf des Monats, in dem der Arbeitnehmer das für ihn gesetzlich festgelegte Renteneintrittsalter vollendet hat</w:t>
+      </w:r>
+      <w:r w:rsidR="00E77F3E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oder ihm ein Bescheid eines Rentenversicherungsträgers über die Gewährung einer unbefristeten Rente wegen vollständiger Erwerbsminderung zugestellt wird.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76650CBF" w14:textId="77777777" w:rsidR="00DC4A38" w:rsidRPr="00797100" w:rsidRDefault="00DC4A38" w:rsidP="00797100">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03BFE2F3" w14:textId="0B364859" w:rsidR="00D37411" w:rsidRDefault="00797100" w:rsidP="00797100">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk130558032"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk130558032"/>
       <w:r w:rsidRPr="00797100">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Das Recht zur außerordentlichen Kündigung bleibt unberührt</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="5C642792" w14:textId="77777777" w:rsidR="003B5911" w:rsidRDefault="003B5911" w:rsidP="00797100">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BC6816D" w14:textId="5AEFA2FE" w:rsidR="00797100" w:rsidRDefault="00797100" w:rsidP="00797100">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00994069">
         <w:rPr>
@@ -3857,91 +4207,99 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73722E4F" w14:textId="77777777" w:rsidR="00D37411" w:rsidRPr="00155781" w:rsidRDefault="00D37411" w:rsidP="00D75461">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00155781">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vertragsstrafe</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E678914" w14:textId="094EF132" w:rsidR="00D37411" w:rsidRDefault="00D37411" w:rsidP="00155781">
-[...14 lines deleted...]
-        <w:t xml:space="preserve">Der Arbeitnehmer verpflichtet sich für den Fall, dass er das Arbeitsverhältnis nicht oder verspätet antritt, die Arbeit unberechtigt vorübergehend verweigert, das Arbeitsverhältnis vertragswidrig beendet oder den Arbeitgeber durch vertragswidriges Verhalten zur außerordentlichen Kündigung veranlasst, dem </w:t>
+    <w:p w14:paraId="7E678914" w14:textId="1B3D5141" w:rsidR="00D37411" w:rsidRDefault="00D37411" w:rsidP="00155781">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D75461">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der Arbeitnehmer verpflichtet sich für den Fall, dass er das Arbeitsverhältnis nicht oder verspätet antritt, die Arbeit unberechtigt vorübergehend verweigert, das </w:t>
       </w:r>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Arbeitgeber eine Vertragsstrafe zu zahlen. Als Vertragsstrafe wird ein sich aus der Bruttomon</w:t>
+        <w:t>Arbeitsverhältnis vertragswidrig beendet oder den Arbeitgeber durch vertragswidriges Verhalten zur außerordentlichen Kündigung veranlasst, dem Arbeitgeber eine Vertragsstrafe zu zahlen. Als Vertragsstrafe wird ein sich aus der Bruttomon</w:t>
       </w:r>
       <w:r w:rsidR="00B715F6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>atsvergütung nach vorstehendem Paragraf 4</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> zu errechnendes Bruttotagegeld für jeden Tag der Zuwiderhandlung vereinbart, insgesamt jedoch nicht mehr als das in der gesetzlichen Mindestkündigungsfrist ansonsten zu zahlende Arbeitsentgelt. Die Vertragsstrafe ist der Höhe nach auf maximal eine Bruttomonatsvergütung beschränkt. Das Recht des Arbeitgebers, weitergehende Schadensersatzansprüche geltend zu machen, bleibt unberührt.</w:t>
+        <w:t xml:space="preserve">atsvergütung nach </w:t>
+      </w:r>
+      <w:r w:rsidR="00E77F3E">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ziffer III. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D75461">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zu errechnendes Bruttotagegeld für jeden Tag der Zuwiderhandlung vereinbart, insgesamt jedoch nicht mehr als das in der gesetzlichen Mindestkündigungsfrist ansonsten zu zahlende Arbeitsentgelt. Die Vertragsstrafe ist der Höhe nach auf maximal eine Bruttomonatsvergütung beschränkt. Das Recht des Arbeitgebers, weitergehende Schadensersatzansprüche geltend zu machen, bleibt unberührt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06557A30" w14:textId="77777777" w:rsidR="00D03B43" w:rsidRDefault="00D03B43" w:rsidP="00D03B43">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="183D38B7" w14:textId="77777777" w:rsidR="00D03B43" w:rsidRDefault="00D03B43" w:rsidP="00F00502">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -4212,116 +4570,140 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="653F952A" w14:textId="77777777" w:rsidR="00D37411" w:rsidRPr="00155781" w:rsidRDefault="00D37411" w:rsidP="00D75461">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00155781">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vertragsänderungen und Nebenabreden</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="534A4F3D" w14:textId="43688626" w:rsidR="00D37411" w:rsidRPr="00D75461" w:rsidRDefault="00D37411" w:rsidP="00155781">
+    <w:p w14:paraId="534A4F3D" w14:textId="6566B552" w:rsidR="00D37411" w:rsidRPr="00D75461" w:rsidRDefault="00D37411" w:rsidP="00155781">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Stillschweigende</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, mündliche oder schriftliche Nebenabreden wurden nicht getroffen. Änderungen und Ergänzungen dieses Vertrages bedürfen der</w:t>
       </w:r>
       <w:r w:rsidR="00DC4A38">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Schriftform</w:t>
       </w:r>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Dies gilt auch für eine Aufhebung dieser Klausel. Dem Arbeitnehmer entstehen daher keine Ansprüche aus betrieblicher Übung. Soweit die Änderungen und Ergänzungen die</w:t>
       </w:r>
       <w:r w:rsidR="00B715F6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Befristungsklausel betreffen (Paragraf</w:t>
+        <w:t xml:space="preserve"> Befristungsklausel betreffen (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25A7F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ziffer</w:t>
       </w:r>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B7FFC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>I dieses Vertrages</w:t>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00E25A7F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007B7FFC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dieses Vertrages</w:t>
       </w:r>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">), bedürfen sie der Schriftform. Vertragsänderungen durch Individualabreden sind formlos wirksam. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64CEAEF9" w14:textId="77777777" w:rsidR="00D37411" w:rsidRPr="00D75461" w:rsidRDefault="00D37411" w:rsidP="00155781">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="681B8229" w14:textId="77777777" w:rsidR="00D37411" w:rsidRPr="00D75461" w:rsidRDefault="00D37411" w:rsidP="00155781">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -4345,61 +4727,51 @@
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="035318BE" w14:textId="214FEB02" w:rsidR="00D37411" w:rsidRPr="00D75461" w:rsidRDefault="00D37411" w:rsidP="0027065D">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Der Arbeitnehmer verpflichtet sich, dem Arbeitgeber unverzüglich über Veränderungen der persönlichen Verhältnisse wie Familienstand, Kinderzahl und </w:t>
-[...9 lines deleted...]
-        <w:t>Adresse Mitteilung zu machen.</w:t>
+        <w:t>Der Arbeitnehmer verpflichtet sich, dem Arbeitgeber unverzüglich über Veränderungen der persönlichen Verhältnisse wie Familienstand, Kinderzahl und Adresse Mitteilung zu machen.</w:t>
       </w:r>
       <w:r w:rsidR="00B715F6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="25E8DA89" w14:textId="77777777" w:rsidR="00D37411" w:rsidRPr="00155781" w:rsidRDefault="00D37411" w:rsidP="00D75461">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00155781">
         <w:rPr>
@@ -4585,173 +4957,225 @@
     <w:p w14:paraId="4ADE4631" w14:textId="77777777" w:rsidR="00D37411" w:rsidRPr="00D75461" w:rsidRDefault="00D37411" w:rsidP="00D75461">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>………………………….</w:t>
       </w:r>
       <w:r w:rsidR="00A9143A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     …………………………… </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DEE0E2A" w14:textId="218724F0" w:rsidR="00A9143A" w:rsidRDefault="00D37411" w:rsidP="0041099F">
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="6DF47770" w14:textId="2B11FF09" w:rsidR="00A9143A" w:rsidRDefault="00D37411" w:rsidP="00A9143A">
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Unterschrift Arbeitgeber</w:t>
       </w:r>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D75461">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Unterschrift Arbeitnehmer</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00A9143A" w:rsidSect="0041099F">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9210" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="70" w:type="dxa"/>
+          <w:right w:w="70" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4605"/>
+        <w:gridCol w:w="4605"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D4721E" w:rsidRPr="007A6EBE" w14:paraId="1A25244B" w14:textId="77777777" w:rsidTr="00D4721E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4605" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EC7D6FF" w14:textId="3E617301" w:rsidR="00D4721E" w:rsidRPr="007A6EBE" w:rsidRDefault="00D4721E" w:rsidP="00B57ACC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4605" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A17B270" w14:textId="3087B13D" w:rsidR="00D4721E" w:rsidRPr="007A6EBE" w:rsidRDefault="00D4721E" w:rsidP="00D4721E">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1DEE0E2A" w14:textId="77777777" w:rsidR="00A9143A" w:rsidRDefault="00A9143A" w:rsidP="00A9143A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50A22E95" w14:textId="77777777" w:rsidR="005D41B2" w:rsidRDefault="005D41B2" w:rsidP="00101FDB">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="005D41B2" w:rsidSect="00B57ACC">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="964" w:right="1021" w:bottom="833" w:left="1814" w:header="720" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="060060FC" w14:textId="77777777" w:rsidR="00BE311A" w:rsidRDefault="00BE311A">
+    <w:p w14:paraId="53052693" w14:textId="77777777" w:rsidR="003F6381" w:rsidRDefault="003F6381">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1704952F" w14:textId="77777777" w:rsidR="00BE311A" w:rsidRDefault="00BE311A">
+    <w:p w14:paraId="7BECFBEC" w14:textId="77777777" w:rsidR="003F6381" w:rsidRDefault="003F6381">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="78F413C8" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:sz w:val="20"/>
@@ -4806,98 +5230,92 @@
         <w:rStyle w:val="Seitenzahl"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00B715F6">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>9</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="05CD34FA" w14:textId="2A817D94" w:rsidR="00D75461" w:rsidRPr="00D75461" w:rsidRDefault="00D75461" w:rsidP="00D75461">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="05CD34FA" w14:textId="08A4C6E3" w:rsidR="00D75461" w:rsidRPr="00D75461" w:rsidRDefault="00D75461" w:rsidP="00D75461">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D75461">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>Stand: 1.</w:t>
+      <w:t>Stand: 1</w:t>
     </w:r>
-    <w:r w:rsidR="0071175D">
+    <w:r w:rsidR="0087401B">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> J</w:t>
-[...5 lines deleted...]
-      <w:t>anuar</w:t>
+      <w:t>. Januar</w:t>
     </w:r>
     <w:r w:rsidR="0071175D">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00D75461">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="007B7FFC">
+    <w:r w:rsidR="0098776E">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">                                                                                                      </w:t>
+      <w:t xml:space="preserve">                                                                                                     </w:t>
     </w:r>
     <w:r w:rsidRPr="00D75461">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r w:rsidRPr="00D75461">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00D75461">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidRPr="00D75461">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
@@ -4948,86 +5366,86 @@
     <w:r w:rsidRPr="00D75461">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="2C760D19" w14:textId="77777777" w:rsidR="00D75461" w:rsidRDefault="00D75461">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="47E14D5A" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7EB4671C" w14:textId="77777777" w:rsidR="00BE311A" w:rsidRDefault="00BE311A">
+    <w:p w14:paraId="1F705BD7" w14:textId="77777777" w:rsidR="003F6381" w:rsidRDefault="003F6381">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="01E23440" w14:textId="77777777" w:rsidR="00BE311A" w:rsidRDefault="00BE311A">
+    <w:p w14:paraId="310FA603" w14:textId="77777777" w:rsidR="003F6381" w:rsidRDefault="003F6381">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="3730A894" w14:textId="104961A8" w:rsidR="006D32EB" w:rsidRDefault="0041099F">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="600624CC" w14:textId="07DD2685" w:rsidR="006D32EB" w:rsidRDefault="00B57ACC">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A343555" wp14:editId="6FEEECC5">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4A1B6A06" wp14:editId="18BF3A61">
           <wp:extent cx="2481800" cy="409575"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="1164963384" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+          <wp:docPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
@@ -5039,112 +5457,119 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="60BFF8C0" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3FB6C66D" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="2F248530" w14:textId="0099DEA0" w:rsidR="00D75461" w:rsidRDefault="0041099F">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2F248530" w14:textId="77777777" w:rsidR="00D75461" w:rsidRDefault="00B655CD">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="29FE46A4" wp14:editId="1AE8C2FF">
-          <wp:extent cx="2481800" cy="409575"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="11E918D8" wp14:editId="366AD2DD">
+          <wp:extent cx="2238375" cy="563245"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+          <wp:docPr id="2" name="Grafik 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="0" name="Grafik 2"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr>
+                <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2485708" cy="410220"/>
+                    <a:ext cx="2238375" cy="563245"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="27164F04" w14:textId="77777777" w:rsidR="00D75461" w:rsidRDefault="00D75461">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16E80146"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="32BE29FA"/>
     <w:lvl w:ilvl="0" w:tplc="FF0061D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -5569,302 +5994,292 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1294602082">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="451755029">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1737120833">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1484351605">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="508299433">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...17 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="004A5545"/>
     <w:rsid w:val="000459BF"/>
     <w:rsid w:val="00080D2B"/>
     <w:rsid w:val="000834FA"/>
     <w:rsid w:val="00086F57"/>
     <w:rsid w:val="000C6491"/>
     <w:rsid w:val="00101FDB"/>
     <w:rsid w:val="001045FC"/>
     <w:rsid w:val="0011284E"/>
     <w:rsid w:val="00136734"/>
     <w:rsid w:val="0014636D"/>
     <w:rsid w:val="001535E9"/>
     <w:rsid w:val="00153B0E"/>
     <w:rsid w:val="00155221"/>
     <w:rsid w:val="00155781"/>
     <w:rsid w:val="0016349B"/>
     <w:rsid w:val="00187EFA"/>
     <w:rsid w:val="00190B1A"/>
+    <w:rsid w:val="001A0DDD"/>
+    <w:rsid w:val="001B536C"/>
+    <w:rsid w:val="001E301B"/>
     <w:rsid w:val="001E35E3"/>
     <w:rsid w:val="001F61EF"/>
     <w:rsid w:val="00201FD1"/>
     <w:rsid w:val="00220CC8"/>
     <w:rsid w:val="002237C2"/>
     <w:rsid w:val="0027065D"/>
     <w:rsid w:val="002C0749"/>
     <w:rsid w:val="002C3D04"/>
     <w:rsid w:val="00306E96"/>
     <w:rsid w:val="0032643A"/>
     <w:rsid w:val="00342004"/>
     <w:rsid w:val="00356838"/>
     <w:rsid w:val="00373C67"/>
     <w:rsid w:val="00391D4F"/>
     <w:rsid w:val="003A19C3"/>
     <w:rsid w:val="003B0168"/>
     <w:rsid w:val="003B5911"/>
     <w:rsid w:val="003C0B63"/>
+    <w:rsid w:val="003E14BA"/>
     <w:rsid w:val="003F140B"/>
+    <w:rsid w:val="003F6381"/>
     <w:rsid w:val="00400010"/>
     <w:rsid w:val="0040350E"/>
-    <w:rsid w:val="0041099F"/>
     <w:rsid w:val="004226A4"/>
     <w:rsid w:val="004310A4"/>
     <w:rsid w:val="00446658"/>
     <w:rsid w:val="00474B2B"/>
+    <w:rsid w:val="00480BEB"/>
     <w:rsid w:val="00482787"/>
-    <w:rsid w:val="00487335"/>
     <w:rsid w:val="004A5545"/>
     <w:rsid w:val="004B206C"/>
     <w:rsid w:val="004C54E1"/>
+    <w:rsid w:val="005071DD"/>
     <w:rsid w:val="00515C46"/>
     <w:rsid w:val="00526CB3"/>
+    <w:rsid w:val="00536674"/>
+    <w:rsid w:val="0057207E"/>
     <w:rsid w:val="00574A1A"/>
     <w:rsid w:val="005A2EC4"/>
     <w:rsid w:val="005B7AB8"/>
     <w:rsid w:val="005D41B2"/>
     <w:rsid w:val="005D6B25"/>
     <w:rsid w:val="005E025B"/>
     <w:rsid w:val="005E0500"/>
     <w:rsid w:val="00604312"/>
     <w:rsid w:val="00621BC6"/>
-    <w:rsid w:val="00641A0F"/>
     <w:rsid w:val="00667E3A"/>
     <w:rsid w:val="00680B74"/>
     <w:rsid w:val="006B5856"/>
     <w:rsid w:val="006C2100"/>
     <w:rsid w:val="006D2AF0"/>
     <w:rsid w:val="006D32EB"/>
     <w:rsid w:val="006E3FCD"/>
     <w:rsid w:val="007038AA"/>
     <w:rsid w:val="0071175D"/>
     <w:rsid w:val="00725BE5"/>
     <w:rsid w:val="007417CB"/>
     <w:rsid w:val="00757104"/>
     <w:rsid w:val="00782FB8"/>
     <w:rsid w:val="00797100"/>
-    <w:rsid w:val="007A6D0B"/>
     <w:rsid w:val="007B41CF"/>
-    <w:rsid w:val="007B5F5A"/>
     <w:rsid w:val="007B7FFC"/>
     <w:rsid w:val="0084046D"/>
     <w:rsid w:val="0084453D"/>
-    <w:rsid w:val="0088210E"/>
+    <w:rsid w:val="0087401B"/>
     <w:rsid w:val="00895B95"/>
     <w:rsid w:val="008A4287"/>
     <w:rsid w:val="008A7386"/>
     <w:rsid w:val="00902FB8"/>
-    <w:rsid w:val="00925E3F"/>
     <w:rsid w:val="00934B40"/>
     <w:rsid w:val="00976663"/>
     <w:rsid w:val="009802B0"/>
+    <w:rsid w:val="0098776E"/>
     <w:rsid w:val="009D08BE"/>
     <w:rsid w:val="009D1DD0"/>
     <w:rsid w:val="009D3747"/>
-    <w:rsid w:val="00A106A6"/>
     <w:rsid w:val="00A16A4F"/>
     <w:rsid w:val="00A23525"/>
-    <w:rsid w:val="00A4136F"/>
     <w:rsid w:val="00A432DC"/>
     <w:rsid w:val="00A47460"/>
     <w:rsid w:val="00A51B00"/>
     <w:rsid w:val="00A6251E"/>
     <w:rsid w:val="00A9143A"/>
     <w:rsid w:val="00A96996"/>
     <w:rsid w:val="00AA4517"/>
     <w:rsid w:val="00AC0D12"/>
+    <w:rsid w:val="00AC69F3"/>
     <w:rsid w:val="00AE7202"/>
     <w:rsid w:val="00B03F05"/>
     <w:rsid w:val="00B20B9D"/>
     <w:rsid w:val="00B3618A"/>
     <w:rsid w:val="00B42C71"/>
+    <w:rsid w:val="00B53124"/>
+    <w:rsid w:val="00B57ACC"/>
+    <w:rsid w:val="00B63D7E"/>
     <w:rsid w:val="00B655CD"/>
+    <w:rsid w:val="00B6563C"/>
     <w:rsid w:val="00B7096F"/>
     <w:rsid w:val="00B715F6"/>
     <w:rsid w:val="00B75D64"/>
     <w:rsid w:val="00B8543E"/>
     <w:rsid w:val="00B93188"/>
+    <w:rsid w:val="00B93E5F"/>
     <w:rsid w:val="00B959AA"/>
     <w:rsid w:val="00BB0E53"/>
     <w:rsid w:val="00BC2ED0"/>
     <w:rsid w:val="00BC6094"/>
-    <w:rsid w:val="00BE311A"/>
+    <w:rsid w:val="00BC792A"/>
     <w:rsid w:val="00BE65D1"/>
     <w:rsid w:val="00C04092"/>
-    <w:rsid w:val="00C04508"/>
     <w:rsid w:val="00C07898"/>
     <w:rsid w:val="00C15D83"/>
     <w:rsid w:val="00C3374E"/>
     <w:rsid w:val="00C35D10"/>
     <w:rsid w:val="00C4181B"/>
     <w:rsid w:val="00C543B4"/>
     <w:rsid w:val="00C5552D"/>
-    <w:rsid w:val="00C77EE8"/>
-    <w:rsid w:val="00C80514"/>
     <w:rsid w:val="00C8387E"/>
+    <w:rsid w:val="00C84F2A"/>
     <w:rsid w:val="00C90742"/>
     <w:rsid w:val="00CB79C3"/>
     <w:rsid w:val="00CC6136"/>
     <w:rsid w:val="00CD4E48"/>
     <w:rsid w:val="00CF12AA"/>
     <w:rsid w:val="00CF51B0"/>
     <w:rsid w:val="00D03B43"/>
     <w:rsid w:val="00D04680"/>
     <w:rsid w:val="00D10CC2"/>
     <w:rsid w:val="00D14356"/>
+    <w:rsid w:val="00D20816"/>
     <w:rsid w:val="00D37411"/>
     <w:rsid w:val="00D415B7"/>
     <w:rsid w:val="00D4721E"/>
     <w:rsid w:val="00D665F3"/>
     <w:rsid w:val="00D74549"/>
     <w:rsid w:val="00D75461"/>
     <w:rsid w:val="00D83DF0"/>
     <w:rsid w:val="00DC4A38"/>
     <w:rsid w:val="00DD4B22"/>
     <w:rsid w:val="00E002FB"/>
     <w:rsid w:val="00E14FD5"/>
     <w:rsid w:val="00E21725"/>
+    <w:rsid w:val="00E25A7F"/>
     <w:rsid w:val="00E3714A"/>
     <w:rsid w:val="00E61708"/>
     <w:rsid w:val="00E66121"/>
     <w:rsid w:val="00E713C5"/>
+    <w:rsid w:val="00E77F3E"/>
     <w:rsid w:val="00EC3795"/>
     <w:rsid w:val="00F00502"/>
     <w:rsid w:val="00F110BE"/>
     <w:rsid w:val="00F36077"/>
     <w:rsid w:val="00F36D62"/>
     <w:rsid w:val="00F57B07"/>
     <w:rsid w:val="00FD4C1F"/>
     <w:rsid w:val="00FF6699"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0F0DFEE0"/>
   <w15:docId w15:val="{03F28802-3D1A-4BE3-8E1F-85787771CE48}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6557,51 +6972,51 @@
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00574A1A"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berarbeitung">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FD4C1F"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="228081700">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="378895682">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -6638,51 +7053,51 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=reference&amp;y=100&amp;g=SGB_III&amp;p=95" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6954,50 +7369,63 @@
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="82589c12-70c4-4c94-a25a-3c827aa5c9f9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101007AC43CE515D2804DAC7ADE3243597B14" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="d36f937f196cc11c9034c2c1754a79c3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xmlns:ns3="82589c12-70c4-4c94-a25a-3c827aa5c9f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="503caf83702f076935e2dbbd87d5e908" ns2:_="" ns3:_="">
     <xsd:import namespace="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <xsd:import namespace="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -7208,139 +7636,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08AF8288-F546-4D8C-BFE5-67EB21ADA982}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A110B52-8FDD-4CBF-8569-2E90FA638ABA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{63C1D273-D6DE-408D-BD66-D2131D9EEB2F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{708A6A7D-38D5-4650-B3B1-13A28F23B8D5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2812BE6D-93E8-4046-941A-19F86025659D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>2435</Words>
-  <Characters>18320</Characters>
+  <Words>2409</Words>
+  <Characters>18217</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>152</Lines>
-  <Paragraphs>41</Paragraphs>
+  <Lines>444</Lines>
+  <Paragraphs>144</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>IHK Darmstadt</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20714</CharactersWithSpaces>
+  <CharactersWithSpaces>20482</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="120" baseType="variant">
       <vt:variant>
         <vt:i4>4063319</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>57</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@wiesbaden.ihk.de</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1572928</vt:i4>
       </vt:variant>
       <vt:variant>