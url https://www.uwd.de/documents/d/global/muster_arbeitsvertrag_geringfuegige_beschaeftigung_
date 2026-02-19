--- v0 (2025-10-08)
+++ v1 (2026-02-19)
@@ -1,254 +1,255 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="29702EBE" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="4FBE020C" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="47615ABA" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="7CE27FA3" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="184789E7" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="0B8215CC" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="188AF367" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="25A8640D" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="481311F3" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="1EA47F35" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="1EA4C385" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00E9044E" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9044E">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t xml:space="preserve">Muster Arbeitsvertrag </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31ED8502" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00E9044E" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9044E">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>für geringfügig entlohnte Beschäftigte</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="438C46E0" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="7787C74E" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="2EF5E390" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="2A27D844" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="55A07115" w14:textId="77777777" w:rsidR="007269EF" w:rsidRDefault="007269EF" w:rsidP="00782FB8"/>
-    <w:p w14:paraId="02E6EE15" w14:textId="77777777" w:rsidR="00141A52" w:rsidRDefault="00141A52" w:rsidP="00141A52">
+    <w:p w14:paraId="071F1E4E" w14:textId="77777777" w:rsidR="00855D17" w:rsidRDefault="00855D17" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="4FDA4A7C" w14:textId="77777777" w:rsidR="00855D17" w:rsidRDefault="00855D17" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="04686113" w14:textId="77777777" w:rsidR="00855D17" w:rsidRDefault="00855D17" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="3360CA34" w14:textId="77777777" w:rsidR="00855D17" w:rsidRDefault="00855D17" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="2339FE7D" w14:textId="77777777" w:rsidR="00855D17" w:rsidRDefault="00855D17" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="1B5D4A27" w14:textId="77777777" w:rsidR="00310FFA" w:rsidRDefault="00310FFA" w:rsidP="00310FFA">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212717203"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Mit freundlicher Unterstützung zur Verfügung gestellt vom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="63851DA6" wp14:editId="04CF501C">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="64F273B6" wp14:editId="444DFA23">
             <wp:extent cx="2247900" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="588512616" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2240280" cy="563880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FC4FF5C" w14:textId="77777777" w:rsidR="00141A52" w:rsidRDefault="00141A52" w:rsidP="00141A52">
-[...11 lines deleted...]
-    <w:p w14:paraId="2339FE7D" w14:textId="77777777" w:rsidR="00855D17" w:rsidRDefault="00855D17" w:rsidP="00782FB8"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="02E4D3D6" w14:textId="77777777" w:rsidR="00855D17" w:rsidRDefault="00855D17" w:rsidP="00782FB8"/>
     <w:p w14:paraId="1F9F64BA" w14:textId="77777777" w:rsidR="00855D17" w:rsidRDefault="00855D17" w:rsidP="00782FB8"/>
     <w:p w14:paraId="40E7FEF3" w14:textId="77777777" w:rsidR="00855D17" w:rsidRDefault="00855D17" w:rsidP="00782FB8"/>
     <w:p w14:paraId="1F2C96C8" w14:textId="77777777" w:rsidR="00855D17" w:rsidRDefault="00855D17" w:rsidP="00782FB8"/>
     <w:p w14:paraId="0CA13CB8" w14:textId="77777777" w:rsidR="00855D17" w:rsidRDefault="00855D17" w:rsidP="00782FB8"/>
     <w:p w14:paraId="20A30BF4" w14:textId="77777777" w:rsidR="007269EF" w:rsidRDefault="007269EF" w:rsidP="00782FB8"/>
     <w:p w14:paraId="2A0E5075" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00782FB8" w:rsidRDefault="006D32EB" w:rsidP="00782FB8">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0231508E" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="00685F2D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Vorwort</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38EC05F8" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="00685F2D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51ADBF48" w14:textId="6FA45346" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="00685F2D">
+    <w:p w14:paraId="51ADBF48" w14:textId="3FB32A91" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="00685F2D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Der Unternehmer schließt im Laufe seiner Geschäftstätigkeit eine Vielzahl von Verträgen ab. m eine Orientierungshilfe zu bieten, stellen die hessischen Kammern Musterverträge zur Verfügung.</w:t>
+        <w:t xml:space="preserve">Der Unternehmer schließt im Laufe seiner Geschäftstätigkeit eine Vielzahl von Verträgen ab. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E349FB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m eine Orientierungshilfe zu bieten, stellen die hessischen Kammern Musterverträge zur Verfügung.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="119002E1" w14:textId="77777777" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="00685F2D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5CCB1D6C" w14:textId="2DFB2CFD" w:rsidR="00741F91" w:rsidRPr="00685F2D" w:rsidRDefault="00741F91" w:rsidP="00685F2D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -358,55 +359,73 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aus Gründen der sprachlichen Vereinfachung wird auf die Nennung der drei Geschlechter verzichtet, wo eine geschlechtsneutrale Formulierung nicht möglich war. In diesen Fällen beziehen die verwendeten männlichen Begriffe die weiblichen und diversen Formen ebenso mit ein. </w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Mustervertrag ist nur ein Vorschlag für eine mögliche Regelung. Viele Festlegungen sind frei vereinbar. Der Verwender kann auch andere Formulierungen wählen. </w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret zu regelnde Situation und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zu regelnde Situation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Falls Sie einen maßgeschneiderten Vertrag benötigen, sollten Sie sich durch einen Rechtsanwalt Ihres Vertrauens beraten lassen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FE1DBF0" w14:textId="29104FA3" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71CBD8DC" w14:textId="344B560D" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -430,69 +449,69 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EEB066E" w14:textId="3962726B" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10CC3F27" w14:textId="069F6B33" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CE04790" w14:textId="5C03E37F" w:rsidR="00572A0F" w:rsidRPr="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
+    <w:p w14:paraId="2CE04790" w14:textId="5E0B7993" w:rsidR="00572A0F" w:rsidRPr="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00572A0F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Arbeitsvertrag für geringfügig entlohnte Beschäftigte *)</w:t>
+        <w:t>Arbeitsvertrag für geringfügig entlohnte Beschäftigte</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47BBD9D3" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3560DE35" w14:textId="502C1F5C" w:rsidR="00572A0F" w:rsidRPr="00081066" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00081066">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -567,51 +586,69 @@
         </w:rPr>
         <w:t>ggf.:</w:t>
       </w:r>
       <w:r w:rsidRPr="00081066">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vertreten durch</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00081066">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ……………………………………………….…………………………………</w:t>
+        <w:t xml:space="preserve"> …………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00081066">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00081066">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…………………………………</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…………….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="481BDE74" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -765,51 +802,87 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6AE2632C" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00081066" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A0384C6" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00081066" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00081066">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>wohnhaft…………………………………………………………………..……………………………..</w:t>
+        <w:t>wohnhaft……………………………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00081066">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00081066">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00081066">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00081066">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44096816" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00081066" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -920,128 +993,191 @@
       <w:r w:rsidRPr="00C00547">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A2EAE76" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00081066" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00081066">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Das Arbeitsverhältnis beginnt am  .....................................</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Das Arbeitsverhältnis beginnt </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00081066">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>am  .....................................</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="4BE7D82E" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="185D4B75" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="008A60C6" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
+    <w:p w14:paraId="463450B4" w14:textId="77777777" w:rsidR="00E349FB" w:rsidRDefault="00572A0F" w:rsidP="002270A4">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:i/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="008A60C6">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E349FB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tätigkeit und Ort</w:t>
       </w:r>
-      <w:r w:rsidRPr="008A60C6">
+      <w:r w:rsidRPr="00E349FB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="008A60C6">
-[...9 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00E349FB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der Arbeitnehmer wird </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E349FB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>als  ......................................................................</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E349FB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  in…………………………………eingestellt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CECAB0D" w14:textId="77777777" w:rsidR="00D90DEC" w:rsidRDefault="00E349FB" w:rsidP="00E349FB">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="283"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D90DEC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Insbesondere </w:t>
+      </w:r>
+      <w:r w:rsidR="00D90DEC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gehören folgende Tätigkeiten zu seinem Arbeitsbereich:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E248CD0" w14:textId="10BC2761" w:rsidR="00572A0F" w:rsidRPr="00D90DEC" w:rsidRDefault="00D90DEC" w:rsidP="00E349FB">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="283"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>………………………………………………………………………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00572A0F" w:rsidRPr="00D90DEC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="008A60C6">
-[...15 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="6B3AE213" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00081066">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Er verpflichtet sich, auch andere Arbeiten auszuführen, die seinen Vorkenntnissen und Fähigkeiten entsprechen. Dies gilt, soweit dies bei Abwägung der Interessen des Arbeitgebers und des Arbeitnehmers zumutbar ist.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CFFDCED" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -1056,210 +1192,243 @@
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Arbeitgeber ist berechtigt nach billigem Ermessen einen anderen Arbeitsort zuzuweisen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2802CC4F" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00081066" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E64C101" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00481130" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
+    <w:p w14:paraId="0E64C101" w14:textId="328321EE" w:rsidR="00572A0F" w:rsidRPr="00481130" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00481130">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Probezeit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00481130">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Das Arbeitsverhältnis wird auf unbestimmte Zeit geschlossen. Die ersten sechs Monate (</w:t>
       </w:r>
+      <w:r w:rsidR="00D90DEC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Anmerkung: eine Verkürzung ist möglich</w:t>
+      </w:r>
       <w:r w:rsidRPr="00481130">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:i/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> drei Monate) gelten als Probezeit. Während der Probezeit kann das Arbeitsverhältnis beiderseits mit einer Frist von zwei Wochen gekündigt werden.</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) gelten als Probezeit. Während der Probezeit kann das Arbeitsverhältnis beiderseits mit einer Frist von zwei Wochen gekündigt werden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FC6CB11" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00081066" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3869428A" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
+    <w:p w14:paraId="3869428A" w14:textId="19649C4B" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C6311">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Arbeitsvergütung</w:t>
       </w:r>
       <w:r w:rsidRPr="007C6311">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="007C6311">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Der Arbeitnehmer erhält eine monatliche Bruttovergütung von  .............. €/ einen Stundenlohn von.............. €.</w:t>
+        <w:t xml:space="preserve">Der Arbeitnehmer erhält eine monatliche Bruttovergütung </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007C6311">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>von  ..............</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007C6311">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> €/ einen Stundenlohn von.............. €.</w:t>
       </w:r>
       <w:r w:rsidRPr="00610661">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Diese ist zum Ende des jeweiligen Kalendermonats fällig und wird -wie sämtliche folgenden Gehaltsbestandteile- bargeldlos auf folgendes Konto des Arbeitnehmers ausgezahlt</w:t>
+        <w:t xml:space="preserve"> Diese ist zum Ende des jeweiligen Kalendermonats fällig und wird -wie sämtliche </w:t>
+      </w:r>
+      <w:r w:rsidR="007267E5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">weiteren </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00610661">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gehaltsbestandteile- bargeldlos auf folgendes Konto des Arbeitnehmers ausgezahlt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="007C6311">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="392A693F" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B1469CF" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="007C6311" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C6311">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>…………………………………...…………………………………………</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">……………….         </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="492BEE75" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3567EA8D" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
@@ -1301,155 +1470,183 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="14315698" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………………………………………………………………………………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43D3C535" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00994069" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
+    <w:p w14:paraId="43D3C535" w14:textId="1C90EC47" w:rsidR="00572A0F" w:rsidRPr="00994069" w:rsidRDefault="007267E5" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00572A0F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>Anmerkung: getrennte Auflistung von Zuschlägen, Zulagen, Sonderzahlungen und Prämien sowie anderer Bestandteile mit Angabe von Höhe und Fälligkeit.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E4160BD" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00081066" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D290E60" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="007C6311" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C6311">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Arbeitszeit</w:t>
       </w:r>
       <w:r w:rsidRPr="007C6311">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="007C6311">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Die regelmäßige wöchentliche Arbeitszeit beträgt.... Stunden. Beginn und Ende der täglichen Arbeitszeit richten sich nach der betrieblichen Einteilung</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk110512565"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk110512565"/>
       <w:r w:rsidRPr="007C6311">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, die im Ermessen des Arbeitsgebers liegt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B1938F0" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="21AA34A5" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Derzeit verteilt sich Ihre wöchentliche Arbeitszeit wie folgt :</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Derzeit verteilt sich Ihre wöchentliche Arbeitszeit wie </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>folgt :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="19B24F2C" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68940B6C" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1520,72 +1717,72 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="348C6710" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00685F2D" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nach Beendigung der täglichen Arbeitszeit ist eine ununterbrochene Ruhezeit von mindestens elf Stunden einzuhalten. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="095A9C7E" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00481130" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="743252C8" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00081066" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="499EA7A9" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00481130" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
+    <w:p w14:paraId="499EA7A9" w14:textId="47D7A392" w:rsidR="00572A0F" w:rsidRPr="00481130" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00481130">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Weitere Beschäftigungen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -1725,170 +1922,114 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00081066">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Entgelt pro Monat: ……...............................................................................................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2288D5D8" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00081066" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="768082FA" w14:textId="5629492E" w:rsidR="00572A0F" w:rsidRPr="00081066" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
+    <w:p w14:paraId="768082FA" w14:textId="00CF2804" w:rsidR="00572A0F" w:rsidRPr="00081066" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00081066">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei Zusammenrechnung aller geringfügigen Beschäftigungen einschließlich dieser beträgt das Arbeitsentgelt nicht mehr als </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00E35771">
-[...5 lines deleted...]
-        <w:t>38</w:t>
+      <w:r w:rsidR="00E349FB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>56</w:t>
       </w:r>
       <w:r w:rsidRPr="00081066">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> € </w:t>
-[...17 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> € monatlich</w:t>
+      </w:r>
+      <w:r w:rsidR="00E349FB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Stand 01. Januar 2025)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00081066">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00E35771">
-[...53 lines deleted...]
-        <w:t>monatlich.</w:t>
+      <w:r w:rsidR="00E349FB">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B2DA3E9" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00081066" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60F5FB7B" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00081066" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00081066">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -2151,88 +2292,106 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Urlaub</w:t>
       </w:r>
       <w:r w:rsidRPr="00C87552">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00C87552">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk130559746"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk130559746"/>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Arbeitnehmer hat Anspruch auf einen gesetzlichen Mindesturlaub von derzeit 20 Arbeitstagen im Kalenderjahr – ausgehend von einer Fünf-Tage-Woche. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61D11B71" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E16B45D" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00685F2D" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Der Arbeitgeber gewährt zusätzlich einen vertraglichen Urlaub von weiteren …….. Arbeitstagen. Bei der Gewährung von Urlaub wird zuerst der gesetzliche Urlaub eingebracht.</w:t>
+        <w:t xml:space="preserve">Der Arbeitgeber gewährt zusätzlich einen vertraglichen Urlaub von weiteren </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Arbeitstagen. Bei der Gewährung von Urlaub wird zuerst der gesetzliche Urlaub eingebracht.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3812265B" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00685F2D" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B565158" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
@@ -2264,91 +2423,107 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Im Ein- und Austrittsjahr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> erhält der Arbeitnehmer für jeden vollen Beschäftigungsmonat ein Zwölftel des vertraglichen Zusatzurlaubs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="297B601B" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D22BC0E" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00C87552" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
+    <w:p w14:paraId="7D22BC0E" w14:textId="7EC51A29" w:rsidR="00572A0F" w:rsidRPr="00C87552" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Für den vertraglichen </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Zusatzu</w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rlaub gilt abweichend von dem gesetzlichen Mindesturlaub, dass der Urlaubsanspruch </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">am 31.Dezember </w:t>
+        <w:t>am 31.</w:t>
+      </w:r>
+      <w:r w:rsidR="007267E5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dezember </w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>des jeweiligen Kalenderjahres (</w:t>
       </w:r>
       <w:r w:rsidRPr="00C87552">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>oder:</w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mit Ablauf des</w:t>
       </w:r>
@@ -2456,364 +2631,364 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C5C11B4" w14:textId="42FBCEE9" w:rsidR="00030A77" w:rsidRDefault="00030A77" w:rsidP="00572A0F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="513D86ED" w14:textId="77777777" w:rsidR="00030A77" w:rsidRPr="00685F2D" w:rsidRDefault="00030A77" w:rsidP="00572A0F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="1EF1B05F" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00C87552" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C87552">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Krankheit</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3907F771" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00685F2D" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
+    <w:p w14:paraId="3907F771" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00685F2D" w:rsidRDefault="00572A0F" w:rsidP="007267E5">
+      <w:pPr>
+        <w:ind w:left="283"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk130558876"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ie </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Hlk130557802"/>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Entgeltfortzahlung im Krankheitsfall richtet sich nach den gesetzlichen Bestimmungen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01AC761B" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00685F2D" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Hlk130558876"/>
-[...7 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="503BAB4C" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ie </w:t>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="3" w:name="_Hlk130557802"/>
+        <w:t xml:space="preserve">Die Arbeitsverhinderung ist dem Arbeitgeber unverzüglich mitzuteilen. Dauert die Arbeitsunfähigkeit länger als drei Kalendertage, hat der Arbeitnehmer eine ärztliche Bescheinigung über das Bestehen sowie deren voraussichtliche Dauer spätestens an dem auf den dritten Kalendertag folgenden Arbeitstag vorzulegen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C275303" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BA860C0" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C74D12">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Die Vorlagepflicht g</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74D12">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lt nicht für Arbeitnehmer, die Versicherte einer gesetzlichen Krankenkasse sind</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, wenn der behandelnde Arzt die Bescheinigung per </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>eAU</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an die gesetzliche Krankenversicherung weiterleitet.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74D12">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Diese Arbeitnehmer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74D12">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sind verpflichtet, zu den genannten Zeitpunkten das Bestehen einer Arbeitsunfähigkeit sowie deren voraussichtliche Dauer feststellen und sich eine ärztliche Bescheinigung ausstellen zu lassen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7594643D" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58D664BB" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Entgeltfortzahlung im Krankheitsfall richtet sich nach den gesetzlichen Bestimmungen.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="01AC761B" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00685F2D" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
+        <w:t>Die Nachweispflicht</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> g</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> auch nach Ablauf der sechs Wochen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Entgeltfortzahlung</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E33B6B" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="503BAB4C" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
+    <w:p w14:paraId="2F6B3769" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Die Arbeitsverhinderung ist dem Arbeitgeber unverzüglich mitzuteilen. Dauert die Arbeitsunfähigkeit länger als drei Kalendertage, hat der Arbeitnehmer eine ärztliche Bescheinigung über das Bestehen sowie deren voraussichtliche Dauer spätestens an dem auf den dritten Kalendertag folgenden Arbeitstag vorzulegen. </w:t>
-[...220 lines deleted...]
-        </w:rPr>
         <w:t>Der Arbeitgeber ist berechtigt, die Vorlage der Arbeitsunfähigkeitsbescheinigung früher zu verlangen.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
     <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="3F39922F" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EA9E327" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="007C6311" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2894,63 +3069,67 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Die betriebliche Altersversorgung wir durchgeführt von………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7276F353" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5861A4D9" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
+    <w:p w14:paraId="5861A4D9" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="007267E5" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007267E5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Alternativ:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34FDEFAD" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CE08755" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00994069" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3010,175 +3189,125 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B2EF9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Ein Anspruch auf Arbeitsentgelt bei einer vorübergehenden Verhinderung im Sinne des § 616 BGB besteht nicht. Die Anwendbarkeit der Norm wird ausgeschlossen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="379979FB" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="009B2EF9" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="2124" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="15E974DE" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00481130" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
+    <w:p w14:paraId="15E974DE" w14:textId="7104E96E" w:rsidR="00572A0F" w:rsidRPr="00D90DEC" w:rsidRDefault="00572A0F" w:rsidP="00D90DEC">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A60C6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Verschwiegenheitspflicht</w:t>
       </w:r>
       <w:r w:rsidRPr="008A60C6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00481130">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Der Arbeitnehmer verpflichtet sich, während der Dauer des Arbeitsverhältnisses und auch nach Ausscheiden Geschäftsgeheimnisse sowie betriebliche </w:t>
-[...10 lines deleted...]
-      <w:r>
+        <w:t>Der Arbeitnehmer verpflichtet sich, während der Dauer des Arbeitsverhältnisses und auch nach Ausscheiden Geschäftsgeheimnisse sowie betriebliche Angelegenheiten vertraulicher Natur, die als solche von der Geschäftsleitung schriftlich oder mündlich bezeichnet werden bzw. offensichtlich als solche zu erkennen sind, geheim zu halten und ohne ausdrückliche Genehmigung der Geschäftsleitung nicht dritten Personen zugänglich zu machen. Der Arbeitnehmer hat die Anweisungen und Maßnahmen des Arbeitgebers zur Geheimhaltung zu beachten. Im Zweifelsfall hat der Arbeitnehmer eine Weisung des Arbeitgebers zur Vertraulichkeit bestimmter Angelegenheiten einzuholen</w:t>
+      </w:r>
+      <w:r w:rsidR="00D90DEC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Die Geheimhaltungspflicht umfasst insbesondere folgende Geschäftsgeheimnisse: …………………………………………………………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D90DEC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D90DEC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D90DEC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...65 lines deleted...]
-        <w:t xml:space="preserve"> seitens der Arbeitgeber; es kann daher empfehlenswert sein, die wesentlichen, von solchen Geheimhaltungsmaßnahmen betroffenen Informationen (abstrakt) zu beschreiben: „Als Geschäftsgeheimnisse geheim zu halten sind insbesondere...“</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69C99AAE" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00081066" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="763FFFA4" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00081066" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00081066">
@@ -3247,52 +3376,52 @@
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Beendigung des Arbeitsverhältnisses</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F31008C" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00797100" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00410372">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der </w:t>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_Hlk130559024"/>
-      <w:bookmarkStart w:id="5" w:name="_Hlk130559983"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk130559024"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk130559983"/>
       <w:r w:rsidRPr="00797100">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Rücktritt vom Arbeitsvertrag oder seine Kündigung vor Aufnahme der Tätigkeit sind ausgeschlossen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05EEBB14" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="328B94EE" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00685F2D" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -3305,80 +3434,80 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Beendigung des Arbeitsverhältnisses durch Kündigung oder Aufhebungsvertrag bedarf für ihre Wirksamkeit der Schriftform, die elektronische Form ist ausgeschlossen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FDD3DD0" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="559915C0" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Hlk110516325"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk110516325"/>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nach Ablauf der Probezeit finden die gesetzlichen Kündigungsfristen </w:t>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="_Hlk110516212"/>
-      <w:bookmarkStart w:id="8" w:name="_Hlk110516184"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk110516212"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk110516184"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(§ 622 BGB) </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Anwendung. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p w14:paraId="6CE441A3" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BB6F0B8" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3608,167 +3737,166 @@
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="377D6A0A" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00685F2D" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Jede gesetzliche Verlängerung der Kündigungsfrist zugunsten des Arbeitnehmers gilt in gleicher Weise auch zugunsten des Arbeitgebers. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="6159DD58" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00685F2D" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F8D5F65" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00685F2D" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Hlk130558013"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk130558013"/>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Der Arbeitgeber ist berechtigt, den Arbeitnehmer bis zur Beendigung des Arbeitsverhältnisses freizustellen. Die Freistellung erfolgt unter Anrechnung der dem Arbeitnehmer eventuell noch zustehenden Urlaubsansprüche sowie </w:t>
-      </w:r>
+        <w:t>Der Arbeitgeber ist berechtigt, den Arbeitnehmer bis zur Beendigung des Arbeitsverhältnisses freizustellen. Die Freistellung erfolgt unter Anrechnung der dem Arbeitnehmer eventuell noch zustehenden Urlaubsansprüche sowie eventueller Guthaben auf dem Arbeitszeitkonto. In der Zeit der Freistellung hat sich der Arbeitnehmer einen durch Verwendung seiner Arbeitskraft erzielten Verdienst auf den Vergütungsanspruch gegenüber dem Arbeitgeber anrechnen zu lassen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D918B24" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00685F2D" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5393E208" w14:textId="46456DD9" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-    <w:p w14:paraId="7D918B24" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00685F2D" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
+        <w:t>Das Arbeitsverhältnis endet ohne Kündigung spätestens mit Ablauf des Monats, in dem der Arbeitnehmer das für ihn gesetzlich festgelegte Renteneintrittsalter vollendet hat</w:t>
+      </w:r>
+      <w:r w:rsidR="00C920A6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oder ihm ein Bescheid eines Rentenversicherungsträgers über die Gewährung einer unbefristeten Rente wegen vollständiger Erwerbsminderung zugestellt wird.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B5333C8" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5393E208" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
+    <w:p w14:paraId="71F6688E" w14:textId="08E94919" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00685F2D">
-[...8 lines deleted...]
-    <w:p w14:paraId="6B5333C8" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
+      <w:r w:rsidRPr="00797100">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Das Recht zur außerordentlichen Kündigung bleibt unberührt</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="00E35771">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13674B7E" w14:textId="77777777" w:rsidR="00E35771" w:rsidRDefault="00E35771" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71F6688E" w14:textId="08E94919" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
-[...37 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p w14:paraId="1515F4D1" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="065DB8B1" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C14FB">
@@ -3795,117 +3923,161 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Möchte ein</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Arbeitnehmer geltend machen, dass eine Kündigung sozial nicht gerechtfertigt oder aus anderen Gründen unwirksam ist, muss er innerhalb von drei Wochen nach Zugang der schriftlichen Kündigung Klage beim Arbeitsgericht auf Feststellung erheben, dass das Arbeitsverhältnis durch die Kündigung nicht aufgelöst ist.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4264FB71" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="370EEBFA" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00481130" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
+    <w:p w14:paraId="6E63CCAD" w14:textId="77777777" w:rsidR="00C920A6" w:rsidRDefault="00572A0F" w:rsidP="00EA19BC">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00481130">
+      <w:r w:rsidRPr="00C920A6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Vertragsstrafe </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00C920A6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00481130">
+      <w:r w:rsidRPr="00C920A6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nimmt</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00481130">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> 4 zu errechnendes Bruttotagegeld für jeden Tag der Zuwiderhandlung vereinbart, insgesamt jedoch nicht mehr als das in der gesetzlichen Mindestkündigungsfrist ansonsten zu zahlende Arbeitsentgelt. Die Vertragsstrafe beträgt höchstens eine Bruttomonatsvergütung.</w:t>
+      <w:r w:rsidR="00C920A6" w:rsidRPr="00C920A6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C920A6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">der Arbeitnehmer die Arbeit nicht oder verspätet auf, verweigert er vorübergehend unberechtigt die Arbeit, löst er das Arbeitsverhältnis ohne Einhaltung der maßgeblichen Kündigungsfrist unberechtigt auf oder wird der Arbeitgeber durch vertragswidriges Verhalten des Arbeitnehmers zur außerordentlichen Kündigung veranlasst, so hat der Arbeitnehmer an den Arbeitgeber eine Vertragsstrafe zu zahlen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CD6AF5D" w14:textId="77777777" w:rsidR="00C920A6" w:rsidRDefault="00C920A6" w:rsidP="00C920A6">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="370EEBFA" w14:textId="67D24764" w:rsidR="00572A0F" w:rsidRPr="00C920A6" w:rsidRDefault="00572A0F" w:rsidP="00C920A6">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C920A6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Als Vertragsstrafe wird ein sich aus der Bruttomonatsvergütung nach vorstehendem</w:t>
+      </w:r>
+      <w:r w:rsidR="00C920A6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ziffer IV.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C920A6">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zu errechnendes Bruttotagegeld für jeden Tag der Zuwiderhandlung vereinbart, insgesamt jedoch nicht mehr als das in der gesetzlichen Mindestkündigungsfrist ansonsten zu zahlende Arbeitsentgelt. Die Vertragsstrafe beträgt höchstens eine Bruttomonatsvergütung.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="527FAC10" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00081066" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06F8BE47" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4086,60 +4258,51 @@
         <w:t>anspruchsbegründenen</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E35771">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Umständen Kenntnis erlangt oder ohne grobe Fahrlässigkeit erlangen müsste. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C00547">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Hiervon unberührt bleiben Ansprüche</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> für Schäden aus der Verletzung des Lebens, des Körpers oder Gesundheit, aus vorsätzlicher Vertragsverletzung und vorsätzlicher unerlaubter </w:t>
-[...8 lines deleted...]
-        <w:t>Handlung.</w:t>
+        <w:t xml:space="preserve"> für Schäden aus der Verletzung des Lebens, des Körpers oder Gesundheit, aus vorsätzlicher Vertragsverletzung und vorsätzlicher unerlaubter Handlung.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00C00547">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Die Ausschlussfrist gilt nicht für den Anspruch eines Arbeitnehmers auf den gesetzlichen Mindestlohn. Über den Mindestlohn hinausgehende Vergütungsansprüche des Arbeitnehmers unterliegen hingegen der vereinbarten Ausschlussfrist.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79901B5F" w14:textId="77777777" w:rsidR="00572A0F" w:rsidRPr="00081066" w:rsidRDefault="00572A0F" w:rsidP="00572A0F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -4504,166 +4667,157 @@
       <w:r w:rsidRPr="00081066">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00081066">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Unterschrift Arbeitnehmer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A8E4C8D" w14:textId="77777777" w:rsidR="005D41B2" w:rsidRDefault="005D41B2" w:rsidP="00101FDB">
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="005D41B2" w:rsidSect="00141A52">
+    <w:sectPr w:rsidR="00572A0F" w:rsidRPr="00081066" w:rsidSect="00310FFA">
       <w:headerReference w:type="default" r:id="rId12"/>
-      <w:headerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="964" w:right="1021" w:bottom="833" w:left="1814" w:header="720" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79447861" w14:textId="77777777" w:rsidR="006F75DA" w:rsidRDefault="006F75DA">
+    <w:p w14:paraId="583863F4" w14:textId="77777777" w:rsidR="00EB4344" w:rsidRDefault="00EB4344">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5444EF97" w14:textId="77777777" w:rsidR="006F75DA" w:rsidRDefault="006F75DA">
+    <w:p w14:paraId="16C65F5B" w14:textId="77777777" w:rsidR="00EB4344" w:rsidRDefault="00EB4344">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="095F883A" w14:textId="77777777" w:rsidR="006F75DA" w:rsidRDefault="006F75DA">
+    <w:p w14:paraId="4276D2C0" w14:textId="77777777" w:rsidR="00EB4344" w:rsidRDefault="00EB4344">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7A0C29D2" w14:textId="77777777" w:rsidR="006F75DA" w:rsidRDefault="006F75DA">
+    <w:p w14:paraId="3D36D745" w14:textId="77777777" w:rsidR="00EB4344" w:rsidRDefault="00EB4344">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="775A6867" w14:textId="42475A5F" w:rsidR="006D32EB" w:rsidRDefault="00141A52">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="534C03C2" w14:textId="22000E98" w:rsidR="006D32EB" w:rsidRDefault="00310FFA">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4662D1A4" wp14:editId="58116654">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="773C9CFB" wp14:editId="6B5F3920">
           <wp:extent cx="2481800" cy="409575"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="1668692514" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+          <wp:docPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
@@ -4674,118 +4828,52 @@
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="62641E4B" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="35EB0C39" w14:textId="6E45E4E0" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...64 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16E80146"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB727B30"/>
     <w:lvl w:ilvl="0" w:tplc="FF0061D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -5014,61 +5102,63 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55195A24"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E62CCD9A"/>
-    <w:lvl w:ilvl="0" w:tplc="B2504950">
+    <w:tmpl w:val="6A7C7D28"/>
+    <w:lvl w:ilvl="0" w:tplc="02224A7E">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
+        <w:i w:val="0"/>
+        <w:iCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -5205,331 +5295,323 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="28066567">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1822964127">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2124033247">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1773353903">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1262447111">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...17 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="001857E1"/>
     <w:rsid w:val="00007B1C"/>
+    <w:rsid w:val="000206A8"/>
     <w:rsid w:val="0002143B"/>
     <w:rsid w:val="0002610B"/>
     <w:rsid w:val="00030A77"/>
     <w:rsid w:val="000459BF"/>
     <w:rsid w:val="000778C7"/>
     <w:rsid w:val="000834FA"/>
     <w:rsid w:val="00086F57"/>
     <w:rsid w:val="000879CD"/>
-    <w:rsid w:val="0009233C"/>
     <w:rsid w:val="000C3566"/>
     <w:rsid w:val="00101AD1"/>
     <w:rsid w:val="00101FDB"/>
     <w:rsid w:val="001045FC"/>
     <w:rsid w:val="0011284E"/>
     <w:rsid w:val="00117510"/>
     <w:rsid w:val="00136734"/>
-    <w:rsid w:val="00141A52"/>
     <w:rsid w:val="001535E9"/>
     <w:rsid w:val="00153B0E"/>
     <w:rsid w:val="0016349B"/>
     <w:rsid w:val="00167398"/>
     <w:rsid w:val="00170B31"/>
     <w:rsid w:val="0017103D"/>
     <w:rsid w:val="001857E1"/>
     <w:rsid w:val="00187EFA"/>
     <w:rsid w:val="00190B1A"/>
     <w:rsid w:val="001B6B32"/>
     <w:rsid w:val="001D42CB"/>
     <w:rsid w:val="001D75BE"/>
+    <w:rsid w:val="001E301B"/>
     <w:rsid w:val="00201FD1"/>
     <w:rsid w:val="0021690C"/>
     <w:rsid w:val="002237C2"/>
     <w:rsid w:val="00234887"/>
     <w:rsid w:val="00250D0F"/>
     <w:rsid w:val="00256A43"/>
+    <w:rsid w:val="00271C93"/>
     <w:rsid w:val="00277132"/>
     <w:rsid w:val="00285107"/>
     <w:rsid w:val="002978E8"/>
     <w:rsid w:val="002C0749"/>
     <w:rsid w:val="002C3D04"/>
+    <w:rsid w:val="002D6301"/>
     <w:rsid w:val="002E4866"/>
+    <w:rsid w:val="00307B48"/>
+    <w:rsid w:val="00310FFA"/>
     <w:rsid w:val="00336C19"/>
     <w:rsid w:val="0034178F"/>
     <w:rsid w:val="00342004"/>
     <w:rsid w:val="00373368"/>
     <w:rsid w:val="00373C67"/>
     <w:rsid w:val="00380219"/>
     <w:rsid w:val="0038081B"/>
     <w:rsid w:val="00391D4F"/>
     <w:rsid w:val="003955AC"/>
     <w:rsid w:val="003A4B1A"/>
     <w:rsid w:val="003C2CEC"/>
     <w:rsid w:val="003E199E"/>
     <w:rsid w:val="00400010"/>
     <w:rsid w:val="00414771"/>
     <w:rsid w:val="004310A4"/>
     <w:rsid w:val="00446658"/>
     <w:rsid w:val="0046451A"/>
-    <w:rsid w:val="00487335"/>
     <w:rsid w:val="004A4BAD"/>
     <w:rsid w:val="004C4DF0"/>
     <w:rsid w:val="00503AED"/>
-    <w:rsid w:val="005259C9"/>
+    <w:rsid w:val="005071DD"/>
     <w:rsid w:val="00526CB3"/>
+    <w:rsid w:val="00536674"/>
     <w:rsid w:val="00556214"/>
     <w:rsid w:val="00572A0F"/>
     <w:rsid w:val="005A0471"/>
     <w:rsid w:val="005A2EC4"/>
     <w:rsid w:val="005B6259"/>
     <w:rsid w:val="005C5DF0"/>
     <w:rsid w:val="005D41B2"/>
     <w:rsid w:val="005D6B25"/>
     <w:rsid w:val="005F31DE"/>
     <w:rsid w:val="0061480C"/>
-    <w:rsid w:val="00643F6A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0064646C"/>
     <w:rsid w:val="00653BFE"/>
     <w:rsid w:val="0066531B"/>
     <w:rsid w:val="00671413"/>
     <w:rsid w:val="00685F2D"/>
+    <w:rsid w:val="006A3E5F"/>
     <w:rsid w:val="006B7BB7"/>
     <w:rsid w:val="006D32EB"/>
     <w:rsid w:val="006D41D7"/>
     <w:rsid w:val="006D43FA"/>
     <w:rsid w:val="006F75DA"/>
     <w:rsid w:val="00702D07"/>
     <w:rsid w:val="007038AA"/>
-    <w:rsid w:val="00704496"/>
     <w:rsid w:val="007119FB"/>
     <w:rsid w:val="007211D7"/>
+    <w:rsid w:val="007267E5"/>
     <w:rsid w:val="007269EF"/>
     <w:rsid w:val="007417CB"/>
     <w:rsid w:val="00741F91"/>
     <w:rsid w:val="00751878"/>
-    <w:rsid w:val="0077215D"/>
     <w:rsid w:val="00782FB8"/>
     <w:rsid w:val="007B6F2E"/>
     <w:rsid w:val="007D3FDF"/>
     <w:rsid w:val="007F5E7B"/>
+    <w:rsid w:val="008319BE"/>
     <w:rsid w:val="0083544A"/>
     <w:rsid w:val="0084046D"/>
     <w:rsid w:val="00855D17"/>
     <w:rsid w:val="0086352C"/>
     <w:rsid w:val="008904CB"/>
     <w:rsid w:val="00892138"/>
+    <w:rsid w:val="008A01A4"/>
     <w:rsid w:val="008A7386"/>
     <w:rsid w:val="008B1B6C"/>
     <w:rsid w:val="008B3C2B"/>
     <w:rsid w:val="008C7EFC"/>
     <w:rsid w:val="008D575B"/>
     <w:rsid w:val="008F2FCD"/>
     <w:rsid w:val="008F569E"/>
     <w:rsid w:val="00902FB8"/>
     <w:rsid w:val="00950C27"/>
     <w:rsid w:val="00951DD2"/>
     <w:rsid w:val="00976663"/>
     <w:rsid w:val="009802B0"/>
     <w:rsid w:val="009B25D9"/>
     <w:rsid w:val="009C5DDC"/>
     <w:rsid w:val="009D08BE"/>
     <w:rsid w:val="009D1DD0"/>
     <w:rsid w:val="009D3747"/>
     <w:rsid w:val="009E562F"/>
     <w:rsid w:val="009F423F"/>
+    <w:rsid w:val="00A03150"/>
     <w:rsid w:val="00A064FD"/>
-    <w:rsid w:val="00A106A6"/>
     <w:rsid w:val="00A16A4F"/>
     <w:rsid w:val="00A23525"/>
     <w:rsid w:val="00A319FF"/>
     <w:rsid w:val="00A5404D"/>
     <w:rsid w:val="00A675E4"/>
     <w:rsid w:val="00A96996"/>
     <w:rsid w:val="00AB1A8D"/>
     <w:rsid w:val="00AC0D12"/>
+    <w:rsid w:val="00AC69F3"/>
     <w:rsid w:val="00B03F05"/>
     <w:rsid w:val="00B10038"/>
     <w:rsid w:val="00B152A0"/>
     <w:rsid w:val="00B17D29"/>
     <w:rsid w:val="00B3618A"/>
     <w:rsid w:val="00B42C71"/>
     <w:rsid w:val="00B75D64"/>
     <w:rsid w:val="00B93188"/>
+    <w:rsid w:val="00B93E5F"/>
     <w:rsid w:val="00B940DC"/>
     <w:rsid w:val="00B96CCA"/>
     <w:rsid w:val="00BB49D1"/>
     <w:rsid w:val="00BC2ED0"/>
     <w:rsid w:val="00BC703E"/>
     <w:rsid w:val="00BC7B70"/>
+    <w:rsid w:val="00BE0DAB"/>
     <w:rsid w:val="00BE65D1"/>
     <w:rsid w:val="00BF38FA"/>
     <w:rsid w:val="00C04092"/>
     <w:rsid w:val="00C15D83"/>
     <w:rsid w:val="00C235C5"/>
     <w:rsid w:val="00C344BF"/>
     <w:rsid w:val="00C4181B"/>
     <w:rsid w:val="00C543B4"/>
     <w:rsid w:val="00C74D12"/>
-    <w:rsid w:val="00C77EE8"/>
     <w:rsid w:val="00C85D11"/>
     <w:rsid w:val="00C90894"/>
+    <w:rsid w:val="00C920A6"/>
+    <w:rsid w:val="00CA7553"/>
     <w:rsid w:val="00CD4E48"/>
     <w:rsid w:val="00CE0BBF"/>
     <w:rsid w:val="00CF5D73"/>
     <w:rsid w:val="00D233B1"/>
     <w:rsid w:val="00D2408F"/>
     <w:rsid w:val="00D665F3"/>
     <w:rsid w:val="00D736D1"/>
     <w:rsid w:val="00D74549"/>
+    <w:rsid w:val="00D90DEC"/>
     <w:rsid w:val="00DC225C"/>
     <w:rsid w:val="00DD4B22"/>
     <w:rsid w:val="00DE5704"/>
     <w:rsid w:val="00DE6FA8"/>
     <w:rsid w:val="00DE78BD"/>
     <w:rsid w:val="00E13837"/>
     <w:rsid w:val="00E13F57"/>
     <w:rsid w:val="00E14FD5"/>
     <w:rsid w:val="00E21725"/>
     <w:rsid w:val="00E26BD5"/>
+    <w:rsid w:val="00E349FB"/>
     <w:rsid w:val="00E35771"/>
     <w:rsid w:val="00E3714A"/>
     <w:rsid w:val="00E375E9"/>
     <w:rsid w:val="00E66121"/>
     <w:rsid w:val="00E82D2B"/>
     <w:rsid w:val="00EA61FB"/>
     <w:rsid w:val="00EB17AB"/>
+    <w:rsid w:val="00EB4344"/>
     <w:rsid w:val="00EC3795"/>
     <w:rsid w:val="00ED1C9E"/>
     <w:rsid w:val="00EE2730"/>
+    <w:rsid w:val="00F32F22"/>
     <w:rsid w:val="00F37394"/>
     <w:rsid w:val="00F609E4"/>
     <w:rsid w:val="00FC72B1"/>
     <w:rsid w:val="00FE29FC"/>
     <w:rsid w:val="00FF1CFA"/>
     <w:rsid w:val="00FF3469"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1C47CD16"/>
   <w15:docId w15:val="{6F0546B3-3CD3-4DE0-B1A2-FF660D1DD6B6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6198,105 +6280,101 @@
   <w:style w:type="paragraph" w:styleId="berarbeitung">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000778C7"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="berschrift2Zchn">
     <w:name w:val="Überschrift 2 Zchn"/>
     <w:link w:val="berschrift2"/>
     <w:rsid w:val="00572A0F"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="96"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="447894583">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1436558208">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1961375280">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
-[...2 lines deleted...]
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -6837,125 +6915,125 @@
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="82589c12-70c4-4c94-a25a-3c827aa5c9f9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC94C173-5180-4F22-8BEB-52D650A3DDD3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0529331E-7CB3-44FD-BAA4-2068004CB1DE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71567D67-8218-48BE-9846-87834F3F41D0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38D6EEA1-9AB4-4FE1-AE5C-856BADE6445A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D54F9FDA-C2C9-413D-B298-9F3530BACF6C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2004</Words>
-  <Characters>15550</Characters>
+  <Words>1961</Words>
+  <Characters>15349</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>129</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>414</Lines>
+  <Paragraphs>125</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>IHK Darmstadt</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17519</CharactersWithSpaces>
+  <CharactersWithSpaces>17185</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="144" baseType="variant">
       <vt:variant>
         <vt:i4>4063319</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>69</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@wiesbaden.ihk.de</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5767260</vt:i4>
       </vt:variant>
       <vt:variant>