--- v0 (2025-10-08)
+++ v1 (2026-01-12)
@@ -1,61 +1,63 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2BFB91EB" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
+    <w:p w14:paraId="2BFB91EB" w14:textId="32307EC0" w:rsidR="006D32EB" w:rsidRDefault="003B5E6F">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="6D19A09C" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="0B338260" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="521D6089" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="4C0D426F" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="33BA6DEC" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="1217C929" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="358CD5E1" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="76F5E41D" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="008835AF" w:rsidRDefault="006D32EB" w:rsidP="00782FB8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t xml:space="preserve">Muster </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="523D2266" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="008835AF" w:rsidRDefault="006D32EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -67,118 +69,120 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E5D7242" w14:textId="77777777" w:rsidR="0095563E" w:rsidRPr="008835AF" w:rsidRDefault="0095563E" w:rsidP="0095563E">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>Aufhebungsvertrag</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31F5013B" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="1F3CF134" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="7FFE1747" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="51CFF242" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="318DA45F" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="21E7948C" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
-    <w:p w14:paraId="4C3A9600" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
-    <w:p w14:paraId="4B0450A6" w14:textId="77777777" w:rsidR="000F775B" w:rsidRDefault="000F775B" w:rsidP="000F775B">
+    <w:p w14:paraId="25F2F58C" w14:textId="77777777" w:rsidR="00FE7884" w:rsidRDefault="00FE7884" w:rsidP="00FE7884">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212717203"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit freundlicher Unterstützung zur Verfügung gestellt vom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F96C33F" wp14:editId="55CD4B03">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="74C2C8BC" wp14:editId="6F9BBC12">
             <wp:extent cx="2247900" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="588512616" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2240280" cy="563880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="4C3A9600" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="7E99615A" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="5D38B45A" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="636BC7DF" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="38DF946C" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="744DC7FA" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="66FDAC5E" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="006D32EB" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00050FF3" w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -352,51 +356,69 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aus Gründen der sprachlichen Vereinfachung wird auf die Nennung der drei Geschlechter verzichtet, wo eine geschlechtsneutrale Formulierung nicht möglich war. In diesen Fällen beziehen die verwendeten männlichen Begriffe die weiblichen und diversen Formen ebenso mit ein. </w:t>
       </w:r>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Mustervertrag ist nur ein Vorschlag für eine mögliche Regelung. Viele Festlegungen sind frei vereinbar. Der Verwender kann auch andere Formulierungen wählen. </w:t>
       </w:r>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret zu regelnde Situation und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
+        <w:t xml:space="preserve">Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008835AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zu regelnde Situation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008835AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
       </w:r>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Falls Sie einen maßgeschneiderten Vertrag benötigen, sollten Sie sich durch einen Rechtsanwalt Ihres Vertrauens beraten lassen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42E540DD" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -452,51 +474,69 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57B9E7A7" w14:textId="77777777" w:rsidR="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Zwischen </w:t>
       </w:r>
       <w:r w:rsidR="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-        <w:t>………………………………………………………………………………………………..</w:t>
+        <w:t>…………………………………………………………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008835AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008835AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11F8D7F3" w14:textId="77777777" w:rsidR="008835AF" w:rsidRDefault="008835AF" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1281366F" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -555,51 +595,69 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ggf.:</w:t>
       </w:r>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> vertreten durch ……………………………………….…………………………………………</w:t>
+        <w:t xml:space="preserve"> vertreten durch …………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008835AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008835AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>………………</w:t>
       </w:r>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CCF4DD1" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:jc w:val="right"/>
         <w:rPr>
@@ -677,219 +735,288 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62B2E750" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="008835AF" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="00050FF3" w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ohnhaft ……………………………………………………………………………..………………..</w:t>
+        <w:t>ohnhaft ………………………………………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00050FF3" w:rsidRPr="008835AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00050FF3" w:rsidRPr="008835AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.…………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00050FF3" w:rsidRPr="008835AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00050FF3" w:rsidRPr="008835AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0460E0A0" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>- nachfolgend „Arbeitnehmer“ genannt -</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13961792" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0012ED6C" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
+    <w:p w14:paraId="0012ED6C" w14:textId="6B3F4E97" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>wird folgender Aufhebungsvertrag geschlossen:</w:t>
+      </w:r>
+      <w:r w:rsidR="00620F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00620F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="712AF03E" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="174F7A95" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F1E5136" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Beendigung des Arbeitsverhältnisses</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="291E6F77" w14:textId="14ABD3A0" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
+    <w:p w14:paraId="291E6F77" w14:textId="76B6F2C9" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Das zwischen dem Arbeitgeber und dem Arbeitnehmer bestehende Arbeitsverhältnis </w:t>
       </w:r>
       <w:r w:rsidR="007101DC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nebst sämtlichen arbeitsvertraglichen Vereinbarungen </w:t>
       </w:r>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">wird zum </w:t>
       </w:r>
       <w:r w:rsidR="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………</w:t>
       </w:r>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>im gegenseitigen Einvernehmen beendet. Bei dieser Frist wurde die vereinbarte Kündigungsfrist eingehalten.</w:t>
       </w:r>
+      <w:r w:rsidR="00620F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0FA702D2" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1523FCEC" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
+    <w:p w14:paraId="1523FCEC" w14:textId="3984ABDD" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Arbeitsfreistellung</w:t>
       </w:r>
+      <w:r w:rsidR="00E151CD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="20AA99EA" w14:textId="7376D877" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Arbeitnehmer erhält das regelmäßige monatliche Entgelt in Höhe von </w:t>
       </w:r>
       <w:r w:rsidR="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……….</w:t>
@@ -907,631 +1034,808 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>€ bis zum ……….</w:t>
       </w:r>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> weitergezahlt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BDF77FB" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="570AA715" w14:textId="0AD20847" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
+    <w:p w14:paraId="0C9AF60B" w14:textId="77777777" w:rsidR="00E151CD" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Arbeitnehmer wird bis zum Vertragsende unter Fortzahlung der vertraglich vereinbarten Vergütung unwiderruflich </w:t>
       </w:r>
       <w:r w:rsidR="007101DC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">mit sofortiger Wirkung </w:t>
       </w:r>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">von seinen vertraglichen Verpflichtungen freigestellt. </w:t>
       </w:r>
       <w:r w:rsidR="007101DC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit Beginn der Freistellung sind sämtliche Vollmachten des Arbeitnehmers erloschen. </w:t>
       </w:r>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Die Freistellung erfolgt zunächst unter Anrechnung der noch zustehenden Resturlaubsansprüche sowie danach sonstiger eventueller Freistellungsansprüche. Im Anschluss an diese Anrechnungszeiträume ist anderweitiger Verdienst nach </w:t>
+        <w:t xml:space="preserve">Die Freistellung erfolgt zunächst unter Anrechnung der noch zustehenden Resturlaubsansprüche sowie danach sonstiger eventueller Freistellungsansprüche. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B2D0816" w14:textId="77777777" w:rsidR="00E151CD" w:rsidRDefault="00E151CD" w:rsidP="00561E68">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3868B577" w14:textId="0EB29EFE" w:rsidR="00E151CD" w:rsidRPr="00E151CD" w:rsidRDefault="00620F5C" w:rsidP="00561E68">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00E151CD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Optional:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="570AA715" w14:textId="2FDDCDCD" w:rsidR="00050FF3" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008835AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Im Anschluss an diese Anrechnungszeiträume ist anderweitiger Verdienst nach </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:tgtFrame="_self" w:history="1">
         <w:r w:rsidR="00481268">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>Paragraf</w:t>
         </w:r>
         <w:r w:rsidRPr="00561E68">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="auto"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t xml:space="preserve"> 615 S. 2 BGB</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> anzurechnen. Der Arbeitnehmer ist verpflichtet, anderweitig erzielten Verdienst dem Arbeitgeber unaufgefordert mitzuteilen.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="7A7D20A5" w14:textId="77777777" w:rsidR="00E151CD" w:rsidRPr="008835AF" w:rsidRDefault="00E151CD" w:rsidP="00561E68">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="4EB8B4BC" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EFA5D8D" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="00561E68" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
+    <w:p w14:paraId="6FCBB447" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="00561E68" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00561E68">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Urlaub</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="09B53BBA" w14:textId="4A2A018A" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
+        <w:t>Abfindung</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74D0031F" w14:textId="738B3602" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Der dem Arbeitnehmer bis zu Beendigung des Arbeitsverhältnisses zustehende Resturlaub wird während der Arbeitsfreistellung gewährt.</w:t>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:t xml:space="preserve">Der Arbeitgeber verpflichtet sich, an den Arbeitnehmer eine Abfindung in Höhe von </w:t>
+      </w:r>
+      <w:r w:rsidR="00561E68">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00561E68">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008835AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>€ brutto zu zahlen.</w:t>
+      </w:r>
+      <w:r w:rsidR="007101DC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Die Abfindung ist bereits mit Wirksamkeit dieser Vereinbarung entstanden und vererblich. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B14BBDD" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008835AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Die Abfindung ist mit der Beendigung des Arbeitsverhältnisses fällig.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B66F009" w14:textId="758A2134" w:rsidR="00E151CD" w:rsidRPr="00E151CD" w:rsidRDefault="00E151CD" w:rsidP="00561E68">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Anmerkung: eine gesetzliche Pflicht zur Zahlung einer Abfindung besteht nicht)</w:t>
+      </w:r>
+      <w:r w:rsidR="00620F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FCBB447" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="00561E68" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
+    <w:p w14:paraId="1577F404" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35D8F221" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="00561E68" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561E68">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...11 lines deleted...]
-    <w:p w14:paraId="74D0031F" w14:textId="738B3602" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
+        <w:t>Wettbewerbsvereinbarung</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ECDAA10" w14:textId="4F28CB2A" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Der Arbeitgeber verpflichtet sich, an den Arbeitnehmer eine Abfindung in Höhe von </w:t>
+        <w:t xml:space="preserve">Von diesem Vertrag bleibt die Wettbewerbsvereinbarung zwischen dem Arbeitgeber und dem Arbeitnehmer vom </w:t>
       </w:r>
       <w:r w:rsidR="00561E68">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>……….</w:t>
-[...46 lines deleted...]
-    <w:p w14:paraId="35D8F221" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="00561E68" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00561E68">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00561E68">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008835AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unberührt.</w:t>
+      </w:r>
+      <w:r w:rsidR="00620F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13020BFF" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5092E37E" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="00561E68" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00561E68">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Wettbewerbsvereinbarung</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5ECDAA10" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
+        <w:t>Zeugnis, Arbeitspapiere</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E2E38E8" w14:textId="6B06ED16" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Von diesem Vertrag bleibt die Wettbewerbsvereinbarung zwischen dem Arbeitgeber und dem Arbeitnehmer vom </w:t>
+        <w:t xml:space="preserve">Der Arbeitnehmer erhält bis spätestens </w:t>
       </w:r>
       <w:r w:rsidR="00561E68">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>………..</w:t>
-[...19 lines deleted...]
-    <w:p w14:paraId="5092E37E" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="00561E68" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
+        <w:t>……………</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008835AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ein wohlwollendes qualifiziertes Zeugnis.</w:t>
+      </w:r>
+      <w:r w:rsidR="00620F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E49F7D8" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36B5F1F6" w14:textId="03C2553D" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008835AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Der Arbeitgeber händigt dem Arbeitnehmer zum Beendigungstermin die Arbeitspapiere aus.</w:t>
+      </w:r>
+      <w:r w:rsidR="00620F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D1031B2" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="714F76DE" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Zeugnis, Arbeitspapiere</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2E2E38E8" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
+      </w:pPr>
+      <w:r w:rsidRPr="008835AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sonstige Vereinbarungen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10901092" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01D87680" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Der Arbeitnehmer erhält bis spätestens </w:t>
+        <w:t>....................................................................................................................</w:t>
       </w:r>
       <w:r w:rsidR="00561E68">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>……………</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="3E49F7D8" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
+        <w:t>..............</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6846CE96" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...27 lines deleted...]
-    <w:p w14:paraId="714F76DE" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
+      <w:r w:rsidRPr="008835AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>....................................................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00561E68">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>..............</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F703246" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0E4599D9" w14:textId="7F54CBB1" w:rsidR="00050FF3" w:rsidRPr="00561E68" w:rsidRDefault="00ED5813" w:rsidP="008835AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...19 lines deleted...]
-    <w:p w14:paraId="01D87680" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
+        <w:t>Sozialversicherungsrechtliche Pflichten</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F2BDB66" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>....................................................................................................................</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="6846CE96" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
+        <w:t>Zur Aufrechterhaltung ungekürzter Ansprüche auf Arbeitslosengeld ist der Arbeitnehmer verpflichtet, sich unverzüglich nach Abschluss dieses Aufhebungsvertrages persönlich bei der Agentur für Arbeit arbeitssuchend zu melden. Weiterhin ist er verpflichtet, aktiv nach einer Beschäftigung zu suchen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CB2F020" w14:textId="77777777" w:rsidR="00ED5813" w:rsidRDefault="00ED5813" w:rsidP="00561E68">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008835AF">
-[...25 lines deleted...]
-    <w:p w14:paraId="0E4599D9" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="00561E68" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
+    </w:p>
+    <w:p w14:paraId="0679DC74" w14:textId="264C5E2C" w:rsidR="00ED5813" w:rsidRPr="008835AF" w:rsidRDefault="00ED5813" w:rsidP="00561E68">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der Abschluss eines Aufhebungsvertrages kann zu sozialversicherungsrechtlichen Nachteilen führen. Dem Arbeitnehmer ist bekannt, dass er sich vor Abschluss dieser Vereinbarung über sozialversicherungsrechtlichen und steuerlichen Folgen dieser Vereinbarung informieren sollte. </w:t>
+      </w:r>
+      <w:r w:rsidR="00620F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00620F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00620F5C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="708C890E" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A72D658" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="00561E68" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00561E68">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Meldepflicht</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1F2BDB66" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
+        <w:t>Ausgleich aller Ansprüche</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0295DC58" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Zur Aufrechterhaltung ungekürzter Ansprüche auf Arbeitslosengeld ist der Arbeitnehmer verpflichtet, sich unverzüglich nach Abschluss dieses Aufhebungsvertrages persönlich bei der Agentur für Arbeit arbeitssuchend zu melden. Weiterhin ist er verpflichtet, aktiv nach einer Beschäftigung zu suchen.</w:t>
-[...48 lines deleted...]
-        <w:t>Mit Erfüllung dieser Vereinbarung sind sämtliche wechselseitigen finanziellen Ansprüche der Parteien aus dem Arbeitsverhältnis und seiner Beendigung, gleich aus welchem Rechtsgrund, gleich ob bekannt oder unbekannt, abgegolten und erledigt.</w:t>
+        <w:t xml:space="preserve">Mit Erfüllung dieser Vereinbarung sind sämtliche wechselseitigen finanziellen Ansprüche der Parteien aus dem Arbeitsverhältnis und seiner Beendigung, gleich </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008835AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>aus welchem Rechtsgrund, gleich ob bekannt oder unbekannt, abgegolten und erledigt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A32BE6F" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17C09773" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="00561E68">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -1729,51 +2033,73 @@
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00481268">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Unterschrift Arbeitnehmer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="013FDDB7" w14:textId="537BA295" w:rsidR="00050FF3" w:rsidRPr="007101DC" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
+    <w:p w14:paraId="1D6206E5" w14:textId="77777777" w:rsidR="0023740B" w:rsidRDefault="0023740B" w:rsidP="008835AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="649B893A" w14:textId="77777777" w:rsidR="0023740B" w:rsidRDefault="0023740B" w:rsidP="008835AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="013FDDB7" w14:textId="54AF4FF7" w:rsidR="00050FF3" w:rsidRPr="007101DC" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Anmerkungen:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A296FB4" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1897,69 +2223,101 @@
         </w:rPr>
         <w:t>gesetzliche, tarifliche oder einzelvertragliche Kündigungsfristen brauchen nicht eingehalten zu werden</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="161D8185" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>allgemeiner und besonderer Kündigungsschutz wie Mutterschutz, Schwerbehinderung greift nicht</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04FE90C7" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
+    <w:p w14:paraId="04FE90C7" w14:textId="42E78A71" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="0023740B" w:rsidP="008835AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008835AF">
-[...5 lines deleted...]
-        <w:t>kein Kündigungsprozess möglich</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Risiko eines </w:t>
+      </w:r>
+      <w:r w:rsidR="00050FF3" w:rsidRPr="008835AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Kündigungsprozess</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:r w:rsidR="00050FF3" w:rsidRPr="008835AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>weitgehend ausgeschlossen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3504E461" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Betriebsrat braucht nicht angehört zu werden</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17BA3F06" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
@@ -2042,82 +2400,82 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="132356AE" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2. Form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DC11984" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
+    <w:p w14:paraId="4DC11984" w14:textId="47B6EC03" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Auch der Aufhebungsvertrag </w:t>
       </w:r>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>muss</w:t>
       </w:r>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> seit dem 1. Mai 2000 </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">schriftlich </w:t>
       </w:r>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>abgeschlossen werden. Mündlich geschlossene Aufhebungsverträge verstoßen gegen dieses Schriftformerfordernis und lassen das Arbeitsverhältnis fortbestehen. Formunwirksam kann der Aufhebungsvertrag auch dadurch werden, dass wesentliche Nebenabreden nicht aufgenommen werden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03FCC1A9" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2183,110 +2541,131 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="172B33EF" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4. Steuerrechtliche Behandlung der Abfindung</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F74285F" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
+    <w:p w14:paraId="6F74285F" w14:textId="7437DA8A" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="Hervorhebung"/>
           <w:rFonts w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rStyle w:val="Hervorhebung"/>
           <w:rFonts w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>In der Vergangenheit sah § 3 Nr. 9 EStG die Steuerfreiheit von Abfindungen in einer bestimmten Größenordnung abhängig vom Alter und Betriebszugehörigkeit vor. Dies ist aber  durch das Gesetz zum Einstieg in ein steuerliches Sofortprogramm vom 22. Dezember 2005</w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t>Abfindungen</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC1698">
+        <w:rPr>
+          <w:rStyle w:val="Hervorhebung"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sind</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008835AF">
+        <w:rPr>
+          <w:rStyle w:val="Hervorhebung"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">ersatzlos aufgehoben worden, mit der Folge, dass Abfindungen </w:t>
       </w:r>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rStyle w:val="Hervorhebung"/>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nicht</w:t>
       </w:r>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rStyle w:val="Hervorhebung"/>
           <w:rFonts w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> steuerfrei sind, sondern der normalen und regulären Besteuerung unterliegen.</w:t>
+        <w:t xml:space="preserve"> steuerfrei, sondern </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC1698">
+        <w:rPr>
+          <w:rStyle w:val="Hervorhebung"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">unterliegen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008835AF">
+        <w:rPr>
+          <w:rStyle w:val="Hervorhebung"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>der normalen und regulären Besteuerung.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="563DA877" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1674C310" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
@@ -2526,51 +2905,50 @@
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5. Hinweispflicht des Arbeitgebers</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E0079B4" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Für den Arbeitgeber können sich bei Beendigung des Arbeitsverhältnisses infolge des Aufhebungsvertrages besondere Aufklärungs- und Belehrungspflichten hinsichtlich der sozialversicherungsrechtlichen Folgen ergeben.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1349A1B8" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>So kann etwa die Bundesagentur für Arbeit beim Arbeitslosengeld eine Sperrfrist verhängen. Etwaige Abfindungszahlungen können auf das Arbeitslosengeld angerechnet werden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ACDD395" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -2723,196 +3101,227 @@
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>wenn der Arbeitgeber erkennt, dass der Arbeitnehmer über Folgen und Tragweite seiner Handlung ersichtlich im Unklaren ist.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06728AAA" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="733E5034" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
+    <w:p w14:paraId="733E5034" w14:textId="29092BA4" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Tipp: </w:t>
       </w:r>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Der Arbeitgeber sollte nicht versuchen, seinem Arbeitnehmer detaillierte Auskünfte zu den sozialrechtlichen Auswirkungen der Aufhebung des Arbeitsverhältnisse zu geben, denn diese Materie ist äußerst schwierig und zudem dauernden Änderungen unterworfen. Auch können schuldhaft falsche Auskünfte den Arbeitgeber zum Schadensersatz verpflichteten.</w:t>
+        <w:t>Der Arbeitgeber sollte nicht versuchen, seinem Arbeitnehmer detaillierte Auskünfte zu den sozialrechtlichen Auswirkungen der Aufhebung des Arbeitsverhältnisse</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5813">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008835AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zu geben, denn diese Materie ist äußerst schwierig und zudem dauernden Änderungen unterworfen. Auch können schuldhaft falsche Auskünfte den Arbeitgeber zum Schadensersatz verpflichteten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3897E0CA" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35976FA3" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6. Meldepflicht des Arbeitnehmers/Aufklärungspflichten des Arbeitgebers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DA29A48" w14:textId="675E7E03" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Seit dem 1. Juli 2003 ist der Arbeitnehmer verpflichtet, sich frühzeitig bei der Agentur für Arbeit arbeitsuchend zu melden. Die Meldung hat unverzüglich </w:t>
+    <w:p w14:paraId="0DA29A48" w14:textId="2EBD238A" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00ED5813" w:rsidP="008835AF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00050FF3" w:rsidRPr="008835AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">er Arbeitnehmer verpflichtet, sich frühzeitig bei der Agentur für Arbeit arbeitsuchend zu melden. Die Meldung hat unverzüglich </w:t>
       </w:r>
       <w:r w:rsidR="007101DC">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(innerhalb von drei Tagen) </w:t>
       </w:r>
-      <w:r w:rsidRPr="008835AF">
-[...5 lines deleted...]
-        <w:t>nach Kenntnis von der Beendigung des Arbeitsverhältnisses zu erfolgen, spätestens jedoch drei Monate vor dem vorgesehenen Beendigungszeitpunkt. Ein Verstoß gegen die Meldepflicht vermindert das spätere Arbeitslosengeld des Arbeitnehmers.</w:t>
+      <w:r w:rsidR="00050FF3" w:rsidRPr="008835AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nach Kenntnis von der Beendigung des Arbeitsverhältnisses zu erfolgen, spätestens jedoch drei </w:t>
+      </w:r>
+      <w:r w:rsidR="00050FF3" w:rsidRPr="008835AF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Monate vor dem vorgesehenen Beendigungszeitpunkt. Ein Verstoß gegen die Meldepflicht vermindert das spätere Arbeitslosengeld des Arbeitnehmers.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32057C5F" w14:textId="77777777" w:rsidR="00050FF3" w:rsidRPr="008835AF" w:rsidRDefault="00050FF3" w:rsidP="008835AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835AF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Arbeitgeber hat den Arbeitnehmer frühzeitig über diese Meldepflicht und die Notwendigkeit eigener Aktivitäten bei der Suche nach einer anderen Beschäftigung zu informieren.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F9AC36B" w14:textId="77777777" w:rsidR="005D41B2" w:rsidRDefault="005D41B2" w:rsidP="00101FDB">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="1F9AC36B" w14:textId="77777777" w:rsidR="005D41B2" w:rsidRDefault="005D41B2" w:rsidP="00FE7884">
+      <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="005D41B2" w:rsidSect="000F775B">
+    <w:sectPr w:rsidR="005D41B2">
       <w:headerReference w:type="default" r:id="rId15"/>
-      <w:headerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="964" w:right="1021" w:bottom="833" w:left="1814" w:header="720" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:docGrid w:linePitch="299"/>
+      <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="471739EF" w14:textId="77777777" w:rsidR="00841EA6" w:rsidRDefault="00841EA6">
+    <w:p w14:paraId="3CAB1C5C" w14:textId="77777777" w:rsidR="009761FB" w:rsidRDefault="009761FB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3238903E" w14:textId="77777777" w:rsidR="00841EA6" w:rsidRDefault="00841EA6">
+    <w:p w14:paraId="407140BB" w14:textId="77777777" w:rsidR="009761FB" w:rsidRDefault="009761FB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -2923,214 +3332,118 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0F479E1A" w14:textId="77777777" w:rsidR="00841EA6" w:rsidRDefault="00841EA6">
+    <w:p w14:paraId="1F0DEA27" w14:textId="77777777" w:rsidR="009761FB" w:rsidRDefault="009761FB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2B688A37" w14:textId="77777777" w:rsidR="00841EA6" w:rsidRDefault="00841EA6">
+    <w:p w14:paraId="721E22FC" w14:textId="77777777" w:rsidR="009761FB" w:rsidRDefault="009761FB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="7976BF02" w14:textId="79CAB1CF" w:rsidR="006D32EB" w:rsidRDefault="000F775B">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7976BF02" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+  </w:p>
+  <w:p w14:paraId="5B8A9C5F" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
-        <w:noProof/>
+        <w:color w:val="808080"/>
       </w:rPr>
-      <w:drawing>
-[...40 lines deleted...]
-    </w:r>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="6F9DD109" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+      <w:rPr>
+        <w:color w:val="808080"/>
+      </w:rPr>
+    </w:pPr>
   </w:p>
   <w:p w14:paraId="14692F06" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="223DAA43" w14:textId="59114080" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...64 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A1877E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="928A437E"/>
     <w:lvl w:ilvl="0" w:tplc="B58A0CB2">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3894,259 +4207,250 @@
   <w:num w:numId="1" w16cid:durableId="615136923">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="444078167">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="495070431">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1696224875">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1075977910">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1118842478">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="305743917">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="37889"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...17 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="009D3E96"/>
     <w:rsid w:val="000333F8"/>
     <w:rsid w:val="000459BF"/>
     <w:rsid w:val="00050FF3"/>
     <w:rsid w:val="000834FA"/>
     <w:rsid w:val="00086F57"/>
     <w:rsid w:val="00094265"/>
-    <w:rsid w:val="000F775B"/>
     <w:rsid w:val="00101FDB"/>
     <w:rsid w:val="001045FC"/>
     <w:rsid w:val="0011284E"/>
     <w:rsid w:val="00136734"/>
     <w:rsid w:val="00137836"/>
     <w:rsid w:val="001535E9"/>
     <w:rsid w:val="00153B0E"/>
     <w:rsid w:val="0016349B"/>
     <w:rsid w:val="00187EFA"/>
     <w:rsid w:val="00190B1A"/>
     <w:rsid w:val="001D239E"/>
     <w:rsid w:val="001D3AED"/>
+    <w:rsid w:val="001E301B"/>
     <w:rsid w:val="00201FD1"/>
     <w:rsid w:val="00204178"/>
     <w:rsid w:val="002237C2"/>
+    <w:rsid w:val="0023740B"/>
     <w:rsid w:val="00245870"/>
-    <w:rsid w:val="002722A8"/>
     <w:rsid w:val="002807C8"/>
     <w:rsid w:val="002A0801"/>
     <w:rsid w:val="002C0749"/>
     <w:rsid w:val="002C3D04"/>
-    <w:rsid w:val="00303085"/>
     <w:rsid w:val="00342004"/>
     <w:rsid w:val="00373C67"/>
     <w:rsid w:val="00385CD0"/>
     <w:rsid w:val="00391D4F"/>
+    <w:rsid w:val="003B5E6F"/>
     <w:rsid w:val="003C4A31"/>
     <w:rsid w:val="003D0DC9"/>
     <w:rsid w:val="003D6026"/>
     <w:rsid w:val="00400010"/>
-    <w:rsid w:val="00414B08"/>
     <w:rsid w:val="004310A4"/>
     <w:rsid w:val="00434502"/>
     <w:rsid w:val="00446658"/>
     <w:rsid w:val="00481268"/>
-    <w:rsid w:val="00487335"/>
     <w:rsid w:val="004D10CC"/>
     <w:rsid w:val="004D76C4"/>
-    <w:rsid w:val="00506181"/>
+    <w:rsid w:val="005071DD"/>
     <w:rsid w:val="00515F2F"/>
     <w:rsid w:val="0051636B"/>
     <w:rsid w:val="00526CB3"/>
+    <w:rsid w:val="00536674"/>
     <w:rsid w:val="00561E68"/>
     <w:rsid w:val="005A2EC4"/>
     <w:rsid w:val="005D41B2"/>
     <w:rsid w:val="005D6B25"/>
+    <w:rsid w:val="00620F5C"/>
     <w:rsid w:val="006802BE"/>
     <w:rsid w:val="006D32EB"/>
     <w:rsid w:val="007038AA"/>
     <w:rsid w:val="007101DC"/>
     <w:rsid w:val="007417CB"/>
-    <w:rsid w:val="007709EC"/>
     <w:rsid w:val="0077362C"/>
     <w:rsid w:val="00782FB8"/>
     <w:rsid w:val="007F285A"/>
     <w:rsid w:val="00810E8F"/>
     <w:rsid w:val="00813134"/>
     <w:rsid w:val="008266C2"/>
     <w:rsid w:val="0084046D"/>
     <w:rsid w:val="00841EA6"/>
     <w:rsid w:val="008835AF"/>
     <w:rsid w:val="00886420"/>
     <w:rsid w:val="008872FB"/>
     <w:rsid w:val="008A7386"/>
     <w:rsid w:val="00902FB8"/>
     <w:rsid w:val="0095563E"/>
+    <w:rsid w:val="009761FB"/>
     <w:rsid w:val="00976663"/>
     <w:rsid w:val="009802B0"/>
+    <w:rsid w:val="009C2931"/>
     <w:rsid w:val="009D08BE"/>
     <w:rsid w:val="009D1DD0"/>
     <w:rsid w:val="009D3747"/>
     <w:rsid w:val="009D3E96"/>
-    <w:rsid w:val="009E244C"/>
-    <w:rsid w:val="00A106A6"/>
     <w:rsid w:val="00A16A4F"/>
     <w:rsid w:val="00A22ECD"/>
     <w:rsid w:val="00A23525"/>
+    <w:rsid w:val="00A67084"/>
     <w:rsid w:val="00A96996"/>
     <w:rsid w:val="00AC0D12"/>
+    <w:rsid w:val="00AC69F3"/>
     <w:rsid w:val="00AD15D5"/>
     <w:rsid w:val="00B03F05"/>
     <w:rsid w:val="00B320B7"/>
     <w:rsid w:val="00B3618A"/>
     <w:rsid w:val="00B42C71"/>
+    <w:rsid w:val="00B52B58"/>
     <w:rsid w:val="00B70645"/>
     <w:rsid w:val="00B75D64"/>
     <w:rsid w:val="00B93188"/>
+    <w:rsid w:val="00B93E5F"/>
     <w:rsid w:val="00BB25AE"/>
     <w:rsid w:val="00BC2ED0"/>
+    <w:rsid w:val="00BE3E47"/>
     <w:rsid w:val="00BE65D1"/>
     <w:rsid w:val="00C04092"/>
+    <w:rsid w:val="00C158C1"/>
     <w:rsid w:val="00C15D83"/>
     <w:rsid w:val="00C2460F"/>
     <w:rsid w:val="00C4181B"/>
     <w:rsid w:val="00C543B4"/>
-    <w:rsid w:val="00C77EE8"/>
-    <w:rsid w:val="00CA44FC"/>
+    <w:rsid w:val="00CB73D1"/>
     <w:rsid w:val="00CD4E48"/>
     <w:rsid w:val="00CE1EF7"/>
     <w:rsid w:val="00D665F3"/>
     <w:rsid w:val="00D74549"/>
     <w:rsid w:val="00D87419"/>
     <w:rsid w:val="00DD4B22"/>
     <w:rsid w:val="00E00655"/>
     <w:rsid w:val="00E14FD5"/>
+    <w:rsid w:val="00E151CD"/>
     <w:rsid w:val="00E21725"/>
     <w:rsid w:val="00E26B45"/>
     <w:rsid w:val="00E3714A"/>
     <w:rsid w:val="00E66121"/>
     <w:rsid w:val="00EC3795"/>
+    <w:rsid w:val="00ED5813"/>
+    <w:rsid w:val="00F8318A"/>
+    <w:rsid w:val="00F97E80"/>
     <w:rsid w:val="00FA6898"/>
     <w:rsid w:val="00FB6694"/>
+    <w:rsid w:val="00FC1698"/>
     <w:rsid w:val="00FD3482"/>
     <w:rsid w:val="00FD64D6"/>
     <w:rsid w:val="00FE75E7"/>
+    <w:rsid w:val="00FE7884"/>
     <w:rsid w:val="00FE7BB3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="37889"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7997FB89"/>
   <w15:docId w15:val="{066731D6-B2CC-47ED-A237-4A8858C91312}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4785,65 +5089,57 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="008835AF"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berarbeitung">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CE1EF7"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proxy.beck.ihk.de/bib/bin/reference.asp?Y=100&amp;G=EStG&amp;P=24" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proxy2.haufe.ihk.de/SID81%3A10081.En1nHE8P9xc/STPPANON/654/PI10820;tab_area=content/contentDetail?Area=content&amp;iid=HI1039980&amp;pfad=PI10820%7C11%7C3%7C4" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proxy.beck.ihk.de/bib/bin/reference.asp?Y=100&amp;G=EStG&amp;P=34" TargetMode="External"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proxy.beck.ihk.de/bib/bin/reference.asp?Y=100&amp;G=EStG&amp;P=24" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proxy2.haufe.ihk.de/SID81%3A10081.En1nHE8P9xc/STPPANON/654/PI10820;tab_area=content/contentDetail?Area=content&amp;iid=HI1039980&amp;pfad=PI10820%7C11%7C3%7C4" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://proxy.beck.ihk.de/bib/bin/reference.asp?Y=100&amp;G=EStG&amp;P=34" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5115,51 +5411,56 @@
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="82589c12-70c4-4c94-a25a-3c827aa5c9f9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101007AC43CE515D2804DAC7ADE3243597B14" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="d36f937f196cc11c9034c2c1754a79c3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xmlns:ns3="82589c12-70c4-4c94-a25a-3c827aa5c9f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="503caf83702f076935e2dbbd87d5e908" ns2:_="" ns3:_="">
     <xsd:import namespace="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <xsd:import namespace="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
@@ -5374,134 +5675,129 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24383F02-EA14-4E6E-93C9-458290D54152}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA55DE62-1E23-4994-9A32-3354B0F8E619}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9C08001-1EE2-4874-8F6B-32B44215F5C1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C4529D0-426D-4D31-972F-D601483A7E4B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00A93CA3-79EE-4039-9760-42D2D5B339C2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C9C08001-1EE2-4874-8F6B-32B44215F5C1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA55DE62-1E23-4994-9A32-3354B0F8E619}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>9800</Characters>
+  <Pages>7</Pages>
+  <Words>1155</Words>
+  <Characters>9776</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>81</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>337</Lines>
+  <Paragraphs>163</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>IHK Darmstadt</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10965</CharactersWithSpaces>
+  <CharactersWithSpaces>10768</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="162" baseType="variant">
       <vt:variant>
         <vt:i4>4063319</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>78</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@wiesbaden.ihk.de</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5767260</vt:i4>
       </vt:variant>
       <vt:variant>