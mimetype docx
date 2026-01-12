--- v0 (2025-10-08)
+++ v1 (2026-01-12)
@@ -11,51 +11,51 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="597BEF97" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="597BEF98" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="597BEF99" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="597BEF9A" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="597BEF9B" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="597BEF9C" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="597BEF9D" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="597BEF9E" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="597BEF9F" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="597BEFA0" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="597BEFA1" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="597BEFA2" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="009C3118" w:rsidRDefault="006D32EB" w:rsidP="00E952B9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C3118">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
@@ -96,128 +96,131 @@
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009C3118">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>Bau-Subunter</w:t>
       </w:r>
       <w:r w:rsidR="007C5CE6" w:rsidRPr="009C3118">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>nehmer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="597BEFA5" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="597BEFA6" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="597BEFA7" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="597BEFA8" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="597BEFA9" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="597BEFAA" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
-    <w:p w14:paraId="597BEFAB" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="201594A2" w14:textId="77777777" w:rsidR="005B3164" w:rsidRDefault="005B3164" w:rsidP="005B3164">
+    <w:p w14:paraId="66B5B254" w14:textId="77777777" w:rsidR="00F471AC" w:rsidRDefault="00F471AC" w:rsidP="00F471AC">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212717203"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit freundlicher Unterstützung zur Verfügung gestellt vom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7FE7CD8A" wp14:editId="7AC5125A">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="63872CC9" wp14:editId="53CE06EA">
             <wp:extent cx="2247900" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="588512616" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2240280" cy="563880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76F3BEB3" w14:textId="77777777" w:rsidR="005B3164" w:rsidRDefault="005B3164" w:rsidP="005B3164">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="597BEFAB" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="597BEFAC" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="597BEFAD" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="597BEFAE" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="597BEFAF" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="597BEFB0" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="597BEFB1" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="597BEFB2" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="597BEFB3" w14:textId="77777777" w:rsidR="00C16E0E" w:rsidRPr="00782FB8" w:rsidRDefault="00C16E0E" w:rsidP="00782FB8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="597BEFB4" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00782FB8" w:rsidRDefault="006D32EB" w:rsidP="00782FB8">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="597BEFB6" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00E952B9" w:rsidRDefault="006D32EB" w:rsidP="00E952B9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
@@ -384,86 +387,95 @@
         <w:t xml:space="preserve"> und diversen</w:t>
       </w:r>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Formen ebenso mit ein. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Mustervertrag ist nur ein Vorschlag für eine mögliche Regelung. Viele Festlegungen sind frei vereinbar. Der Verwender kann auch andere Formulierungen wählen. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret zu regelnde Situation und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
+        <w:t xml:space="preserve">Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E952B9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zu regelnde Situation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E952B9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Falls Sie einen maßgeschneiderten </w:t>
-[...9 lines deleted...]
-        <w:t>Vertrag benötigen, sollten Sie sich durch einen Rechtsanwalt Ihres Vertrauens beraten lassen.</w:t>
+        <w:t xml:space="preserve"> Falls Sie einen maßgeschneiderten Vertrag benötigen, sollten Sie sich durch einen Rechtsanwalt Ihres Vertrauens beraten lassen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="597BEFBF" w14:textId="73E73AB7" w:rsidR="00CF313C" w:rsidRPr="00E952B9" w:rsidRDefault="001C0A8C" w:rsidP="00E952B9">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="00CF313C" w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>au-Subunternehmervertr</w:t>
       </w:r>
       <w:r w:rsidR="006836F3" w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ag</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="597BEFC1" w14:textId="77777777" w:rsidR="00CF313C" w:rsidRPr="00E952B9" w:rsidRDefault="00CF313C" w:rsidP="00E952B9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -1426,51 +1438,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> C),</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="597BEFE0" w14:textId="77777777" w:rsidR="00CF313C" w:rsidRPr="00E952B9" w:rsidRDefault="00CF313C" w:rsidP="00E952B9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Vorschriften der Berufsgenossenschaften und der zuständigen Behörden,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="597BEFE1" w14:textId="77777777" w:rsidR="00CF313C" w:rsidRPr="00E952B9" w:rsidRDefault="00CF313C" w:rsidP="00E952B9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="851" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>der Bauzeitenplan</w:t>
       </w:r>
     </w:p>
@@ -1498,50 +1509,51 @@
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>VDI-Richtlinien.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="597BEFE3" w14:textId="6A954E04" w:rsidR="00CF313C" w:rsidRPr="00E952B9" w:rsidRDefault="00CF313C" w:rsidP="00AE67D4">
       <w:pPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Der Subunternehmer bestätigt, sämtliche Ausschreibungsunterlagen erhalten zu haben, insbesondere die Leistungsbeschreibung, die Vorbemerkungen zum Leistungsverzeichnis, Zeichnungen, Pläne, Muster, Raumbuch*. </w:t>
       </w:r>
       <w:r w:rsidR="00E952B9" w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(* </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00E952B9" w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>nicht zutreffendes</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E952B9" w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> streichen)</w:t>
       </w:r>
@@ -1746,59 +1758,77 @@
         </w:rPr>
         <w:t xml:space="preserve">für die nach diesem Vertrag </w:t>
       </w:r>
       <w:r w:rsidR="00432D04">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">durch den Subunternehmer zu erbringenden Leistungen </w:t>
       </w:r>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">beträgt </w:t>
       </w:r>
       <w:r w:rsidR="007F5171">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>_________</w:t>
-[...7 lines deleted...]
-        <w:t>(ohne/mit Mehrwertsteuer) als Pauschalpreis.</w:t>
+        <w:t>________</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007F5171">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E952B9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E952B9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ohne/mit Mehrwertsteuer) als Pauschalpreis.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="597BEFE8" w14:textId="77777777" w:rsidR="00CF313C" w:rsidRPr="00E952B9" w:rsidRDefault="00CF313C" w:rsidP="00E952B9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="597BEFE9" w14:textId="77777777" w:rsidR="00CF313C" w:rsidRPr="00E952B9" w:rsidRDefault="00CF313C" w:rsidP="007F5171">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="786" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2087,51 +2117,69 @@
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="047B62F8" w14:textId="71A0D0ED" w:rsidR="00FD3614" w:rsidRDefault="00FD3614" w:rsidP="00FD3614">
       <w:pPr>
         <w:ind w:left="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Der Vertragsfestpreis basiert auf den Einkaufspreisen zum Zeitpunkt der Erstellung des Angebots vom….Bei späteren Materialpreiserhöhungen oder sonstige Kostensteigerungen, </w:t>
+        <w:t xml:space="preserve">Der Vertragsfestpreis basiert auf den Einkaufspreisen zum Zeitpunkt der Erstellung des Angebots </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vom….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bei späteren Materialpreiserhöhungen oder sonstige Kostensteigerungen, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">die über 10 % hinausgehen, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">wird </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2200,108 +2248,100 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F5171">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Stundenlohnarbeiten werden nur vergütet, wenn sie vorher vom Generalunternehmer ausdrücklich </w:t>
       </w:r>
       <w:r w:rsidR="00A1460B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">textlich </w:t>
       </w:r>
       <w:r w:rsidRPr="007F5171">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">angeordnet sind und entsprechende Stundenberichte spätestens am folgenden Arbeitstag der Bauleitung des Generalunternehmers zur Anerkennung vorgelegt werden. Stellt sich später heraus, dass die im Stundenlohn berechneten Arbeiten </w:t>
-[...8 lines deleted...]
-        <w:t>bereits in der Vertragsleistung berücksichtigt sind oder zu Nebenleistungen gehören, so werden die Stundenlohnarbeiten nicht vergütet.</w:t>
+        <w:t>angeordnet sind und entsprechende Stundenberichte spätestens am folgenden Arbeitstag der Bauleitung des Generalunternehmers zur Anerkennung vorgelegt werden. Stellt sich später heraus, dass die im Stundenlohn berechneten Arbeiten bereits in der Vertragsleistung berücksichtigt sind oder zu Nebenleistungen gehören, so werden die Stundenlohnarbeiten nicht vergütet.</w:t>
       </w:r>
       <w:r w:rsidR="005C3E49" w:rsidRPr="007F5171">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D4F77">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="007F5171" w:rsidRPr="007F5171">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="597BEFF5" w14:textId="77777777" w:rsidR="007F5171" w:rsidRPr="00E952B9" w:rsidRDefault="00CF313C" w:rsidP="007F5171">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="786" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Bei Stunden</w:t>
       </w:r>
       <w:r w:rsidR="00C16E0E" w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lohn</w:t>
       </w:r>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>arbeiten gelten folgende Preise:</w:t>
       </w:r>
       <w:r w:rsidR="00AE67D4">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -3236,51 +3276,60 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Subunternehmer ist verpflichtet, sich </w:t>
       </w:r>
       <w:r w:rsidR="00E61465">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rechtzeitig, spätestens jedoch zehn </w:t>
       </w:r>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Tage vor Beginn seiner Arbeiten mit dem örtlichen Bauleiter des Generalunternehmers abzustimmen. Bei einer Verzögerung der Anfangstermine aus bauseitigen Gründen bleibt in jedem Fall die Ausführungszeit, d</w:t>
+        <w:t xml:space="preserve">Tage vor Beginn seiner Arbeiten mit dem örtlichen Bauleiter des Generalunternehmers abzustimmen. Bei einer Verzögerung der Anfangstermine aus bauseitigen Gründen bleibt in jedem Fall die </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E952B9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ausführungszeit, d</w:t>
       </w:r>
       <w:r w:rsidR="00E61465">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>as heißt</w:t>
       </w:r>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> also die hierfür festgelegte Zahl der Werktage, verbindlich.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="597BF01D" w14:textId="77777777" w:rsidR="00CF313C" w:rsidRPr="00E952B9" w:rsidRDefault="00CF313C" w:rsidP="007D0B58">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3310,59 +3359,95 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Falle</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> der </w:t>
       </w:r>
       <w:r w:rsidR="000B6D7F" w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">von ihm zu vertretenden </w:t>
-[...7 lines deleted...]
-        <w:t>Nichteinhaltung der Vertragstermine haftet der Subunternehmer für alle Schäden und Nachteile, die dem Generalunternehmer entstehen.</w:t>
+        <w:t xml:space="preserve">von ihm </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000B6D7F" w:rsidRPr="00E952B9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zu vertretenden </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E952B9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Nichteinhaltung</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E952B9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> der Vertragstermine </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E952B9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>haftet</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E952B9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> der Subunternehmer für alle Schäden und Nachteile, die dem Generalunternehmer entstehen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="597BF01F" w14:textId="77777777" w:rsidR="00CF313C" w:rsidRPr="00E952B9" w:rsidRDefault="00CF313C" w:rsidP="007D0B58">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="597BF020" w14:textId="7523337E" w:rsidR="00CF313C" w:rsidRPr="00E952B9" w:rsidRDefault="00CF313C" w:rsidP="00F32038">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="786" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -3392,81 +3477,91 @@
       </w:r>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Bekanntgabe </w:t>
       </w:r>
       <w:r w:rsidR="00A438F3" w:rsidRPr="00A438F3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(bitte klären Sie den Zeitraum - </w:t>
       </w:r>
       <w:r w:rsidR="00E61465" w:rsidRPr="00A438F3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">den Sie als rechtzeitig ansehen – möglichst </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A438F3" w:rsidRPr="00A438F3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>schriftlich)</w:t>
       </w:r>
       <w:r w:rsidR="00E61465">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A438F3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>einer Terminänderung durch den Generalunternehmer darf der Subunternehmer die Anzahl der für die Ausführung der Arbeiten vereinbarten Werktage nicht überschreiten, es sei denn, dies ist dem Subunternehmer unzumutbar.</w:t>
+        <w:t>einer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E952B9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Terminänderung durch den Generalunternehmer darf der Subunternehmer die Anzahl der für die Ausführung der Arbeiten vereinbarten Werktage nicht überschreiten, es sei denn, dies ist dem Subunternehmer unzumutbar.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="597BF021" w14:textId="77777777" w:rsidR="00CF313C" w:rsidRPr="00E952B9" w:rsidRDefault="00CF313C" w:rsidP="007D0B58">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="597BF022" w14:textId="2C207035" w:rsidR="005C4671" w:rsidRDefault="00CF313C" w:rsidP="005C4671">
       <w:pPr>
         <w:pStyle w:val="Funotentext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00A438F3">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3804,110 +3899,125 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="597BF02B" w14:textId="77777777" w:rsidR="00CF313C" w:rsidRPr="005C4671" w:rsidRDefault="00CF313C" w:rsidP="00F32038">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="786" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Der Subunternehmer verpflichtet sich, bestehende Mindestlohnvorschriften und Vorschriften über Mindestbedingungen am Arbeitsplatz einzuhalten und </w:t>
-[...8 lines deleted...]
-        <w:t>bestätigt dies auf Verlangen des Generalunternehmers diesem schriftlich.</w:t>
+        <w:t>Der Subunternehmer verpflichtet sich, bestehende Mindestlohnvorschriften und Vorschriften über Mindestbedingungen am Arbeitsplatz einzuhalten und bestätigt dies auf Verlangen des Generalunternehmers diesem schriftlich.</w:t>
       </w:r>
       <w:r w:rsidR="005C4671" w:rsidRPr="005C4671">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005C4671">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="005C4671" w:rsidRPr="005C4671">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Wegen der Nachunternehmerhaftung für den Mindestlohn kann es sich anbieten, mit dem Subunternehmer eine Freistellungsklausel zu vereinbaren. (Diese gilt nur im Innenverhältnis.)  Dabei sollte der Generalunternehmer auch  die eventuell folgende Nachunternehmerkette und deren Mindestlohnzahlungen berücksichtigen</w:t>
+        <w:t xml:space="preserve">Wegen der Nachunternehmerhaftung für den Mindestlohn kann es sich anbieten, mit dem Subunternehmer eine Freistellungsklausel zu vereinbaren. (Diese gilt nur im Innenverhältnis.)  Dabei sollte der Generalunternehmer </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005C4671" w:rsidRPr="005C4671">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>auch  die</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005C4671" w:rsidRPr="005C4671">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eventuell folgende Nachunternehmerkette und deren Mindestlohnzahlungen berücksichtigen</w:t>
       </w:r>
       <w:r w:rsidR="005C4671">
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Gleiches gilt für etwaige Verpflichtungen gegenüber Urlaubs- und Sozialkassen, soweit hier eine Ausfallhaftung des Generalunternehmers bestehen kann.</w:t>
       </w:r>
       <w:r w:rsidR="005C4671" w:rsidRPr="005C4671">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005C4671" w:rsidRPr="005C4671">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005C4671" w:rsidRPr="005C4671">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Hier</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="005C4671" w:rsidRPr="005C4671">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> geht es insbesondere um die Vermeidung von Haftungsrisiken des Generalunternehmers nach dem Arbeitnehmerentsendegesetz und ähnlichen arbeitsrechtlichen Vorschriften, die eine Ausfallhaftung des Auftraggebers vorsehen. Aus diesem Grund sollte die schriftliche und ausdrückliche Bestätigung des Subunternehmers auch im Zweifelsfalle eingeholt werden</w:t>
+        <w:t xml:space="preserve"> geht es insbesondere um die Vermeidung von Haftungsrisiken des Generalunternehmers nach dem </w:t>
+      </w:r>
+      <w:r w:rsidR="005C4671" w:rsidRPr="005C4671">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Arbeitnehmerentsendegesetz und ähnlichen arbeitsrechtlichen Vorschriften, die eine Ausfallhaftung des Auftraggebers vorsehen. Aus diesem Grund sollte die schriftliche und ausdrückliche Bestätigung des Subunternehmers auch im Zweifelsfalle eingeholt werden</w:t>
       </w:r>
       <w:r w:rsidR="005C4671">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="597BF02C" w14:textId="77777777" w:rsidR="00CF313C" w:rsidRPr="00E952B9" w:rsidRDefault="00CF313C" w:rsidP="00DC5A14">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="597BF02D" w14:textId="27DEA978" w:rsidR="00CF313C" w:rsidRPr="00E952B9" w:rsidRDefault="00CF313C" w:rsidP="00F32038">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
@@ -4554,51 +4664,50 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="597BF04A" w14:textId="77777777" w:rsidR="00CF313C" w:rsidRPr="00F32038" w:rsidRDefault="00CF313C" w:rsidP="00F32038">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="786" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F32038">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Der Generalunternehmer ist berechtigt, die auf den Subunternehmer entfallenden Kosten von den Abschlagszahlungen und/oder von der Schlusszahlung einzubehalten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="597BF04B" w14:textId="77777777" w:rsidR="007E00D9" w:rsidRPr="00E952B9" w:rsidRDefault="007E00D9" w:rsidP="00E952B9">
       <w:pPr>
         <w:ind w:left="2835"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="597BF04C" w14:textId="77777777" w:rsidR="00CF313C" w:rsidRPr="00F31E35" w:rsidRDefault="00CF313C" w:rsidP="00F32038">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4649,50 +4758,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="597BF04F" w14:textId="77777777" w:rsidR="00CF313C" w:rsidRPr="00E952B9" w:rsidRDefault="00CF313C" w:rsidP="00F32038">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="786" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Der Subunternehmer ist verpflichtet, </w:t>
       </w:r>
       <w:r w:rsidR="00494596" w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">dem Generalunternehmer </w:t>
       </w:r>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>alle Behinderungen, die die termingerechte Ausführung seiner Arbeiten in Frage stellen, unverzüglich schriftlich</w:t>
       </w:r>
       <w:r w:rsidR="00494596" w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/in Textform</w:t>
@@ -4871,59 +4981,77 @@
         </w:rPr>
         <w:t xml:space="preserve">Der Subunternehmer hat </w:t>
       </w:r>
       <w:r w:rsidR="00952788" w:rsidRPr="00F31E35">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">für die </w:t>
       </w:r>
       <w:r w:rsidRPr="00F31E35">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Erfüllung seiner vertraglichen Verpflichtungen dem Generalunternehmer in angemessener Weise Sicherheit zu leisten. Sofern die Sicherheit durch Bürgschaft geleistet wird, muss eine unbefristete, selbstschuldnerische</w:t>
       </w:r>
       <w:r w:rsidR="00D46BB3" w:rsidRPr="00F31E35">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, schriftliche </w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D46BB3" w:rsidRPr="00F31E35">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">schriftliche </w:t>
       </w:r>
       <w:r w:rsidRPr="00F31E35">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Bürgschaft eines vom Generalunternehmer genehmigten Instituts vorgelegt werden.</w:t>
+        <w:t xml:space="preserve"> Bürgschaft</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F31E35">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eines vom Generalunternehmer genehmigten Instituts vorgelegt werden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="597BF059" w14:textId="77777777" w:rsidR="007F6530" w:rsidRPr="00E952B9" w:rsidRDefault="007F6530" w:rsidP="00E952B9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="597BF05A" w14:textId="77777777" w:rsidR="00CF313C" w:rsidRPr="00E952B9" w:rsidRDefault="00CF313C" w:rsidP="00F32038">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="786" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5032,51 +5160,50 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="597BF05F" w14:textId="77777777" w:rsidR="00E2617C" w:rsidRPr="00E2617C" w:rsidRDefault="00CF313C" w:rsidP="00F32038">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E2617C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Der Subunternehmer ist verpflichtet, alle während der Gewährleistungsfrist auftretenden Mängel, die auf seine vertragswidrige Leistung zurückzuführen sind, auf seine Kosten zu beseitigen, wenn der Generalunternehmer dies vor Ab</w:t>
       </w:r>
       <w:r w:rsidR="00E2617C" w:rsidRPr="00E2617C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="00E2617C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>auf der Gewährleistungsfrist schriftlich verlangt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="597BF060" w14:textId="77777777" w:rsidR="00E2617C" w:rsidRPr="00E2617C" w:rsidRDefault="00E2617C" w:rsidP="00E2617C">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -5203,51 +5330,59 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Zwei </w:t>
       </w:r>
       <w:r w:rsidR="00F31E35" w:rsidRPr="00F50408">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Jahre bei einem Werk, dessen Erfolg in der Herstellung, Wartung oder Veränderung einer Sache oder in der Erbringung von Planungs- oder Überwachungsleistungen hierfür besteht,</w:t>
       </w:r>
       <w:r w:rsidR="00E2617C" w:rsidRPr="00F50408">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>Fünf</w:t>
       </w:r>
       <w:r w:rsidR="00F31E35" w:rsidRPr="00F50408">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Jahre bei Bauwerken und einem Werk, dessen Erfolg in der Erbringung von Planungs- oder Überwachungsleistungen hierfür besteht,</w:t>
+        <w:t xml:space="preserve"> Jahre bei Bauwerken und einem Werk, dessen Erfolg in der Erbringung von Planungs- </w:t>
+      </w:r>
+      <w:r w:rsidR="00F31E35" w:rsidRPr="00F50408">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>oder Überwachungsleistungen hierfür besteht,</w:t>
       </w:r>
       <w:r w:rsidR="00F50408">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> im Übrigen d</w:t>
       </w:r>
       <w:r w:rsidR="00E2617C" w:rsidRPr="00F50408">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">rei </w:t>
       </w:r>
       <w:r w:rsidR="00F31E35" w:rsidRPr="00F50408">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Jahre.</w:t>
       </w:r>
       <w:r w:rsidR="003B50AF" w:rsidRPr="00F50408">
         <w:rPr>
           <w:i/>
@@ -5872,51 +6007,50 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="597BF077" w14:textId="77777777" w:rsidR="00CF313C" w:rsidRPr="00E952B9" w:rsidRDefault="00CF313C" w:rsidP="00F32038">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="786" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Eine Bauwesenversicherung wird bauseits (nicht)* abgeschlossen.</w:t>
       </w:r>
       <w:r w:rsidR="00242DC8" w:rsidRPr="00242DC8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00242DC8" w:rsidRPr="00DC5A14">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(* </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00242DC8" w:rsidRPr="00DC5A14">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -6028,50 +6162,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="597BF07B" w14:textId="77777777" w:rsidR="00CF313C" w:rsidRPr="00FB726D" w:rsidRDefault="00CF313C" w:rsidP="00F32038">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB726D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Unbedenklichkeitsbescheinigungen, Meldungen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="597BF07C" w14:textId="77777777" w:rsidR="00CF313C" w:rsidRDefault="00CF313C" w:rsidP="00F32038">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="786" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -6309,112 +6444,147 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>/Urheberrecht</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="597BF08D" w14:textId="77777777" w:rsidR="00FB726D" w:rsidRPr="00FB726D" w:rsidRDefault="002D5135" w:rsidP="00F32038">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB726D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Der Bau-Subunternehmer verpflichtet sich, Dritten gegenüber keine Betriebs- und Geschäftsgeheimnisse zu offenbaren.</w:t>
+        <w:t xml:space="preserve">Der Bau-Subunternehmer verpflichtet sich, Dritten </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FB726D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gegenüber keine Betriebs- und Geschäftsgeheimnisse</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FB726D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zu offenbaren.</w:t>
       </w:r>
       <w:r w:rsidR="00FB726D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="597BF08E" w14:textId="77777777" w:rsidR="00FB726D" w:rsidRPr="00FB726D" w:rsidRDefault="002D5135" w:rsidP="00F32038">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB726D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Es ist dem Bau-Subunternehmer untersagt, personen- und unternehmensbezogene Daten, von im Rahmen des Vertrags Kenntnis erlangt wird, außerhalb der Abwicklung dieses Vertrags zu verarbeiten, bekannt zu geben, zugänglich zu machen oder sonst zu nutzen. Diese  Regelung besteht über die Beendigung des Vertrags hinaus. </w:t>
+        <w:t xml:space="preserve">Es ist dem Bau-Subunternehmer untersagt, personen- und unternehmensbezogene Daten, von im Rahmen des Vertrags Kenntnis erlangt wird, außerhalb der Abwicklung dieses Vertrags zu verarbeiten, bekannt zu geben, zugänglich zu machen oder sonst zu nutzen. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FB726D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Diese  Regelung</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FB726D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> besteht über die Beendigung des Vertrags hinaus. </w:t>
       </w:r>
       <w:r w:rsidR="00FB726D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="03AC9E55" w14:textId="77777777" w:rsidR="008B1E78" w:rsidRPr="008B1E78" w:rsidRDefault="002D5135" w:rsidP="008B1E78">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB726D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Der Bau-Subunternehmer verpflichtet sich, die übernommenen Datensätze der Bestandskunden nach den geltenden Vorschriften der Datenschutzgrundverordnung zu verarbeiten.</w:t>
       </w:r>
       <w:r w:rsidR="00FB726D" w:rsidRPr="00FB726D">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00FB726D" w:rsidRPr="00FB726D">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Hier</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00FB726D" w:rsidRPr="00FB726D">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> müssen die zutreffenden Vorschriften der DSGVO abhängig von Unternehmensart, -struktur und -größe konkretisiert werden.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54C829F1" w14:textId="023F60E1" w:rsidR="008B1E78" w:rsidRPr="00141FC9" w:rsidRDefault="008B1E78" w:rsidP="00141FC9">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -6521,101 +6691,136 @@
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FB726D">
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="597BF093" w14:textId="6565D8D4" w:rsidR="00BF7BD4" w:rsidRDefault="00BF7BD4" w:rsidP="00FB726D">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rStyle w:val="Fett"/>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Die Parteien verpflichten sich, im Falle einer sich aus diesem Vertrag ergebenden Streitigkeit vor Klageerhebung bei einem ordentlichen Gericht oder Schiedsgericht eine Mediation gemäß der Mediationsordnung der IHK </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="004C42F7">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>……..</w:t>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004C42F7">
+        <w:rPr>
+          <w:rStyle w:val="Fett"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="001D3CC1">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="004C42F7">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00452828" w:rsidRPr="00FB726D">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">falls Ihre IHK eine Mediationsstelle hat, kann diese </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004C42F7">
+        <w:t xml:space="preserve">falls Ihre IHK eine Mediationsstelle hat, kann </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00452828" w:rsidRPr="00FB726D">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> oder eine sonstige IHK mit Mediationsstelle </w:t>
+        <w:t xml:space="preserve">diese </w:t>
+      </w:r>
+      <w:r w:rsidR="004C42F7">
+        <w:rPr>
+          <w:rStyle w:val="Fett"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oder</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004C42F7">
+        <w:rPr>
+          <w:rStyle w:val="Fett"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> eine sonstige IHK mit Mediationsstelle </w:t>
       </w:r>
       <w:r w:rsidR="00452828" w:rsidRPr="00FB726D">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>eingefügt werden)</w:t>
       </w:r>
       <w:r w:rsidR="00452828" w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
@@ -6764,60 +6969,62 @@
           <w:rStyle w:val="Hervorhebung"/>
           <w:rFonts w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Sollte die Mediation gescheitert sein, so werden alle </w:t>
       </w:r>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rStyle w:val="Hervorhebung"/>
           <w:rFonts w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Streitigkeiten, die sich im Zusammenhang mit diesem Vertrag oder über seine Gültigkeit ergeben, nach der Schiedsgerichtsordnung der Industrie- und Handelskammer </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="004C42F7">
         <w:rPr>
           <w:rStyle w:val="Hervorhebung"/>
           <w:rFonts w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…….</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="004C42F7">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00452828" w:rsidRPr="00F32038">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">falls Ihre IHK eine Schiedsgerichtsordnung hat, kann diese </w:t>
       </w:r>
       <w:r w:rsidR="004C42F7">
         <w:rPr>
           <w:rStyle w:val="Fett"/>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
@@ -6946,60 +7153,51 @@
           <w:rStyle w:val="Hervorhebung"/>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Schlussbestimmungen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="597BF0A0" w14:textId="77777777" w:rsidR="00916569" w:rsidRPr="00E952B9" w:rsidRDefault="00916569" w:rsidP="00F32038">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sollte eine Bestimmung dieses Vertrages unwirksam oder undurchführbar sein oder werden, so werden die übrigen Bestimmungen des Vertrages davon nicht </w:t>
-[...8 lines deleted...]
-        <w:t>betroffen. Die Vertragspartner verpflichten sich, die unwirksame Bestimmung durch eine Bestimmung zu ersetzen, welche der der unwirksamen möglichst nahekommt und durch welche der beabsichtigte Vertragszweck in rechtlich zulässiger Weise erreicht werden kann. Entsprechendes gilt für Regelungslücken.</w:t>
+        <w:t>Sollte eine Bestimmung dieses Vertrages unwirksam oder undurchführbar sein oder werden, so werden die übrigen Bestimmungen des Vertrages davon nicht betroffen. Die Vertragspartner verpflichten sich, die unwirksame Bestimmung durch eine Bestimmung zu ersetzen, welche der der unwirksamen möglichst nahekommt und durch welche der beabsichtigte Vertragszweck in rechtlich zulässiger Weise erreicht werden kann. Entsprechendes gilt für Regelungslücken.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E47C859" w14:textId="5C166255" w:rsidR="00916569" w:rsidRPr="00E952B9" w:rsidRDefault="00991821" w:rsidP="00E952B9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="007E4C21">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
@@ -7122,226 +7320,204 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E952B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Unterschrift Subunternehmer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="597BF112" w14:textId="568D36EA" w:rsidR="005978F1" w:rsidRDefault="00921BE5" w:rsidP="005B3164">
+    <w:p w14:paraId="597BF113" w14:textId="77777777" w:rsidR="00086B11" w:rsidRDefault="00086B11" w:rsidP="00086B11">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00921BE5">
-[...13 lines deleted...]
-    <w:sectPr w:rsidR="00086B11" w:rsidSect="00193440">
+    </w:p>
+    <w:sectPr w:rsidR="00086B11" w:rsidSect="00364E83">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="964" w:right="1021" w:bottom="833" w:left="1814" w:header="680" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E448B19" w14:textId="77777777" w:rsidR="00BF56F0" w:rsidRDefault="00BF56F0">
+    <w:p w14:paraId="4E892C42" w14:textId="77777777" w:rsidR="00916B3A" w:rsidRDefault="00916B3A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4CA18EC0" w14:textId="77777777" w:rsidR="00BF56F0" w:rsidRDefault="00BF56F0">
+    <w:p w14:paraId="1650313B" w14:textId="77777777" w:rsidR="00916B3A" w:rsidRDefault="00916B3A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4F5F7518" w14:textId="77777777" w:rsidR="0083333F" w:rsidRPr="0083333F" w:rsidRDefault="0083333F" w:rsidP="0083333F">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
     <w:r w:rsidRPr="0083333F">
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r w:rsidRPr="0083333F">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="0083333F">
       <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidRPr="0083333F">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="0083333F">
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="0083333F">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="0083333F">
       <w:t xml:space="preserve"> von </w:t>
     </w:r>
-    <w:r w:rsidR="00193440">
-[...13 lines deleted...]
-    </w:r>
+    <w:fldSimple w:instr="NUMPAGES \* Arabisch \* MERGEFORMAT">
+      <w:r w:rsidRPr="0083333F">
+        <w:t>2</w:t>
+      </w:r>
+    </w:fldSimple>
   </w:p>
   <w:p w14:paraId="597BF11F" w14:textId="304482EC" w:rsidR="00F177C6" w:rsidRDefault="00F177C6" w:rsidP="00ED7E2D">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="597BF122" w14:textId="1D8472D8" w:rsidR="00E952B9" w:rsidRPr="00E952B9" w:rsidRDefault="00E952B9" w:rsidP="00F32038">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="597BF122" w14:textId="13E2466D" w:rsidR="00E952B9" w:rsidRPr="00E952B9" w:rsidRDefault="00E952B9" w:rsidP="00F32038">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00E952B9">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Stand: 1. Januar </w:t>
     </w:r>
     <w:r w:rsidR="0013200E">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00952545">
+    <w:r w:rsidR="009B6FD8">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00031CE9">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                               </w:t>
     </w:r>
     <w:r w:rsidR="004017F2">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">   </w:t>
     </w:r>
     <w:r w:rsidR="00031CE9">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">    </w:t>
     </w:r>
     <w:r w:rsidR="009C3118" w:rsidRPr="009C3118">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
@@ -7418,229 +7594,210 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                               </w:t>
     </w:r>
     <w:r w:rsidR="00F177C6" w:rsidRPr="009C3118">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">                  </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="597BF123" w14:textId="77777777" w:rsidR="00E952B9" w:rsidRDefault="00E952B9">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="597BF124" w14:textId="77777777" w:rsidR="00E952B9" w:rsidRDefault="00E952B9">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6EEA7C04" w14:textId="77777777" w:rsidR="00BF56F0" w:rsidRPr="001C0D43" w:rsidRDefault="00BF56F0" w:rsidP="001C0D43">
+    <w:p w14:paraId="4D7217DC" w14:textId="77777777" w:rsidR="00916B3A" w:rsidRPr="001C0D43" w:rsidRDefault="00916B3A" w:rsidP="001C0D43">
       <w:pPr>
         <w:pStyle w:val="Fuzeile"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2BF829D5" w14:textId="77777777" w:rsidR="00BF56F0" w:rsidRDefault="00BF56F0">
+    <w:p w14:paraId="7D88E24C" w14:textId="77777777" w:rsidR="00916B3A" w:rsidRDefault="00916B3A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="597BF119" w14:textId="4020BBA5" w:rsidR="006D32EB" w:rsidRDefault="00193440">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="40DCC68E" w14:textId="77777777" w:rsidR="00F471AC" w:rsidRDefault="00F471AC" w:rsidP="00F471AC">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
+    <w:bookmarkStart w:id="1" w:name="_Hlk212718600"/>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="42CB8CAC" wp14:editId="15E07EB9">
-[...84 lines deleted...]
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="53B9C6E0" wp14:editId="190F5E16">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1DA096FB" wp14:editId="34CCE85C">
           <wp:extent cx="2481800" cy="409575"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2485708" cy="410220"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1038A617" w14:textId="77777777" w:rsidR="005B3164" w:rsidRDefault="005B3164">
+  <w:p w14:paraId="70BA0C6D" w14:textId="77777777" w:rsidR="00F471AC" w:rsidRDefault="00F471AC" w:rsidP="00F471AC">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
+      <w:rPr>
+        <w:color w:val="808080"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="417622AF" w14:textId="77777777" w:rsidR="005B3164" w:rsidRDefault="005B3164">
+  <w:bookmarkEnd w:id="1"/>
+  <w:p w14:paraId="2C7B9F72" w14:textId="77777777" w:rsidR="00F471AC" w:rsidRDefault="00F471AC" w:rsidP="00F471AC">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
-    </w:pPr>
-[...3 lines deleted...]
-      <w:pStyle w:val="Kopfzeile"/>
+      <w:rPr>
+        <w:color w:val="808080"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="597BF120" w14:textId="77777777" w:rsidR="00364E83" w:rsidRDefault="00E952B9">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="597BF126" wp14:editId="69323B9F">
+          <wp:extent cx="2240280" cy="563880"/>
+          <wp:effectExtent l="0" t="0" r="7620" b="7620"/>
+          <wp:docPr id="2" name="Grafik 2" descr="Logo Hessischer Industrie- und Handelskammertag"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="2" name="Grafik 2" descr="Logo Hessischer Industrie- und Handelskammertag"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2240280" cy="563880"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="*"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00544D02"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="7B1C84CE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -9005,140 +9162,122 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="288247456">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="809253279">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1081831222">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1565069345">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1775133826">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="357050543">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="24"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="trackedChanges" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...17 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00BC2ED0"/>
     <w:rsid w:val="000202B7"/>
     <w:rsid w:val="00021248"/>
     <w:rsid w:val="00030CAE"/>
     <w:rsid w:val="00031CE9"/>
     <w:rsid w:val="0004352B"/>
     <w:rsid w:val="000450E2"/>
     <w:rsid w:val="000459BF"/>
     <w:rsid w:val="000659AC"/>
     <w:rsid w:val="00067D2C"/>
     <w:rsid w:val="0007472C"/>
     <w:rsid w:val="0008040D"/>
     <w:rsid w:val="00086B11"/>
     <w:rsid w:val="00086F57"/>
     <w:rsid w:val="000B6D7F"/>
     <w:rsid w:val="000E0965"/>
     <w:rsid w:val="000E3B08"/>
     <w:rsid w:val="000F0BC5"/>
     <w:rsid w:val="000F34F7"/>
     <w:rsid w:val="00121DC9"/>
     <w:rsid w:val="001279A6"/>
     <w:rsid w:val="00130989"/>
     <w:rsid w:val="0013200E"/>
     <w:rsid w:val="001412EF"/>
     <w:rsid w:val="00141FC9"/>
+    <w:rsid w:val="00151D9C"/>
     <w:rsid w:val="0017477D"/>
     <w:rsid w:val="001758BD"/>
-    <w:rsid w:val="00193440"/>
     <w:rsid w:val="001940E5"/>
     <w:rsid w:val="001A33F4"/>
     <w:rsid w:val="001A35D3"/>
     <w:rsid w:val="001B2D19"/>
     <w:rsid w:val="001B6674"/>
     <w:rsid w:val="001C0A8C"/>
     <w:rsid w:val="001C0D43"/>
     <w:rsid w:val="001C4A6A"/>
     <w:rsid w:val="001C6589"/>
     <w:rsid w:val="001D3CC1"/>
     <w:rsid w:val="001E06EA"/>
+    <w:rsid w:val="001E301B"/>
     <w:rsid w:val="001E6369"/>
     <w:rsid w:val="001F0616"/>
     <w:rsid w:val="001F5E81"/>
     <w:rsid w:val="0020064B"/>
     <w:rsid w:val="00201FD1"/>
     <w:rsid w:val="00211A21"/>
     <w:rsid w:val="00212E1A"/>
     <w:rsid w:val="00215990"/>
     <w:rsid w:val="00224F76"/>
     <w:rsid w:val="00242DC8"/>
     <w:rsid w:val="002535FC"/>
     <w:rsid w:val="00253DAE"/>
     <w:rsid w:val="00266F90"/>
     <w:rsid w:val="00275839"/>
     <w:rsid w:val="00276DC2"/>
     <w:rsid w:val="002A7AA2"/>
     <w:rsid w:val="002C0749"/>
     <w:rsid w:val="002C7396"/>
     <w:rsid w:val="002C7CCA"/>
     <w:rsid w:val="002D1D7B"/>
     <w:rsid w:val="002D2603"/>
     <w:rsid w:val="002D4AAA"/>
     <w:rsid w:val="002D4CB1"/>
     <w:rsid w:val="002D5135"/>
     <w:rsid w:val="00312B2B"/>
@@ -9162,79 +9301,78 @@
     <w:rsid w:val="003B4CFB"/>
     <w:rsid w:val="003B50AF"/>
     <w:rsid w:val="003D65BF"/>
     <w:rsid w:val="003E3584"/>
     <w:rsid w:val="003E5852"/>
     <w:rsid w:val="003F02E3"/>
     <w:rsid w:val="003F31A2"/>
     <w:rsid w:val="003F533D"/>
     <w:rsid w:val="003F6DE7"/>
     <w:rsid w:val="00400010"/>
     <w:rsid w:val="004017F2"/>
     <w:rsid w:val="00410050"/>
     <w:rsid w:val="00416307"/>
     <w:rsid w:val="00427E77"/>
     <w:rsid w:val="00432D04"/>
     <w:rsid w:val="00441C86"/>
     <w:rsid w:val="0044255D"/>
     <w:rsid w:val="00442FAA"/>
     <w:rsid w:val="00452828"/>
     <w:rsid w:val="004544DB"/>
     <w:rsid w:val="00455435"/>
     <w:rsid w:val="004555BD"/>
     <w:rsid w:val="00460657"/>
     <w:rsid w:val="004674DD"/>
     <w:rsid w:val="0047322B"/>
-    <w:rsid w:val="00475D88"/>
     <w:rsid w:val="00494596"/>
     <w:rsid w:val="004961DB"/>
     <w:rsid w:val="004B0C47"/>
     <w:rsid w:val="004B74D3"/>
     <w:rsid w:val="004B752B"/>
     <w:rsid w:val="004C2690"/>
     <w:rsid w:val="004C42F7"/>
     <w:rsid w:val="004C7B8D"/>
     <w:rsid w:val="004F6969"/>
     <w:rsid w:val="004F749D"/>
     <w:rsid w:val="0050337B"/>
     <w:rsid w:val="00511FCA"/>
     <w:rsid w:val="00512F3E"/>
     <w:rsid w:val="00515726"/>
     <w:rsid w:val="00516E9F"/>
     <w:rsid w:val="00521509"/>
     <w:rsid w:val="0052440B"/>
     <w:rsid w:val="0052477C"/>
     <w:rsid w:val="00531E39"/>
     <w:rsid w:val="0053518C"/>
+    <w:rsid w:val="00536674"/>
     <w:rsid w:val="0054353D"/>
     <w:rsid w:val="005475B8"/>
     <w:rsid w:val="00572DF2"/>
     <w:rsid w:val="0057574F"/>
     <w:rsid w:val="00577C1B"/>
     <w:rsid w:val="0058458E"/>
     <w:rsid w:val="005978F1"/>
-    <w:rsid w:val="005B3164"/>
     <w:rsid w:val="005B6546"/>
     <w:rsid w:val="005B7F19"/>
     <w:rsid w:val="005C3E49"/>
     <w:rsid w:val="005C4671"/>
     <w:rsid w:val="005D0222"/>
     <w:rsid w:val="005D1037"/>
     <w:rsid w:val="005D41B2"/>
     <w:rsid w:val="005E1F23"/>
     <w:rsid w:val="005F3490"/>
     <w:rsid w:val="00626CF1"/>
     <w:rsid w:val="00642DE7"/>
     <w:rsid w:val="006449CC"/>
     <w:rsid w:val="00650FB9"/>
     <w:rsid w:val="006535F2"/>
     <w:rsid w:val="00665114"/>
     <w:rsid w:val="006836F3"/>
     <w:rsid w:val="006972C3"/>
     <w:rsid w:val="006B567C"/>
     <w:rsid w:val="006B6564"/>
     <w:rsid w:val="006C255B"/>
     <w:rsid w:val="006C3BB5"/>
     <w:rsid w:val="006D32EB"/>
     <w:rsid w:val="006D4F97"/>
     <w:rsid w:val="006F2F29"/>
     <w:rsid w:val="007036DB"/>
@@ -9252,93 +9390,94 @@
     <w:rsid w:val="00782FB8"/>
     <w:rsid w:val="00785120"/>
     <w:rsid w:val="00796FA6"/>
     <w:rsid w:val="007B4F72"/>
     <w:rsid w:val="007C5CE6"/>
     <w:rsid w:val="007D0B58"/>
     <w:rsid w:val="007E00D9"/>
     <w:rsid w:val="007E3861"/>
     <w:rsid w:val="007E4C21"/>
     <w:rsid w:val="007F03C0"/>
     <w:rsid w:val="007F477D"/>
     <w:rsid w:val="007F5171"/>
     <w:rsid w:val="007F60CD"/>
     <w:rsid w:val="007F6530"/>
     <w:rsid w:val="00802981"/>
     <w:rsid w:val="00806833"/>
     <w:rsid w:val="00813A52"/>
     <w:rsid w:val="00833020"/>
     <w:rsid w:val="0083333F"/>
     <w:rsid w:val="0084046D"/>
     <w:rsid w:val="00847DA3"/>
     <w:rsid w:val="00867096"/>
     <w:rsid w:val="00873CEB"/>
     <w:rsid w:val="00882201"/>
     <w:rsid w:val="00891E4C"/>
+    <w:rsid w:val="00892063"/>
     <w:rsid w:val="008A4E06"/>
     <w:rsid w:val="008A7210"/>
     <w:rsid w:val="008B1E78"/>
     <w:rsid w:val="008B6BD0"/>
     <w:rsid w:val="008C79DF"/>
     <w:rsid w:val="008D4F77"/>
     <w:rsid w:val="00900076"/>
     <w:rsid w:val="00901693"/>
     <w:rsid w:val="00905362"/>
     <w:rsid w:val="009129E0"/>
     <w:rsid w:val="0091610E"/>
     <w:rsid w:val="00916569"/>
+    <w:rsid w:val="00916B3A"/>
     <w:rsid w:val="00921BE5"/>
     <w:rsid w:val="00937E3B"/>
     <w:rsid w:val="00940B96"/>
     <w:rsid w:val="00942AA3"/>
     <w:rsid w:val="00944042"/>
     <w:rsid w:val="0094611D"/>
     <w:rsid w:val="00951A72"/>
     <w:rsid w:val="00952545"/>
     <w:rsid w:val="00952788"/>
     <w:rsid w:val="00953A38"/>
     <w:rsid w:val="00955F44"/>
     <w:rsid w:val="00957098"/>
     <w:rsid w:val="00961448"/>
     <w:rsid w:val="00961D7E"/>
     <w:rsid w:val="00976663"/>
     <w:rsid w:val="009777C9"/>
     <w:rsid w:val="00985C8A"/>
     <w:rsid w:val="00987208"/>
     <w:rsid w:val="00991821"/>
     <w:rsid w:val="009936B8"/>
-    <w:rsid w:val="009A14F0"/>
     <w:rsid w:val="009A1FC4"/>
+    <w:rsid w:val="009B6FD8"/>
     <w:rsid w:val="009C3118"/>
     <w:rsid w:val="009D08BE"/>
     <w:rsid w:val="009D443C"/>
     <w:rsid w:val="009D7167"/>
     <w:rsid w:val="009E0BEC"/>
     <w:rsid w:val="009E59FF"/>
     <w:rsid w:val="009F15A1"/>
     <w:rsid w:val="00A04CB8"/>
-    <w:rsid w:val="00A106A6"/>
     <w:rsid w:val="00A11187"/>
     <w:rsid w:val="00A1460B"/>
     <w:rsid w:val="00A21807"/>
     <w:rsid w:val="00A23525"/>
     <w:rsid w:val="00A438F3"/>
     <w:rsid w:val="00A43BCD"/>
     <w:rsid w:val="00A61DDF"/>
     <w:rsid w:val="00A660B6"/>
     <w:rsid w:val="00A673A3"/>
     <w:rsid w:val="00A738D4"/>
     <w:rsid w:val="00A83507"/>
     <w:rsid w:val="00A838DF"/>
     <w:rsid w:val="00A92B2C"/>
     <w:rsid w:val="00A92F5A"/>
     <w:rsid w:val="00AB746B"/>
     <w:rsid w:val="00AC1BAB"/>
     <w:rsid w:val="00AC3A91"/>
     <w:rsid w:val="00AD3B54"/>
     <w:rsid w:val="00AD7D2A"/>
     <w:rsid w:val="00AE2D70"/>
     <w:rsid w:val="00AE67D4"/>
     <w:rsid w:val="00B13B7B"/>
     <w:rsid w:val="00B22267"/>
     <w:rsid w:val="00B43FB0"/>
     <w:rsid w:val="00B50F0C"/>
@@ -9394,50 +9533,51 @@
     <w:rsid w:val="00DD6E8D"/>
     <w:rsid w:val="00DE1E19"/>
     <w:rsid w:val="00DE69C4"/>
     <w:rsid w:val="00DF2474"/>
     <w:rsid w:val="00E058B3"/>
     <w:rsid w:val="00E11976"/>
     <w:rsid w:val="00E23219"/>
     <w:rsid w:val="00E24C38"/>
     <w:rsid w:val="00E2617C"/>
     <w:rsid w:val="00E57A1A"/>
     <w:rsid w:val="00E61465"/>
     <w:rsid w:val="00E771BB"/>
     <w:rsid w:val="00E85B78"/>
     <w:rsid w:val="00E952B9"/>
     <w:rsid w:val="00EC5641"/>
     <w:rsid w:val="00ED3D94"/>
     <w:rsid w:val="00ED7E2D"/>
     <w:rsid w:val="00EF24C1"/>
     <w:rsid w:val="00F14F32"/>
     <w:rsid w:val="00F177C6"/>
     <w:rsid w:val="00F27252"/>
     <w:rsid w:val="00F31E35"/>
     <w:rsid w:val="00F32038"/>
     <w:rsid w:val="00F36DEE"/>
     <w:rsid w:val="00F371FF"/>
+    <w:rsid w:val="00F471AC"/>
     <w:rsid w:val="00F50408"/>
     <w:rsid w:val="00F52463"/>
     <w:rsid w:val="00F55077"/>
     <w:rsid w:val="00F5736D"/>
     <w:rsid w:val="00F57990"/>
     <w:rsid w:val="00F615D1"/>
     <w:rsid w:val="00F7041E"/>
     <w:rsid w:val="00F73BDD"/>
     <w:rsid w:val="00F85B90"/>
     <w:rsid w:val="00F86779"/>
     <w:rsid w:val="00F927A0"/>
     <w:rsid w:val="00F95221"/>
     <w:rsid w:val="00FA1004"/>
     <w:rsid w:val="00FB726D"/>
     <w:rsid w:val="00FC3287"/>
     <w:rsid w:val="00FC7683"/>
     <w:rsid w:val="00FD29FF"/>
     <w:rsid w:val="00FD3614"/>
     <w:rsid w:val="00FF48FF"/>
     <w:rsid w:val="00FF49C3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -9445,51 +9585,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="597BEF97"/>
   <w15:docId w15:val="{61C68CCB-0937-471D-8322-9F4499D1791A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -10231,93 +10371,93 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DC3082"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarthemaZchn">
     <w:name w:val="Kommentarthema Zchn"/>
     <w:basedOn w:val="KommentartextZchn"/>
     <w:link w:val="Kommentarthema"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DC3082"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="879512872">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1984459345">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10578,65 +10718,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101007AC43CE515D2804DAC7ADE3243597B14" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="d36f937f196cc11c9034c2c1754a79c3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xmlns:ns3="82589c12-70c4-4c94-a25a-3c827aa5c9f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="503caf83702f076935e2dbbd87d5e908" ns2:_="" ns3:_="">
     <xsd:import namespace="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <xsd:import namespace="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -10847,135 +10972,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="82589c12-70c4-4c94-a25a-3c827aa5c9f9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27FE8CB2-A897-44FD-BDEB-1DDA1D02B956}">
-[...17 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DF6C6BFB-CB29-424A-A2AD-13A1CAAEC383}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98B2CC99-BB4F-41F3-9F79-68714C3B186A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27FE8CB2-A897-44FD-BDEB-1DDA1D02B956}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
+    <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{27CF2484-49AE-4F78-B841-327280E12424}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
+  <Pages>11</Pages>
   <Words>2850</Words>
   <Characters>20767</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>173</Lines>
-  <Paragraphs>47</Paragraphs>
+  <Lines>593</Lines>
+  <Paragraphs>243</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23570</CharactersWithSpaces>
+  <CharactersWithSpaces>23374</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="144" baseType="variant">
       <vt:variant>
         <vt:i4>4063319</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>69</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@wiesbaden.ihk.de</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5767260</vt:i4>
       </vt:variant>
       <vt:variant>