--- v0 (2025-10-08)
+++ v1 (2026-01-12)
@@ -7,183 +7,181 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5CE087C3" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="2CC51C2F" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="20D6F079" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="70D40AAD" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="11AA7BF2" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="5461B85F" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="43EAFCF6" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="28F74B26" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="320ACC38" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="63494AE5" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="0DCB2922" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00BA5D74" w:rsidRDefault="006D32EB" w:rsidP="00BA5D74">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA5D74">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t xml:space="preserve">Muster </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45F5AD15" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="00C5207C" w:rsidP="00BA5D74">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00BA5D74">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>Beratungsvertrag</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CFDCD26" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="2FB438CC" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="2FF3A5AE" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="3127C733" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="5E11B1D6" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="67E0556D" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="243A2C03" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="66B73AC4" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="1E565C94" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="722A5867" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
-    <w:p w14:paraId="4736469C" w14:textId="77777777" w:rsidR="007663BD" w:rsidRDefault="007663BD" w:rsidP="007663BD">
+    <w:p w14:paraId="5D8E61ED" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="3A4F9A57" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="0F3D4286" w14:textId="77777777" w:rsidR="007C0111" w:rsidRPr="00D37D47" w:rsidRDefault="007C0111" w:rsidP="007C0111">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="083FBC72" w14:textId="77777777" w:rsidR="007663BD" w:rsidRDefault="007663BD" w:rsidP="007663BD">
+    <w:p w14:paraId="3C2DB9FD" w14:textId="77777777" w:rsidR="007C0111" w:rsidRDefault="007C0111" w:rsidP="007C0111">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212717203"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit freundlicher Unterstützung zur Verfügung gestellt vom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2ED765DC" wp14:editId="186B7D5E">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4144F84D" wp14:editId="0DF67034">
             <wp:extent cx="2247900" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="588512616" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2240280" cy="563880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="102D2454" w14:textId="77777777" w:rsidR="007663BD" w:rsidRDefault="007663BD" w:rsidP="007663BD">
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="1AE0BBE6" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="3A951430" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="043440AB" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="63A1A1AE" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="4AC48DF1" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="71862872" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="42CA8BB5" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00782FB8" w:rsidRDefault="006D32EB" w:rsidP="00782FB8">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F5E86FA" w14:textId="77777777" w:rsidR="00C8310B" w:rsidRPr="00175221" w:rsidRDefault="00C8310B" w:rsidP="00175221">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00175221">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -335,51 +333,69 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00175221">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aus Gründen der sprachlichen Vereinfachung wird auf die Nennung der drei Geschlechter verzichtet, wo eine geschlechtsneutrale Formulierung nicht möglich war. In diesen Fällen beziehen die verwendeten männlichen Begriffe die weiblichen und diversen Formen ebenso mit ein. </w:t>
       </w:r>
       <w:r w:rsidRPr="00175221">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Mustervertrag ist nur ein Vorschlag für eine mögliche Regelung. Viele Festlegungen sind frei vereinbar. Der Verwender kann auch andere Formulierungen wählen. </w:t>
       </w:r>
       <w:r w:rsidRPr="00175221">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret zu regelnde Situation und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
+        <w:t xml:space="preserve">Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00175221">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zu regelnde Situation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00175221">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
       </w:r>
       <w:r w:rsidRPr="00175221">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Falls Sie einen maßgeschneiderten Vertrag benötigen, sollten Sie sich durch einen Rechtsanwalt Ihres Vertrauens beraten lassen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73222E18" w14:textId="77777777" w:rsidR="00C8310B" w:rsidRPr="00175221" w:rsidRDefault="00C8310B" w:rsidP="00175221">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="014F35AD" w14:textId="77777777" w:rsidR="00C8310B" w:rsidRPr="00175221" w:rsidRDefault="00C8310B" w:rsidP="00175221">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -1214,52 +1230,62 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Vergütung</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="022663D2" w14:textId="77777777" w:rsidR="00C8310B" w:rsidRPr="00175221" w:rsidRDefault="00C8310B" w:rsidP="00165EE0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00175221">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Der Auftragnehmer erhält für seine Leistung pro .</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Der Auftragnehmer erhält für seine Leistung </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00175221">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pro .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00F77652">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________</w:t>
       </w:r>
       <w:r w:rsidRPr="00175221">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> eine Vergütung in Höhe von </w:t>
       </w:r>
       <w:r w:rsidR="00F77652">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________</w:t>
       </w:r>
       <w:r w:rsidRPr="00175221">
@@ -1444,67 +1470,95 @@
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
       <w:r w:rsidRPr="00F77652">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">-Klasse, </w:t>
       </w:r>
       <w:r w:rsidR="00F77652" w:rsidRPr="00F77652">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00F77652">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>des Pkw: .</w:t>
-      </w:r>
+        <w:t>des Pkw</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F77652">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00F77652" w:rsidRPr="00F77652">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_____</w:t>
       </w:r>
       <w:r w:rsidRPr="00F77652">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> €  für jeden gefahrenen Kilometer.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F77652">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>€  für</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F77652">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> jeden gefahrenen Kilometer.</w:t>
       </w:r>
       <w:r w:rsidR="00F77652" w:rsidRPr="00F77652">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00F77652">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Die Wahl des günstigsten Verkehrsmittels bleibt dem Auftragnehmer vorbehalten. Dieser ist jedoch verpflichtet, Fahrtkosten jeweils nach den kürzesten Entfernungen zu berechnen und Reisen, deren Kosten nicht in einem vernünftigen Verhältnis zum Gesamthonorar stehen, nur mit ausdrücklicher Genehmigung des Auftraggebers zu unternehmen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DB9FEAC" w14:textId="77777777" w:rsidR="00C8310B" w:rsidRPr="00F77652" w:rsidRDefault="00C8310B" w:rsidP="00165EE0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
@@ -1680,51 +1734,87 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CB0F996" w14:textId="77777777" w:rsidR="00C8310B" w:rsidRPr="00175221" w:rsidRDefault="00C8310B" w:rsidP="00A14B16">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00175221">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Der Auftragnehmer verpflichtet sich jedoch, dem Auftraggeber  .......... mal im  Monat ganztägig in dessen Hause zur Verfügung zu stehen. Der Auftraggeber stellt einen Arbeitsplatz innerhalb seiner Räumlichkeiten bereit. Dieser weist folgende Ausstattungsmerkmale auf:</w:t>
+        <w:t xml:space="preserve">Der Auftragnehmer verpflichtet sich jedoch, dem </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00175221">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Auftraggeber  ..........</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00175221">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mal </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00175221">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>im  Monat</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00175221">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ganztägig in dessen Hause zur Verfügung zu stehen. Der Auftraggeber stellt einen Arbeitsplatz innerhalb seiner Räumlichkeiten bereit. Dieser weist folgende Ausstattungsmerkmale auf:</w:t>
       </w:r>
       <w:r w:rsidR="00F77652">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>______________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00BC6BB5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>____________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C63E5E1" w14:textId="77777777" w:rsidR="00C8310B" w:rsidRPr="00175221" w:rsidRDefault="00C8310B" w:rsidP="00BA5D74">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -2784,51 +2874,69 @@
         </w:rPr>
         <w:t xml:space="preserve">Der Auftragnehmer wird darauf hingewiesen, dass er nach </w:t>
       </w:r>
       <w:r w:rsidR="00A14B16">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Paragraf</w:t>
       </w:r>
       <w:r w:rsidRPr="00175221">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 Nr. 9 SGB VI rentenversicherungspflichtig sein kann, wenn er auf Dauer und im Wesentlichen nur für einen Auftraggeber tätig ist und keine versicherungspflichtigen Arbeitnehmer beschäftigt, deren Arbeitsentgelt aus diesem Beschäftigun</w:t>
       </w:r>
       <w:r w:rsidR="00165EE0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">gsverhältnis regelmäßig  450 € </w:t>
+        <w:t xml:space="preserve">gsverhältnis </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00165EE0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>regelmäßig  450</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00165EE0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> € </w:t>
       </w:r>
       <w:r w:rsidRPr="00175221">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>im Monat übersteigt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62C172B0" w14:textId="77777777" w:rsidR="00C8310B" w:rsidRPr="00175221" w:rsidRDefault="00C8310B" w:rsidP="00175221">
       <w:pPr>
         <w:pStyle w:val="Kopfzeile"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3259A739" w14:textId="77777777" w:rsidR="00C8310B" w:rsidRPr="00165EE0" w:rsidRDefault="00C8310B" w:rsidP="00165EE0">
@@ -2995,110 +3103,160 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="368A90D6" w14:textId="77777777" w:rsidR="00C8310B" w:rsidRPr="00175221" w:rsidRDefault="00C8310B" w:rsidP="00175221">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7CE32E9D" w14:textId="77777777" w:rsidR="00C8310B" w:rsidRPr="00175221" w:rsidRDefault="00C8310B" w:rsidP="00175221">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00175221">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00165EE0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00165EE0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00175221">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, den </w:t>
+      </w:r>
+      <w:r w:rsidR="00165EE0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>__________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00175221">
-[...14 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="32804B2D" w14:textId="77777777" w:rsidR="00C8310B" w:rsidRPr="00175221" w:rsidRDefault="00C8310B" w:rsidP="00175221">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00175221">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">(Ort)       </w:t>
-      </w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00175221">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">Ort)   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00175221">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00175221">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">        (Datum)</w:t>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00175221">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00175221">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Datum)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ED0C6D9" w14:textId="77777777" w:rsidR="00C8310B" w:rsidRPr="00175221" w:rsidRDefault="00C8310B" w:rsidP="00175221">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A697A4E" w14:textId="77777777" w:rsidR="00C8310B" w:rsidRPr="00175221" w:rsidRDefault="00C8310B" w:rsidP="00175221">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B85C566" w14:textId="77777777" w:rsidR="00C8310B" w:rsidRPr="00175221" w:rsidRDefault="00C8310B" w:rsidP="00175221">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -3210,190 +3368,190 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00175221">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00175221">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> (Auftragnehmer)         </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E4572D6" w14:textId="77777777" w:rsidR="00C8310B" w:rsidRDefault="00C8310B" w:rsidP="00175221"/>
     <w:p w14:paraId="79536A42" w14:textId="77777777" w:rsidR="00C8310B" w:rsidRDefault="00C8310B" w:rsidP="00175221"/>
-    <w:p w14:paraId="1EE8DA26" w14:textId="77777777" w:rsidR="005D41B2" w:rsidRDefault="005D41B2" w:rsidP="007663BD">
+    <w:p w14:paraId="1EE8DA26" w14:textId="77777777" w:rsidR="005D41B2" w:rsidRDefault="005D41B2" w:rsidP="007C0111">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005D41B2">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="964" w:right="1021" w:bottom="833" w:left="1814" w:header="720" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0FE96297" w14:textId="77777777" w:rsidR="00836666" w:rsidRDefault="00836666">
+    <w:p w14:paraId="3D8BB635" w14:textId="77777777" w:rsidR="00B8007A" w:rsidRDefault="00B8007A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2057F509" w14:textId="77777777" w:rsidR="00836666" w:rsidRDefault="00836666">
+    <w:p w14:paraId="4820E2CA" w14:textId="77777777" w:rsidR="00B8007A" w:rsidRDefault="00B8007A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6605ABCF" w14:textId="77777777" w:rsidR="00836666" w:rsidRDefault="00836666">
+    <w:p w14:paraId="768D4994" w14:textId="77777777" w:rsidR="00B8007A" w:rsidRDefault="00B8007A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5EFDD272" w14:textId="77777777" w:rsidR="00836666" w:rsidRDefault="00836666">
+    <w:p w14:paraId="06DD1B07" w14:textId="77777777" w:rsidR="00B8007A" w:rsidRDefault="00B8007A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="262FBB77" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="10378007" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3C373E12" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2E5514DA" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="110DC0A5" w14:textId="7128A092" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0D7E4E1A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA842ACE"/>
     <w:lvl w:ilvl="0" w:tplc="4C90977C">
       <w:start w:val="13"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5113,237 +5271,222 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="800610284">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1784156777">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1214583064">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1646079806">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1493718243">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="521478747">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="19"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="21505"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...17 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="006F0771"/>
     <w:rsid w:val="00034FD1"/>
     <w:rsid w:val="000459BF"/>
     <w:rsid w:val="00047B08"/>
     <w:rsid w:val="00051672"/>
     <w:rsid w:val="000712B9"/>
     <w:rsid w:val="00086F57"/>
     <w:rsid w:val="000A477F"/>
     <w:rsid w:val="00165EE0"/>
     <w:rsid w:val="00170BF6"/>
     <w:rsid w:val="001716BF"/>
     <w:rsid w:val="00175221"/>
     <w:rsid w:val="00184F64"/>
     <w:rsid w:val="00190CB5"/>
     <w:rsid w:val="00197AD2"/>
+    <w:rsid w:val="001E301B"/>
     <w:rsid w:val="001E6C19"/>
     <w:rsid w:val="001F1AAD"/>
     <w:rsid w:val="00201FD1"/>
     <w:rsid w:val="00220520"/>
     <w:rsid w:val="00271BBE"/>
     <w:rsid w:val="00294370"/>
     <w:rsid w:val="002C0749"/>
     <w:rsid w:val="003545EB"/>
     <w:rsid w:val="00354C93"/>
     <w:rsid w:val="0039495E"/>
-    <w:rsid w:val="003A590B"/>
     <w:rsid w:val="003F5181"/>
     <w:rsid w:val="00400010"/>
     <w:rsid w:val="00526CB3"/>
     <w:rsid w:val="00533DC4"/>
     <w:rsid w:val="005348D6"/>
+    <w:rsid w:val="00536674"/>
     <w:rsid w:val="00562776"/>
     <w:rsid w:val="00574390"/>
     <w:rsid w:val="005D41B2"/>
     <w:rsid w:val="00623089"/>
     <w:rsid w:val="006B6FC7"/>
     <w:rsid w:val="006B797A"/>
     <w:rsid w:val="006C4217"/>
     <w:rsid w:val="006D32EB"/>
     <w:rsid w:val="006F0771"/>
     <w:rsid w:val="006F721E"/>
     <w:rsid w:val="007038AA"/>
     <w:rsid w:val="00716EA7"/>
     <w:rsid w:val="00750C17"/>
-    <w:rsid w:val="007663BD"/>
     <w:rsid w:val="00782FB8"/>
+    <w:rsid w:val="007C0111"/>
     <w:rsid w:val="0080003E"/>
     <w:rsid w:val="00833638"/>
     <w:rsid w:val="00836666"/>
     <w:rsid w:val="0084046D"/>
     <w:rsid w:val="008522FB"/>
     <w:rsid w:val="00857967"/>
     <w:rsid w:val="00865328"/>
     <w:rsid w:val="008A20EE"/>
     <w:rsid w:val="008B0BA8"/>
     <w:rsid w:val="008E33AF"/>
     <w:rsid w:val="008E4158"/>
+    <w:rsid w:val="009002B5"/>
     <w:rsid w:val="00901024"/>
     <w:rsid w:val="009154CA"/>
     <w:rsid w:val="0094783E"/>
     <w:rsid w:val="009479CD"/>
     <w:rsid w:val="00954DC1"/>
     <w:rsid w:val="00976663"/>
     <w:rsid w:val="009B78AC"/>
     <w:rsid w:val="009D08BE"/>
-    <w:rsid w:val="00A106A6"/>
     <w:rsid w:val="00A14B16"/>
     <w:rsid w:val="00A23525"/>
     <w:rsid w:val="00A34C82"/>
     <w:rsid w:val="00A507F4"/>
     <w:rsid w:val="00A74B35"/>
     <w:rsid w:val="00A90C66"/>
     <w:rsid w:val="00AD5C21"/>
     <w:rsid w:val="00B01A12"/>
     <w:rsid w:val="00B2402E"/>
     <w:rsid w:val="00B327B5"/>
     <w:rsid w:val="00B37DC6"/>
     <w:rsid w:val="00B47EEE"/>
+    <w:rsid w:val="00B8007A"/>
     <w:rsid w:val="00BA5D74"/>
     <w:rsid w:val="00BB2F68"/>
     <w:rsid w:val="00BB651E"/>
     <w:rsid w:val="00BC2ED0"/>
     <w:rsid w:val="00BC6BB5"/>
     <w:rsid w:val="00BD3A99"/>
     <w:rsid w:val="00BE2EDA"/>
+    <w:rsid w:val="00C0706B"/>
     <w:rsid w:val="00C37402"/>
     <w:rsid w:val="00C441D9"/>
     <w:rsid w:val="00C5207C"/>
     <w:rsid w:val="00C569B5"/>
     <w:rsid w:val="00C77EE8"/>
     <w:rsid w:val="00C8310B"/>
     <w:rsid w:val="00CD3E57"/>
     <w:rsid w:val="00CE0C83"/>
     <w:rsid w:val="00D617BF"/>
     <w:rsid w:val="00D74549"/>
     <w:rsid w:val="00D90B55"/>
     <w:rsid w:val="00DD0751"/>
     <w:rsid w:val="00E049E9"/>
     <w:rsid w:val="00E073D5"/>
     <w:rsid w:val="00E72388"/>
     <w:rsid w:val="00F020A7"/>
     <w:rsid w:val="00F77652"/>
+    <w:rsid w:val="00F804C7"/>
     <w:rsid w:val="00FC3410"/>
+    <w:rsid w:val="00FE42AC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="21505"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1BD241BB"/>
+  <w15:docId w15:val="{94752900-C887-4DFB-A52E-B9F51CB3424C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5952,51 +6095,51 @@
     <w:name w:val="Fußzeile Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00175221"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listenabsatz">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00175221"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -6263,63 +6406,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...11 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101007AC43CE515D2804DAC7ADE3243597B14" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="d36f937f196cc11c9034c2c1754a79c3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xmlns:ns3="82589c12-70c4-4c94-a25a-3c827aa5c9f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="503caf83702f076935e2dbbd87d5e908" ns2:_="" ns3:_="">
     <xsd:import namespace="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <xsd:import namespace="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -6530,136 +6660,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="82589c12-70c4-4c94-a25a-3c827aa5c9f9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6793318E-7FB2-4090-A001-3B0FFADA6AE6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6391DBB-9235-463F-8DEB-6C428574C3D1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{85BC3C92-D5B4-4E08-A271-E4CAE8016CF3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A92260B7-BA57-40D3-BE76-38FEF78B1780}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
   <Words>1485</Words>
-  <Characters>11556</Characters>
+  <Characters>11559</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>372</Lines>
+  <Paragraphs>161</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13015</CharactersWithSpaces>
+  <CharactersWithSpaces>12883</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="144" baseType="variant">
       <vt:variant>
         <vt:i4>4063319</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>69</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@wiesbaden.ihk.de</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5767260</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -7060,43 +7204,43 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.darmstadt.ihk.de/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>Karin Träger</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007AC43CE515D2804DAC7ADE3243597B14</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>