--- v0 (2025-10-08)
+++ v1 (2026-01-12)
@@ -9,51 +9,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7A28DBC3" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="0C83B1DE" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="334B4606" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="69CA2CBE" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="0C2369B1" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="459A57A9" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="4D21B640" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="21599682" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="04EFCA3A" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="7E2DD41B" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="3F2F0320" w14:textId="77777777" w:rsidR="00394B89" w:rsidRPr="001A6800" w:rsidRDefault="003E5665" w:rsidP="00394B89">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A6800">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t xml:space="preserve">Mustervertrag </w:t>
       </w:r>
@@ -72,127 +72,124 @@
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A6800">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00394B89" w:rsidRPr="001A6800">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>reie Mitarbeit</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64146AAC" w14:textId="77777777" w:rsidR="00394B89" w:rsidRDefault="00394B89" w:rsidP="00394B89"/>
     <w:p w14:paraId="7E4D32E1" w14:textId="77777777" w:rsidR="00394B89" w:rsidRDefault="00394B89" w:rsidP="00394B89"/>
     <w:p w14:paraId="72A5DF3E" w14:textId="77777777" w:rsidR="00394B89" w:rsidRDefault="00394B89" w:rsidP="00394B89"/>
-    <w:p w14:paraId="4D96B81C" w14:textId="77777777" w:rsidR="00D271AE" w:rsidRDefault="00D271AE" w:rsidP="00394B89"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="29022A00" w14:textId="77777777" w:rsidR="00D271AE" w:rsidRDefault="00D271AE" w:rsidP="00D271AE">
+    <w:p w14:paraId="607230F4" w14:textId="77777777" w:rsidR="00394B89" w:rsidRDefault="00394B89" w:rsidP="00394B89"/>
+    <w:p w14:paraId="17CCDBFB" w14:textId="77777777" w:rsidR="00394B89" w:rsidRDefault="00394B89" w:rsidP="00394B89"/>
+    <w:p w14:paraId="291FEFC5" w14:textId="77777777" w:rsidR="00394B89" w:rsidRDefault="00394B89" w:rsidP="00394B89"/>
+    <w:p w14:paraId="493E2C43" w14:textId="77777777" w:rsidR="00394B89" w:rsidRDefault="00394B89" w:rsidP="00394B89"/>
+    <w:p w14:paraId="7134DC0E" w14:textId="77777777" w:rsidR="00394B89" w:rsidRDefault="00394B89" w:rsidP="00394B89"/>
+    <w:p w14:paraId="58755C24" w14:textId="77777777" w:rsidR="007232DD" w:rsidRDefault="007232DD" w:rsidP="007232DD">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212717203"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit freundlicher Unterstützung zur Verfügung gestellt vom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5311FCAB" wp14:editId="74170E93">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="295CC4EB" wp14:editId="66FB3E2A">
             <wp:extent cx="2247900" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="588512616" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2240280" cy="563880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="607230F4" w14:textId="77777777" w:rsidR="00394B89" w:rsidRDefault="00394B89" w:rsidP="00394B89"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="7134DC0E" w14:textId="77777777" w:rsidR="00394B89" w:rsidRDefault="00394B89" w:rsidP="00394B89"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="13EAFD80" w14:textId="77777777" w:rsidR="00394B89" w:rsidRPr="00782FB8" w:rsidRDefault="00394B89" w:rsidP="00394B89">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="390BC715" w14:textId="77777777" w:rsidR="00394B89" w:rsidRPr="003E5665" w:rsidRDefault="00394B89" w:rsidP="003E5665">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E5665">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
@@ -355,51 +352,69 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003E5665">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aus Gründen der sprachlichen Vereinfachung wird auf die Nennung der drei Geschlechter verzichtet, wo eine geschlechtsneutrale Formulierung nicht möglich war. In diesen Fällen beziehen die verwendeten männlichen Begriffe die weiblichen und diversen Formen ebenso mit ein. </w:t>
       </w:r>
       <w:r w:rsidRPr="003E5665">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Mustervertrag ist nur ein Vorschlag für eine mögliche Regelung. Viele Festlegungen sind frei vereinbar. Der Verwender kann auch andere Formulierungen wählen. </w:t>
       </w:r>
       <w:r w:rsidRPr="003E5665">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret zu regelnde Situation und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
+        <w:t xml:space="preserve">Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003E5665">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zu regelnde Situation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003E5665">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
       </w:r>
       <w:r w:rsidRPr="003E5665">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Falls Sie einen maßgeschneiderten Vertrag benötigen, sollten Sie sich durch einen Rechtsanwalt Ihres Vertrauens beraten lassen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2783B8A6" w14:textId="3DF76012" w:rsidR="00394B89" w:rsidRPr="003E5665" w:rsidRDefault="00394B89" w:rsidP="001F603B">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E5665">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -872,51 +887,69 @@
     <w:p w14:paraId="3E96DD5A" w14:textId="77777777" w:rsidR="00394B89" w:rsidRPr="003E5665" w:rsidRDefault="00394B89" w:rsidP="001F603B">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CB69A4A" w14:textId="66CBFB0E" w:rsidR="00394B89" w:rsidRPr="003E5665" w:rsidRDefault="00394B89" w:rsidP="001F603B">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E5665">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Der Auftragnehmer hat die Durführung und den Ablauf seiner Leistung selbst zu organisieren. Er unterliegt  keinen Weisungen des Auftraggebers und ist in der Gestaltung seiner Tätigkeit frei. </w:t>
+        <w:t xml:space="preserve">Der Auftragnehmer hat die Durführung und den Ablauf seiner Leistung selbst zu organisieren. Er </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003E5665">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>unterliegt  keinen</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003E5665">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Weisungen des Auftraggebers und ist in der Gestaltung seiner Tätigkeit frei. </w:t>
       </w:r>
       <w:r w:rsidR="00175D4D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ein Arbeitsverhältnis wird nicht begründet. </w:t>
       </w:r>
       <w:r w:rsidRPr="003E5665">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Auf besondere betriebliche Belange im Zusammenhang mit seiner Tätigkeit ist jedoch Rücksicht zu nehmen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4449E57F" w14:textId="77777777" w:rsidR="00394B89" w:rsidRPr="003E5665" w:rsidRDefault="00394B89" w:rsidP="001F603B">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2380,166 +2413,165 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003E5665">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003E5665">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Unterschrift Auftragnehmer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="020865EF" w14:textId="77777777" w:rsidR="005D41B2" w:rsidRDefault="005D41B2" w:rsidP="00101FDB">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="020865EF" w14:textId="77777777" w:rsidR="005D41B2" w:rsidRDefault="005D41B2" w:rsidP="007232DD">
+      <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="005D41B2" w:rsidSect="0050348D">
+    <w:sectPr w:rsidR="005D41B2" w:rsidSect="00626D69">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="964" w:right="1021" w:bottom="833" w:left="1814" w:header="720" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2D9A6351" w14:textId="77777777" w:rsidR="00F43204" w:rsidRDefault="00F43204">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4A955996" w14:textId="77777777" w:rsidR="00F43204" w:rsidRDefault="00F43204">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0C7B84D3" w14:textId="77777777" w:rsidR="00F43204" w:rsidRDefault="00F43204">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="06F45B1B" w14:textId="77777777" w:rsidR="00F43204" w:rsidRDefault="00F43204">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="6BDBB153" w14:textId="4C93A048" w:rsidR="006D32EB" w:rsidRDefault="0050348D">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3B97F994" w14:textId="0787C866" w:rsidR="006D32EB" w:rsidRDefault="00626D69">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5678D4EE" wp14:editId="748D8214">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F1FB5AF" wp14:editId="7E8A0975">
           <wp:extent cx="2481800" cy="409575"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="637863562" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+          <wp:docPr id="1551806745" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
@@ -2551,117 +2583,112 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="662EBF00" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2A625AF6" w14:textId="1F9AA3B0" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="362B0D52" w14:textId="23333AD6" w:rsidR="00D271AE" w:rsidRDefault="0050348D">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="36C923E7" w14:textId="09651A55" w:rsidR="00626D69" w:rsidRDefault="00626D69">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F64F868" wp14:editId="5F9AB7B9">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="06AFE1E9" wp14:editId="247A4F82">
           <wp:extent cx="2481800" cy="409575"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2485708" cy="410220"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7FB0C395" w14:textId="77777777" w:rsidR="00D271AE" w:rsidRDefault="00D271AE">
-[...4 lines deleted...]
-  <w:p w14:paraId="754D43CA" w14:textId="77777777" w:rsidR="00D271AE" w:rsidRDefault="00D271AE">
+  <w:p w14:paraId="2EE8DF1F" w14:textId="77777777" w:rsidR="00626D69" w:rsidRDefault="00626D69">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06883AD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="16A89688"/>
     <w:lvl w:ilvl="0" w:tplc="075C8DCA">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3552" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4272" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -3984,256 +4011,238 @@
   <w:num w:numId="9" w16cid:durableId="1503156381">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="368575127">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1877500402">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="665018">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1335495408">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="524095910">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1913389406">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...17 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00F43036"/>
     <w:rsid w:val="00041DAC"/>
     <w:rsid w:val="000459BF"/>
     <w:rsid w:val="000729BE"/>
     <w:rsid w:val="000834FA"/>
     <w:rsid w:val="00086F57"/>
     <w:rsid w:val="000B4D3D"/>
     <w:rsid w:val="000D21AE"/>
+    <w:rsid w:val="000F74E4"/>
     <w:rsid w:val="00101FDB"/>
     <w:rsid w:val="001045FC"/>
     <w:rsid w:val="0011284E"/>
     <w:rsid w:val="001213DB"/>
     <w:rsid w:val="00131FCB"/>
     <w:rsid w:val="00136734"/>
     <w:rsid w:val="001535E9"/>
     <w:rsid w:val="00153B0E"/>
     <w:rsid w:val="0016349B"/>
     <w:rsid w:val="00175D4D"/>
     <w:rsid w:val="00187EFA"/>
     <w:rsid w:val="00190B1A"/>
     <w:rsid w:val="001A6800"/>
+    <w:rsid w:val="001E301B"/>
     <w:rsid w:val="001F603B"/>
     <w:rsid w:val="00201FD1"/>
     <w:rsid w:val="002237C2"/>
     <w:rsid w:val="002817A7"/>
     <w:rsid w:val="002C0749"/>
     <w:rsid w:val="002C3D04"/>
     <w:rsid w:val="002D262A"/>
     <w:rsid w:val="002E37F4"/>
     <w:rsid w:val="002F7500"/>
     <w:rsid w:val="00311677"/>
     <w:rsid w:val="00342004"/>
     <w:rsid w:val="00373C67"/>
     <w:rsid w:val="00391D4F"/>
     <w:rsid w:val="00394B89"/>
     <w:rsid w:val="003E5665"/>
     <w:rsid w:val="00400010"/>
     <w:rsid w:val="00422218"/>
     <w:rsid w:val="004310A4"/>
     <w:rsid w:val="00446658"/>
     <w:rsid w:val="00465B93"/>
     <w:rsid w:val="00487335"/>
     <w:rsid w:val="004924C4"/>
     <w:rsid w:val="00500063"/>
-    <w:rsid w:val="0050348D"/>
     <w:rsid w:val="00526CB3"/>
+    <w:rsid w:val="00536674"/>
     <w:rsid w:val="0055380C"/>
     <w:rsid w:val="00586F2C"/>
     <w:rsid w:val="005A2EC4"/>
     <w:rsid w:val="005D0F0B"/>
     <w:rsid w:val="005D41B2"/>
     <w:rsid w:val="005D6B25"/>
     <w:rsid w:val="006171AB"/>
+    <w:rsid w:val="00626D69"/>
     <w:rsid w:val="00644A46"/>
-    <w:rsid w:val="00664F36"/>
     <w:rsid w:val="006C659F"/>
     <w:rsid w:val="006D32EB"/>
     <w:rsid w:val="007038AA"/>
     <w:rsid w:val="00705B75"/>
+    <w:rsid w:val="007232DD"/>
     <w:rsid w:val="007317EB"/>
     <w:rsid w:val="007417CB"/>
     <w:rsid w:val="007611AB"/>
     <w:rsid w:val="007777FF"/>
     <w:rsid w:val="00782FB8"/>
     <w:rsid w:val="0084046D"/>
     <w:rsid w:val="00857CB3"/>
     <w:rsid w:val="008644AD"/>
     <w:rsid w:val="00885A37"/>
     <w:rsid w:val="008A7386"/>
     <w:rsid w:val="008F3EA5"/>
     <w:rsid w:val="00902FB8"/>
     <w:rsid w:val="00976663"/>
     <w:rsid w:val="009802B0"/>
     <w:rsid w:val="009B415E"/>
     <w:rsid w:val="009D08BE"/>
     <w:rsid w:val="009D1DD0"/>
     <w:rsid w:val="009D3747"/>
-    <w:rsid w:val="00A106A6"/>
     <w:rsid w:val="00A16A4F"/>
     <w:rsid w:val="00A23525"/>
     <w:rsid w:val="00A96996"/>
     <w:rsid w:val="00AC0D12"/>
     <w:rsid w:val="00AE2F76"/>
     <w:rsid w:val="00AF49B0"/>
     <w:rsid w:val="00B03F05"/>
     <w:rsid w:val="00B3618A"/>
     <w:rsid w:val="00B42C71"/>
     <w:rsid w:val="00B75D64"/>
     <w:rsid w:val="00B8625D"/>
     <w:rsid w:val="00B93188"/>
     <w:rsid w:val="00BC1165"/>
     <w:rsid w:val="00BC2ED0"/>
     <w:rsid w:val="00BE65D1"/>
     <w:rsid w:val="00BF0B4A"/>
     <w:rsid w:val="00C04092"/>
     <w:rsid w:val="00C15D83"/>
     <w:rsid w:val="00C36C53"/>
     <w:rsid w:val="00C4181B"/>
     <w:rsid w:val="00C543B4"/>
     <w:rsid w:val="00C54CD5"/>
     <w:rsid w:val="00C62AF5"/>
     <w:rsid w:val="00CD4E48"/>
-    <w:rsid w:val="00D271AE"/>
+    <w:rsid w:val="00D210A9"/>
     <w:rsid w:val="00D665F3"/>
     <w:rsid w:val="00D74549"/>
     <w:rsid w:val="00D95DD6"/>
-    <w:rsid w:val="00D96D2B"/>
     <w:rsid w:val="00DD4B22"/>
     <w:rsid w:val="00DF16F9"/>
     <w:rsid w:val="00E057EA"/>
     <w:rsid w:val="00E14FD5"/>
     <w:rsid w:val="00E17F8C"/>
     <w:rsid w:val="00E21725"/>
     <w:rsid w:val="00E3714A"/>
     <w:rsid w:val="00E66121"/>
     <w:rsid w:val="00E85B62"/>
     <w:rsid w:val="00EC3795"/>
     <w:rsid w:val="00EE3C5D"/>
     <w:rsid w:val="00EF796F"/>
     <w:rsid w:val="00F31712"/>
     <w:rsid w:val="00F43036"/>
     <w:rsid w:val="00F43204"/>
     <w:rsid w:val="00FB7EF0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5DE30F21"/>
   <w15:docId w15:val="{3E0F63A0-2D73-44FD-9AFC-3CB7AAA8CFAA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4870,51 +4879,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FunotentextZchn">
     <w:name w:val="Fußnotentext Zchn"/>
     <w:link w:val="Funotentext"/>
     <w:semiHidden/>
     <w:rsid w:val="00394B89"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listenabsatz">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="001F603B"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -5189,59 +5198,65 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="82589c12-70c4-4c94-a25a-3c827aa5c9f9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101007AC43CE515D2804DAC7ADE3243597B14" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="d36f937f196cc11c9034c2c1754a79c3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xmlns:ns3="82589c12-70c4-4c94-a25a-3c827aa5c9f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="503caf83702f076935e2dbbd87d5e908" ns2:_="" ns3:_="">
     <xsd:import namespace="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <xsd:import namespace="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -5452,141 +5467,135 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF1DF640-20AD-40B0-9F30-3D3F8AFFA1B8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C513B1A7-F133-42C5-9650-32966EECF724}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6DA0ECB1-4392-4A57-8618-DF2C1CF82D35}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
+    <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F042E20C-6BA2-467F-BBBF-77A747BB7014}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6DA0ECB1-4392-4A57-8618-DF2C1CF82D35}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CF1DF640-20AD-40B0-9F30-3D3F8AFFA1B8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
   <Words>1288</Words>
-  <Characters>9326</Characters>
+  <Characters>9321</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>77</Lines>
-  <Paragraphs>21</Paragraphs>
+  <Lines>251</Lines>
+  <Paragraphs>80</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>IHK Darmstadt</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10593</CharactersWithSpaces>
+  <CharactersWithSpaces>10529</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="144" baseType="variant">
       <vt:variant>
         <vt:i4>4063319</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>69</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@wiesbaden.ihk.de</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5767260</vt:i4>
       </vt:variant>
       <vt:variant>