--- v0 (2025-10-08)
+++ v1 (2026-01-12)
@@ -1,60 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="15E1BF6F" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="1079B13C" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="27910F35" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="030137E1" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="60C95B1F" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="27B9B0CC" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="19C0483F" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="00A04CF7" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="20B55C6D" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="68A77A05" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="7C00EE89" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="4ACC08B0" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="008113D5" w:rsidRDefault="006D32EB" w:rsidP="00F14060">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008113D5">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
@@ -91,126 +92,131 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="121EC428" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00F14060" w:rsidRDefault="006D32EB" w:rsidP="00782FB8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4157FEE2" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00F14060" w:rsidRDefault="006D32EB" w:rsidP="00782FB8">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="52"/>
           <w:szCs w:val="52"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67DA0176" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
-    <w:p w14:paraId="0F11429F" w14:textId="77777777" w:rsidR="00284356" w:rsidRDefault="00284356" w:rsidP="00284356">
+    <w:p w14:paraId="206F8C48" w14:textId="77777777" w:rsidR="00381E1E" w:rsidRDefault="00381E1E" w:rsidP="00381E1E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212717203"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit freundlicher Unterstützung zur Verfügung gestellt vom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35DF397C" wp14:editId="4FAD2156">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3731D63F" wp14:editId="0DF4FB8B">
             <wp:extent cx="2247900" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="588512616" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2240280" cy="563880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24358FED" w14:textId="77777777" w:rsidR="00284356" w:rsidRDefault="00284356" w:rsidP="00284356">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="7265671E" w14:textId="77777777" w:rsidR="00381E1E" w:rsidRPr="00D37D47" w:rsidRDefault="00381E1E" w:rsidP="00381E1E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="24A021CC" w14:textId="77777777" w:rsidR="00FB4400" w:rsidRDefault="00FB4400" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="2E3D51B9" w14:textId="77777777" w:rsidR="00FB4400" w:rsidRDefault="00FB4400" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="0174EC0B" w14:textId="77777777" w:rsidR="00FB4400" w:rsidRDefault="00FB4400" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="7D90208F" w14:textId="77777777" w:rsidR="00FB4400" w:rsidRDefault="00FB4400" w:rsidP="00782FB8"/>
     <w:p w14:paraId="1D3E017E" w14:textId="77777777" w:rsidR="00FB4400" w:rsidRDefault="00FB4400" w:rsidP="00782FB8"/>
     <w:p w14:paraId="6ECC013B" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="2358390F" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="0A91BB69" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="13CF5F26" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00782FB8" w:rsidRDefault="006D32EB" w:rsidP="00782FB8">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1581EA88" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00F14060">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
@@ -358,51 +364,69 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aus Gründen der sprachlichen Vereinfachung wird auf die Nennung der drei Geschlechter verzichtet, wo eine geschlechtsneutrale Formulierung nicht möglich war. In diesen Fällen beziehen die verwendeten männlichen Begriffe die weiblichen und diversen Formen ebenso mit ein. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Mustervertrag ist nur ein Vorschlag für eine mögliche Regelung. Viele Festlegungen sind frei vereinbar. Der Verwender kann auch andere Formulierungen wählen. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret zu regelnde Situation und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
+        <w:t xml:space="preserve">Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F14060">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zu regelnde Situation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F14060">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Falls Sie einen maßgeschneiderten Vertrag benötigen, sollten Sie sich durch einen Rechtsanwalt Ihres Vertrauens beraten lassen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41929975" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00F14060">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3016056E" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00F14060">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -694,79 +718,58 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00650521">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kombination von Mediation und Schiedsgerichtsverfahren</w:t>
       </w:r>
       <w:r w:rsidR="00801FAD" w:rsidRPr="00650521">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00650521">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Möglich</w:t>
-[...19 lines deleted...]
-        <w:t>Schiedsgerichtsverfahren. Hierbei wird vereinbart, dass im Falle des Scheiterns der Mediation ein Schiedsgericht angerufen wird.</w:t>
+        <w:t>Möglich ist auch die Kombination von Mediation und Schiedsgerichtsverfahren. Hierbei wird vereinbart, dass im Falle des Scheiterns der Mediation ein Schiedsgericht angerufen wird.</w:t>
       </w:r>
       <w:r w:rsidRPr="00650521">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00650521">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Muster eines Geschäftsraummietvertrages</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A7F2480" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00F14060">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -1227,106 +1230,118 @@
             <w:pPr>
               <w:pStyle w:val="Einzug3-stellig"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F14060">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Keller:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009B0A74" w14:paraId="001E9EB2" w14:textId="77777777" w:rsidTr="004F1483">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A0BC203" w14:textId="77777777" w:rsidR="009B0A74" w:rsidRPr="00F14060" w:rsidRDefault="009B0A74" w:rsidP="009B0A74">
+          <w:p w14:paraId="3930A22B" w14:textId="77777777" w:rsidR="009B0A74" w:rsidRDefault="009B0A74" w:rsidP="009B0A74">
             <w:pPr>
               <w:pStyle w:val="Einzug3-stellig"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F14060">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dachboden:</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="772F1E06" w14:textId="77777777" w:rsidR="00CF1061" w:rsidRDefault="00CF1061" w:rsidP="009B0A74">
+            <w:pPr>
+              <w:pStyle w:val="Einzug3-stellig"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="426"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0A0BC203" w14:textId="6D32AB37" w:rsidR="00CF1061" w:rsidRPr="00F14060" w:rsidRDefault="00CF1061" w:rsidP="00CF1061">
+            <w:pPr>
+              <w:pStyle w:val="Einzug3-stellig"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="680"/>
+                <w:tab w:val="left" w:pos="567"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F14060">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Die Mietfläche beträgt ............. qm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="43FD76E7" w14:textId="75A5B5FA" w:rsidR="0022251D" w:rsidRDefault="00841F88" w:rsidP="0022251D">
+    <w:p w14:paraId="7143365F" w14:textId="77777777" w:rsidR="0022251D" w:rsidRDefault="0022251D" w:rsidP="00CF1061">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="426"/>
-[...26 lines deleted...]
-        <w:ind w:left="0" w:firstLine="426"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69F5C36D" w14:textId="15E4563F" w:rsidR="0022251D" w:rsidRDefault="00841F88" w:rsidP="0022251D">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A0B46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
@@ -1384,119 +1399,213 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0022251D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mieter und Vermieter haben das Mietobjekt gemeinsam eingehend besichtigt. Dabei sind keine Mängel aufgefallen. Der Mieter übernimmt die Mietsache wie besichtigt. Die Parteien verpflichten sich, bei Übergabe ein Übergabeprotokoll zu fertigen, welches von den Parteien bzw. den bevollmächtigten Vertretern unterzeichnet wird. Das Übergabeprotokoll konkretisiert den Zustand der Mietsache und wird Bestandteil des Vertrages.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BF2E605" w14:textId="77777777" w:rsidR="0022251D" w:rsidRPr="0022251D" w:rsidRDefault="0022251D" w:rsidP="00B23383">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7599BC11" w14:textId="77777777" w:rsidR="00A26CAE" w:rsidRPr="0022251D" w:rsidRDefault="00A26CAE" w:rsidP="0022251D">
+    <w:p w14:paraId="7599BC11" w14:textId="77777777" w:rsidR="00A26CAE" w:rsidRDefault="00A26CAE" w:rsidP="0022251D">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0022251D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Schäden an den Mieträumen sind dem Vermieter unverzüglich anzuzeigen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25D0D4C9" w14:textId="77777777" w:rsidR="00A26CAE" w:rsidRPr="004A0B46" w:rsidRDefault="00A26CAE" w:rsidP="00A26CAE">
+    <w:p w14:paraId="7D5B5206" w14:textId="77777777" w:rsidR="00CF1061" w:rsidRDefault="00CF1061" w:rsidP="00CF1061">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25D0D4C9" w14:textId="46B65018" w:rsidR="00A26CAE" w:rsidRDefault="00CF1061" w:rsidP="00CF1061">
+      <w:pPr>
+        <w:pStyle w:val="Einzug3-stellig"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="680"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:left="709" w:hanging="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00625EDA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anderen Flächen des Gebäudes, die nicht zum Mietobjekt gehören, sind nicht mitvermietet. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00625EDA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">er Mieter </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">darf </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00625EDA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>diese gemeinsam mit den weiteren Mietern gemäß der Hausordnung nutzen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3115FA87" w14:textId="77777777" w:rsidR="00F03BF2" w:rsidRDefault="00F03BF2" w:rsidP="00F03BF2">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FEE3938" w14:textId="77777777" w:rsidR="00F03BF2" w:rsidRDefault="00F03BF2" w:rsidP="00F03BF2">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
-          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
-        <w:ind w:left="360" w:firstLine="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="269FB910" w14:textId="77777777" w:rsidR="00F03BF2" w:rsidRPr="00CF1061" w:rsidRDefault="00F03BF2" w:rsidP="00F03BF2">
+      <w:pPr>
+        <w:pStyle w:val="Einzug3-stellig"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="680"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="577FD931" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="004F1483">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EBC1327" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="004A0B46" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A0B46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Mietzweck</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70379DA6" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="004A0B46" w:rsidRDefault="00841F88" w:rsidP="004F1483">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Die Vermietung erfolgt zur ausschließlichen Nutzung als</w:t>
       </w:r>
       <w:r w:rsidRPr="004A0B46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>......................</w:t>
@@ -1541,70 +1650,215 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>bung des Nutzungszwecks</w:t>
       </w:r>
       <w:r w:rsidRPr="004A0B46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20A7EB62" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="004F1483">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:ind w:left="786"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="64FDCEAA" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="006A5EBD">
+    <w:p w14:paraId="08B1EE38" w14:textId="77777777" w:rsidR="00EC6A25" w:rsidRDefault="00841F88" w:rsidP="006A5EBD">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
         </w:tabs>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...1 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Eine Änderung der vertraglich vereinbarten Nutzung ist von der Zustimmung des Vermieters abhängig, die nur aus wichtigem Grund verweigert werden darf. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C19F308" w14:textId="77777777" w:rsidR="00EC6A25" w:rsidRDefault="00EC6A25" w:rsidP="006A5EBD">
+      <w:pPr>
+        <w:pStyle w:val="Einzug3-stellig"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="680"/>
+        </w:tabs>
+        <w:ind w:left="360" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64FDCEAA" w14:textId="04035B59" w:rsidR="00841F88" w:rsidRDefault="00841F88" w:rsidP="006A5EBD">
+      <w:pPr>
+        <w:pStyle w:val="Einzug3-stellig"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="680"/>
+        </w:tabs>
+        <w:ind w:left="360" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F03BF2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ein </w:t>
+      </w:r>
+      <w:r w:rsidR="00F03BF2" w:rsidRPr="00F03BF2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>wichtiger</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03BF2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Grund besteht insbesondere in einer Konkurrenzsituation zu anderen Mietern.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6A25">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="471B7438" w14:textId="77777777" w:rsidR="00625EDA" w:rsidRDefault="00625EDA" w:rsidP="006A5EBD">
+      <w:pPr>
+        <w:pStyle w:val="Einzug3-stellig"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="680"/>
+        </w:tabs>
+        <w:ind w:left="360" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23A851F9" w14:textId="5224C019" w:rsidR="00625EDA" w:rsidRDefault="00625EDA" w:rsidP="006A5EBD">
+      <w:pPr>
+        <w:pStyle w:val="Einzug3-stellig"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="680"/>
+        </w:tabs>
+        <w:ind w:left="360" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00625EDA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Der Vermieter behält sich vor, seine Zustimmung nur gegen einen angemessenen Mietzuschlag zu erteilen, sofern die gewünschte neue Nutzung des Mietobjekts zu einer intensiveren Beanspruchung führt oder nach Ansicht des Vermieters die Vermietbarkeit weiterer Einheiten im Gebäude beeinträchtigt wird.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7457F249" w14:textId="77777777" w:rsidR="000A2140" w:rsidRDefault="000A2140" w:rsidP="006A5EBD">
+      <w:pPr>
+        <w:pStyle w:val="Einzug3-stellig"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="680"/>
+        </w:tabs>
+        <w:ind w:left="360" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CF53896" w14:textId="25E3429D" w:rsidR="000A2140" w:rsidRDefault="000A2140" w:rsidP="006A5EBD">
+      <w:pPr>
+        <w:pStyle w:val="Einzug3-stellig"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="680"/>
+        </w:tabs>
+        <w:ind w:left="360" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A2140">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Der Mieter ist dazu verpflichtet, alle für seinen Betrieb erforderlichen behördlichen Genehmigungen und Konzessionen, sofern sie auf ihn und sein Unternehmen bezogen sind, auf eigene Kosten einzuholen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DFA67C7" w14:textId="77777777" w:rsidR="006B1B0B" w:rsidRDefault="006B1B0B" w:rsidP="006A5EBD">
+      <w:pPr>
+        <w:pStyle w:val="Einzug3-stellig"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="680"/>
+        </w:tabs>
+        <w:ind w:left="360" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3548C306" w14:textId="77777777" w:rsidR="006B1B0B" w:rsidRPr="00F14060" w:rsidRDefault="006B1B0B" w:rsidP="006A5EBD">
+      <w:pPr>
+        <w:pStyle w:val="Einzug3-stellig"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="680"/>
+        </w:tabs>
+        <w:ind w:left="360" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="77EE3535" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="004F1483">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="087C3036" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="004A0B46" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A0B46">
         <w:rPr>
@@ -1714,51 +1968,51 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………………………………………………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="007C2240">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25C9A3B2" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="004F1483">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4399A65A" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
+    <w:p w14:paraId="4399A65A" w14:textId="7B795FB9" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Werden bauliche Veränderungen an der Mietsache (Einbauten, Umbauten, Ausbauten) durch den Mieter vorgenommen, verpflichtet er sich, diese spätestens bis zur Beendigung des Mietverhältnisses beseitigt zu haben.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="788F977E" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00F14060">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -1977,57 +2231,81 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>und läuft auf unbestimmte Zeit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EB1A5C3" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="004A0B46">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="703108D9" w14:textId="77777777" w:rsidR="004A0B46" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="004A0B46">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F03BF2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Es kann mit einer Kündigungsfrist von sechs Monaten zum Ende eines Kalendervierteljahres gekündigt werden.</w:t>
+      </w:r>
       <w:r w:rsidRPr="004A0B46">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Es kann mit einer Kündigungsfrist von sechs Monaten zum Ende eines Kalendervierteljahres gekündigt werden. Die Kündigung ist rechtzeitig erfolgt, wenn sie spätestens am 3. Werktag des ersten Monats der Kündigungsfrist schriftlich beim anderen Vertragspartner eingegangen ist.</w:t>
+        <w:t xml:space="preserve"> Die Kündigung ist rechtzeitig erfolgt, wenn sie spätestens am 3. Werktag des ersten Monats der Kündigungsfrist </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F03BF2">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>schriftlich</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A0B46">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> beim anderen Vertragspartner eingegangen ist.</w:t>
       </w:r>
       <w:r w:rsidR="004A0B46" w:rsidRPr="004A0B46">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CD64C4" w:rsidRPr="00CD64C4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(Diese Variante stellt ein unbefristetes Mietverhältnis dar, welches ordentlich mit der gesetzlichen Kündigungsfrist und ausnahmsweise aus wichtigem Grund gekündigt werden kann</w:t>
       </w:r>
       <w:r w:rsidR="00CD64C4" w:rsidRPr="00CD64C4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00CD64C4" w:rsidRPr="00CD64C4">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -2066,300 +2344,349 @@
     </w:p>
     <w:p w14:paraId="79D47105" w14:textId="77777777" w:rsidR="00CD64C4" w:rsidRPr="00F33C7D" w:rsidRDefault="00841F88" w:rsidP="00CD64C4">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk61530994"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk61530994"/>
       <w:r w:rsidR="00CD64C4" w:rsidRPr="00F33C7D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vermieter ist berechtigt, das Mietverhältnis fristlos zu kündigen, wenn u</w:t>
       </w:r>
       <w:r w:rsidR="00857BDA">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nter anderem</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6600BBDC" w14:textId="77777777" w:rsidR="00CD64C4" w:rsidRPr="00F33C7D" w:rsidRDefault="00CD64C4" w:rsidP="00CD64C4">
       <w:pPr>
         <w:pStyle w:val="EinzugnachEinz"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4533C841" w14:textId="77777777" w:rsidR="00CD64C4" w:rsidRPr="00F33C7D" w:rsidRDefault="00CD64C4" w:rsidP="00CD64C4">
+    <w:p w14:paraId="07FD493B" w14:textId="79EAF505" w:rsidR="00F03BF2" w:rsidRPr="00F33C7D" w:rsidRDefault="00CD64C4" w:rsidP="00F03BF2">
       <w:pPr>
         <w:pStyle w:val="EinzugnachEinz"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33C7D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>a) der Mieter mit zwei Monatsmieten in Verzug ist oder</w:t>
+        <w:t>a) der Mieter mit zwei Monatsmieten</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7EC0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F33C7D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in Verzug ist oder</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E963D94" w14:textId="77777777" w:rsidR="00CD64C4" w:rsidRPr="00F33C7D" w:rsidRDefault="00CD64C4" w:rsidP="00CD64C4">
       <w:pPr>
         <w:pStyle w:val="EinzugnachEinz"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14C53A0C" w14:textId="77777777" w:rsidR="00CD64C4" w:rsidRPr="00F33C7D" w:rsidRDefault="00CD64C4" w:rsidP="00CD64C4">
+    <w:p w14:paraId="14C53A0C" w14:textId="49AE95B4" w:rsidR="00CD64C4" w:rsidRPr="00F33C7D" w:rsidRDefault="00CD64C4" w:rsidP="00CD64C4">
       <w:pPr>
         <w:pStyle w:val="EinzugnachEinz"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F33C7D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>b) der Mieter trotz Mahnung das Objekt weiterhin vertragswidrig nutzt oder</w:t>
+        <w:t xml:space="preserve">b) der Mieter trotz Mahnung das </w:t>
+      </w:r>
+      <w:r w:rsidR="002F7EC0">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mietobjekt</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7EC0" w:rsidRPr="00F33C7D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F33C7D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>weiterhin vertragswidrig nutzt oder</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D50ABC2" w14:textId="77777777" w:rsidR="00CD64C4" w:rsidRPr="00F33C7D" w:rsidRDefault="00CD64C4" w:rsidP="00CD64C4">
       <w:pPr>
         <w:pStyle w:val="EinzugnachEinz"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4ADA23AB" w14:textId="77777777" w:rsidR="00CD64C4" w:rsidRPr="00F33C7D" w:rsidRDefault="00857BDA" w:rsidP="00857BDA">
+    <w:p w14:paraId="6B616DE7" w14:textId="790AAB7A" w:rsidR="002F7EC0" w:rsidRPr="002F7EC0" w:rsidRDefault="00857BDA" w:rsidP="00216BB2">
       <w:pPr>
         <w:pStyle w:val="EinzugnachEinz"/>
-        <w:ind w:left="709" w:hanging="283"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="680"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:left="426" w:firstLine="0"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r w:rsidR="00CD64C4" w:rsidRPr="00F33C7D">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nach Vertragsschluss eine wesentliche Verschlechterung in den wirtschaftlichen Verhältnissen des Mieters eintritt. Diese werden vermutet, wenn Pfändungen oder sonstige Zwangsvollstreckungsmaßnahmen ausgebracht werden, die die Ansprüche des Vermieters gefährden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D972A11" w14:textId="77777777" w:rsidR="00CD64C4" w:rsidRPr="00F33C7D" w:rsidRDefault="00CD64C4" w:rsidP="00CD64C4">
       <w:pPr>
         <w:pStyle w:val="EinzugnachEinz"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B35AAF1" w14:textId="60105B91" w:rsidR="00CD64C4" w:rsidRPr="006A5EBD" w:rsidRDefault="00CD64C4" w:rsidP="00CD64C4">
+    <w:p w14:paraId="1B35AAF1" w14:textId="60105B91" w:rsidR="00CD64C4" w:rsidRPr="00EF41B9" w:rsidRDefault="00CD64C4" w:rsidP="00CD64C4">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A5EBD">
+      <w:r w:rsidRPr="00EF41B9">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Die gesetzlichen Kündigungsrechte ohne Fristsetzung aus </w:t>
       </w:r>
-      <w:r w:rsidR="008A3EFE" w:rsidRPr="006A5EBD">
+      <w:r w:rsidR="008A3EFE" w:rsidRPr="00EF41B9">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Paragraf 543</w:t>
       </w:r>
-      <w:r w:rsidRPr="006A5EBD">
+      <w:r w:rsidRPr="00EF41B9">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> II Nr. 1, 569 I BGB bleiben unberührt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74EB8E14" w14:textId="77777777" w:rsidR="00CD64C4" w:rsidRPr="00F33C7D" w:rsidRDefault="00CD64C4" w:rsidP="00CD64C4">
       <w:pPr>
         <w:pStyle w:val="EinzugnachEinz"/>
         <w:ind w:left="709" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="0BB68DC1" w14:textId="77777777" w:rsidR="00CD64C4" w:rsidRPr="00CD64C4" w:rsidRDefault="00CD64C4" w:rsidP="00CD64C4">
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="0BB68DC1" w14:textId="77777777" w:rsidR="00CD64C4" w:rsidRPr="00EF41B9" w:rsidRDefault="00CD64C4" w:rsidP="00CD64C4">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD64C4">
+      <w:r w:rsidRPr="00EF41B9">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Im Übrigen ist jede Partei zur fristlosen Kündigung aus wichtigem Grunde berechtigt, wenn der Vertragspartner eine wesentliche Vertragspflicht trotz vorheriger Abmahnung wiederholt verletzt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7568DB95" w14:textId="77777777" w:rsidR="00CD64C4" w:rsidRDefault="00CD64C4" w:rsidP="00CD64C4">
       <w:pPr>
         <w:pStyle w:val="EinzugnachEinz"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52BCE55A" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00E02B3B" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E02B3B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mietzins</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33B7A236" w14:textId="076C4344" w:rsidR="00841F88" w:rsidRPr="00DE6702" w:rsidRDefault="00841F88" w:rsidP="00DE6702">
+    <w:p w14:paraId="33B7A236" w14:textId="5E6EDC36" w:rsidR="00841F88" w:rsidRPr="00DE6702" w:rsidRDefault="00841F88" w:rsidP="00DE6702">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE6702">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Die monatliche Netto-Grundmiete beträgt Euro </w:t>
       </w:r>
       <w:r w:rsidR="00E02B3B" w:rsidRPr="00DE6702">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………</w:t>
       </w:r>
       <w:r w:rsidR="00A71D97" w:rsidRPr="00DE6702">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>…………………..</w:t>
+        <w:t>……………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A71D97" w:rsidRPr="00DE6702">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A71D97" w:rsidRPr="00DE6702">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A71D97" w:rsidRPr="00DE6702">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00DE6702">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Sie ist im Voraus, spätestens am 3. Werktag jeden Monats, kostenfrei an den Vermieter auf dessen Konto bei der </w:t>
       </w:r>
       <w:r w:rsidR="00A44B86" w:rsidRPr="00DE6702">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>……………………………………………………………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="00A71D97" w:rsidRPr="00DE6702">
@@ -2391,313 +2718,327 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A44B86" w:rsidRPr="00DE6702">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00A44B86">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00A44B86" w:rsidRPr="00DE6702">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Eine Verpflichtung des Mieters zur Zahlung von Umsatzsteuer zusätzlich zur Miete besteht nur, wenn dies entweder vertraglich vereinbart wurde oder der Vermieter sich die Mehrwertsteuerberechnung für den Fall der</w:t>
       </w:r>
       <w:r w:rsidR="00857BDA" w:rsidRPr="00DE6702">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Option vorbehalten hat. Siehe</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A8108E">
+        <w:t xml:space="preserve"> Option vorbehalten hat. Siehe </w:t>
+      </w:r>
+      <w:r w:rsidR="00D80828" w:rsidRPr="00DE6702">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> VI</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D80828" w:rsidRPr="00DE6702">
+        <w:t xml:space="preserve">III. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A44B86" w:rsidRPr="00DE6702">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A44B86" w:rsidRPr="00DE6702">
+        <w:t>Ziffer 3.)</w:t>
+      </w:r>
+      <w:r w:rsidR="004F1483" w:rsidRPr="00DE6702">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26D6B667" w14:textId="46C24E0C" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00BE595E">
+      <w:pPr>
+        <w:pStyle w:val="Einzug3-stellig"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="680"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="360" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F14060">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Folgende Nebenabgaben hat der Mieter innerhalb e</w:t>
+      </w:r>
+      <w:r w:rsidR="00A44B86">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ines Monats nach erfolgter Rech</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F14060">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nungsstellung zusätzlich zu entrichten:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A44B86">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00A44B86">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Ziffer 3.)</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00A44B86" w:rsidRPr="00A44B86">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Den Nebenabgaben, Nebenkosten bzw. Betriebskosten ist besonderes Augenmerk zu widmen. Im Gegensatz zum Wohnraummietrecht können im Geschäftsraummietrecht sämtliche Nebenkosten auf den Mieter umgelegt werden. Es ist daher ratsam, die Nebenkostenbestimmungen sehr sorgfältig zu prüfen und zu formulieren</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4B41">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A44B86">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A44B86">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D6B667" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
+    <w:p w14:paraId="16205D85" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
+      <w:pPr>
+        <w:pStyle w:val="Einzug3-stellig"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:ind w:left="680"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F14060">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Betriebskosten in Höhe von Euro </w:t>
+      </w:r>
+      <w:r w:rsidR="00A44B86">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…………</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72B07175" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
+      <w:pPr>
+        <w:pStyle w:val="Einzug3-stellig"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:ind w:left="680"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F14060">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>anteilige Heizkosten entsprechend der Heizkosten VO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75FD93E8" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00A44B86" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
+      <w:pPr>
+        <w:pStyle w:val="Einzug3-stellig"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:ind w:left="680"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F14060">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sonstige Kosten: </w:t>
+      </w:r>
+      <w:r w:rsidR="00A44B86">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>……………</w:t>
+      </w:r>
+      <w:r w:rsidR="00A71D97">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A71D97">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A71D97">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A44B86">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F14060">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n Höhe von Euro</w:t>
+      </w:r>
+      <w:r w:rsidR="00A44B86">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>……………</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F14060">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F14060">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A44B86">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(eine spezifizierte Auflistung ist empfehlenswert)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C20159B" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="004F1483">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15E9AB8F" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00EF41B9" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F14060">
-[...214 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00EF41B9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Optiert der Vermieter zur Umsatzsteuer, hat der Mieter auf die vereinbarte Gesamtmiete die Umsatzsteuer in der jeweils gesetzlichen Höhe zu bezahlen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40675508" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00F14060">
       <w:pPr>
         <w:ind w:left="2835"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5735E3B4" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="007C2240" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2714,148 +3055,112 @@
       </w:r>
       <w:r w:rsidR="00A44B86" w:rsidRPr="007C2240">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00A44B86" w:rsidRPr="007C2240">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(Es bestehen mehrere Möglichkeiten (z. B. Staffelmiet- und Wertsicherungsklauseln), eine Anpassung des Mietzinses im Vorfeld vertraglich zu vereinbaren. Zu beachten ist, dass die verschiedenen Mietzinserhöhungsklauseln sich unterschiedlich auf die Entwicklung des Mietzinses auswirken können. Es ist daher ratsam, sich vorab eingehend zu informieren und die Klauseln sehr sorgfältig zu formulieren).</w:t>
       </w:r>
       <w:r w:rsidR="00A71D97">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="017A8F2F" w14:textId="300E0B57" w:rsidR="009C6D6A" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
+    <w:p w14:paraId="017A8F2F" w14:textId="1A21CC56" w:rsidR="009C6D6A" w:rsidRPr="00EF41B9" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B5FCB">
+      <w:r w:rsidRPr="00EF41B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Erhöht oder vermindert sich künftig der vom </w:t>
       </w:r>
-      <w:r w:rsidR="001018DE" w:rsidRPr="005B5FCB">
+      <w:r w:rsidR="001018DE" w:rsidRPr="00EF41B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Statistischen Bundesamt </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B5FCB">
-[...6 lines deleted...]
-      <w:r w:rsidR="001018DE" w:rsidRPr="005B5FCB">
+      <w:r w:rsidRPr="00EF41B9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">festgestellte Verbraucherpreisindex für Deutschland gegenüber dem für den Monat des Vertragsschlusses veröffentlichten Index um mindestens 10 Prozent, so ändert sich der Mietzins im gleichen </w:t>
+      </w:r>
+      <w:r w:rsidR="001018DE" w:rsidRPr="00EF41B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B5FCB">
+      <w:r w:rsidRPr="00EF41B9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rozentualen Verhältnis nach unten oder oben</w:t>
       </w:r>
-      <w:r w:rsidR="009C6D6A">
-[...43 lines deleted...]
-    <w:p w14:paraId="08336CA0" w14:textId="40379A2C" w:rsidR="00D04D16" w:rsidRDefault="005B5FCB" w:rsidP="009C6D6A">
+      <w:r w:rsidR="009C6D6A" w:rsidRPr="00EF41B9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Eine Erhöhung ist durch den Vermieter, eine Verminderung durch den Mieter der jeweils anderen Partei in Textform anzuzeigen. Die Änderung tritt im auf die Anzeige folgenden Monat in Kraft. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08336CA0" w14:textId="32A60F50" w:rsidR="00D04D16" w:rsidRDefault="005B5FCB" w:rsidP="009C6D6A">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B5FCB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="005B5FCB">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -2902,504 +3207,547 @@
       </w:r>
       <w:r w:rsidR="00D04D16" w:rsidRPr="00CD507D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Optional:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="496D5B63" w14:textId="32526DAE" w:rsidR="00841F88" w:rsidRPr="00CD507D" w:rsidRDefault="00D04D16" w:rsidP="00DE6702">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
         </w:tabs>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD507D">
+      <w:r w:rsidRPr="00D113BE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Die Anpassung ist auf jeweils eine Erhöhung und Verminderung pro Jahr, gerechnet ab dem Zeitpunkt des Vertragsschlusses bzw. der jeweils letzten Erhöhung oder Verminderung, begrenzt.</w:t>
       </w:r>
-      <w:r w:rsidR="00CD507D">
+      <w:r w:rsidR="00CD507D" w:rsidRPr="00D113BE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6218A372" w14:textId="77777777" w:rsidR="00D04D16" w:rsidRPr="005B5FCB" w:rsidRDefault="00D04D16" w:rsidP="009C6D6A">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0357CD7E" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="005B5FCB" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
+    <w:p w14:paraId="0357CD7E" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00C80C04" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B5FCB">
+      <w:r w:rsidRPr="00D113BE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sollte der genannte Index eingestellt werden, tritt an</w:t>
       </w:r>
-      <w:r w:rsidR="001018DE" w:rsidRPr="005B5FCB">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="005B5FCB">
+      <w:r w:rsidR="001018DE" w:rsidRPr="00D113BE">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> seine Stelle der </w:t>
+      </w:r>
+      <w:r w:rsidR="001018DE" w:rsidRPr="00C80C04">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">entsprechende </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C80C04">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nachfolgeindex.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A731D29" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="005B5FCB">
+    <w:p w14:paraId="5A731D29" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00C80C04" w:rsidRDefault="00841F88" w:rsidP="005B5FCB">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="218" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D328530" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="005B5FCB" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
+    <w:p w14:paraId="0D328530" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00C80C04" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B5FCB">
+      <w:r w:rsidRPr="00C80C04">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Weitere Anpassungen der Miete erfolgen nach Maßgabe der Ziff</w:t>
       </w:r>
-      <w:r w:rsidR="00857BDA">
+      <w:r w:rsidR="00857BDA" w:rsidRPr="00C80C04">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B5FCB">
+      <w:r w:rsidRPr="00C80C04">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1, wobei jeweils auf </w:t>
       </w:r>
-      <w:r w:rsidR="001018DE" w:rsidRPr="005B5FCB">
+      <w:r w:rsidR="001018DE" w:rsidRPr="00C80C04">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B5FCB">
+      <w:r w:rsidRPr="00C80C04">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>en Indexstand zum Zeitpunkt der letzten Anpassun</w:t>
       </w:r>
-      <w:r w:rsidR="001018DE" w:rsidRPr="005B5FCB">
+      <w:r w:rsidR="001018DE" w:rsidRPr="00C80C04">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">g als </w:t>
       </w:r>
-      <w:r w:rsidR="005B5FCB" w:rsidRPr="005B5FCB">
+      <w:r w:rsidR="005B5FCB" w:rsidRPr="00C80C04">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="001018DE" w:rsidRPr="005B5FCB">
+      <w:r w:rsidR="001018DE" w:rsidRPr="00C80C04">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">usgangsindex abzustellen </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B5FCB">
+      <w:r w:rsidRPr="00C80C04">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ist.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="662C4D5D" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="005B5FCB">
+    <w:p w14:paraId="662C4D5D" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00C80C04" w:rsidRDefault="00841F88" w:rsidP="005B5FCB">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
         </w:tabs>
         <w:ind w:left="218" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60AB34B4" w14:textId="3C0D459C" w:rsidR="009C6D6A" w:rsidRDefault="00841F88" w:rsidP="009C6D6A">
+    <w:p w14:paraId="63C4939E" w14:textId="7139D9C1" w:rsidR="00085B65" w:rsidRPr="00C80C04" w:rsidRDefault="00841F88" w:rsidP="009C6D6A">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B5FCB">
+      <w:r w:rsidRPr="00C80C04">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Haben die vom Mieter auf eigene Kosten vorgen</w:t>
       </w:r>
-      <w:r w:rsidR="001018DE" w:rsidRPr="005B5FCB">
+      <w:r w:rsidR="001018DE" w:rsidRPr="00C80C04">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ommenen baulichen Veränderungen </w:t>
       </w:r>
-      <w:r w:rsidRPr="005B5FCB">
+      <w:r w:rsidRPr="00C80C04">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">eine Werterhöhung der Mieträume zur Folge, so hat diese bei einer Neufestsetzung </w:t>
       </w:r>
-      <w:r w:rsidR="001018DE" w:rsidRPr="005B5FCB">
+      <w:r w:rsidR="001018DE" w:rsidRPr="00C80C04">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="005B5FCB">
+      <w:r w:rsidRPr="00C80C04">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>es Mietzinses außer Betracht zu bleiben.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="421156FE" w14:textId="77777777" w:rsidR="009C6D6A" w:rsidRDefault="009C6D6A" w:rsidP="009C6D6A">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52061B61" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="005B5FCB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F5528A3" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="005B5FCB" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
+    <w:p w14:paraId="4F5528A3" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00C80C04" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B5FCB">
+      <w:r w:rsidRPr="00C80C04">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mietkaution</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1104CB3C" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="007C2240">
+    <w:p w14:paraId="1104CB3C" w14:textId="2B6B448E" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="007C2240">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Der Mieter zahlt eine Kaution in Höhe von drei Monatsmieten. Die Kaution ist vom Vermieter auf einem gesondert geführten Konto aufzubewahren. Eine Verzinsungspflicht des Vermieters für die Kaution wird ausgeschlossen.</w:t>
+        <w:t xml:space="preserve">Der Mieter zahlt eine Kaution in Höhe von drei Monatsmieten. Die Kaution ist vom Vermieter auf einem gesondert geführten Konto aufzubewahren. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C80C04">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Eine Verzinsungspflicht des Vermieters für die Kaution wird ausgeschlossen.</w:t>
       </w:r>
       <w:r w:rsidR="007C2240">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FF5845A" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="004F1483">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:ind w:left="1040"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Oder:</w:t>
       </w:r>
       <w:r w:rsidR="007C2240">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08E35C72" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="004F1483">
+    <w:p w14:paraId="08E35C72" w14:textId="29EA84B7" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="004F1483">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Die Kaution kann auch durch Vorlage einer auf den Kautionsbetrag beschränkten unwiderruflichen, unbefristeten, unbedingten und selbstschuldnerischen Bürgschaft eines Kreditinstituts erbracht werden. Die Bürgschaftsurkunde ist dem Vermieter auszuhändigen. Sie hat die Verpflichtung des Kreditinstituts zu enthalten, auf erste Anforderung des Vermieters und ohne Prüfung der Forderung zu leisten. </w:t>
+        <w:t xml:space="preserve">Die Kaution kann auch durch Vorlage einer auf den Kautionsbetrag beschränkten unwiderruflichen, unbefristeten, unbedingten und selbstschuldnerischen Bürgschaft eines Kreditinstituts erbracht werden. Die Bürgschaftsurkunde ist dem Vermieter auszuhändigen. Sie hat die Verpflichtung des Kreditinstituts zu </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F14060">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>enthalten</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C80C04">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, auf erste Anforderung des Vermieters und ohne Prüfung der Forderung zu leisten.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F14060">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="155E3CAF" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="004F1483">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B4AD30C" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="005B5FCB" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B5FCB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bauliche Veränderungen, Ausbesserungen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="608F6C84" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
+    <w:p w14:paraId="608F6C84" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00C80C04" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Bauliche Veränderungen an den Mieträumen darf der Mieter nur nach Vorliegen der schriftlichen Zustimmung des Vermieters vornehmen lassen. Die Zustimmung darf verweigert werden, wenn ein wichtiger Grund vorliegt.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7942F923" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="005B5FCB">
+        <w:t xml:space="preserve">Bauliche Veränderungen an den Mieträumen darf der Mieter nur nach Vorliegen der </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C80C04">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>schriftlichen Zustimmung des Vermieters vornehmen lassen. Die Zustimmung darf verweigert werden, wenn ein wichtiger Grund vorliegt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7942F923" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00C80C04" w:rsidRDefault="00841F88" w:rsidP="005B5FCB">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
         </w:tabs>
         <w:ind w:left="66" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="195CB737" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="005B5FCB" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
+    <w:p w14:paraId="326339FE" w14:textId="7B2C57CA" w:rsidR="002F7EC0" w:rsidRPr="005B5FCB" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C80C04">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ausbesserungen und bauliche Veränderungen, die zur Erhaltung des Gebäudes, zur Abwendung drohender Gefahren oder zur Beseitigung von Schäden dienen, darf der Vermieter ohne Zustimmung des Mieters vornehmen lassen. Sollten diese Arbeiten</w:t>
+      </w:r>
       <w:r w:rsidRPr="005B5FCB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ausbesserungen und bauliche Veränderungen, die zur Erhaltung des Gebäudes, zur Abwendung drohender Gefahren oder zur Beseitigung von Schäden dienen, darf der Vermieter ohne Zustimmung des Mieters vornehmen lassen. Sollten diese Arbeiten aus anderen Gründen vorgenommen werden, so bedarf es einer Zustimmung des Mieters dann nicht, wenn sie den Mieter nur unwesentlich </w:t>
-[...7 lines deleted...]
-        <w:t>beeinträchtigen. In diesen Fällen entstehen keine Schadensersatzansprüche und Ansprüche zur Mietminderung.</w:t>
+        <w:t xml:space="preserve"> aus anderen Gründen vorgenommen werden, so bedarf es einer Zustimmung des Mieters dann nicht, wenn sie den Mieter nur unwesentlich beeinträchtigen. In diesen Fällen entstehen keine Schadensersatzansprüche und Ansprüche zur Mietminderung.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14ED8A6E" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="005B5FCB">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="66" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FA18A01" w14:textId="7EB916BB" w:rsidR="00A71D97" w:rsidRPr="009C6D6A" w:rsidRDefault="00841F88" w:rsidP="009C6D6A">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
@@ -3434,224 +3782,256 @@
         <w:t>Unterbleibt</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> diese Benachrichtigung, so kann dem Mieter ein Anspruch auf Schadensersatz/Mietminderung entstehen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43381311" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="005B5FCB">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="66" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="594050AF" w14:textId="5903CE22" w:rsidR="00841F88" w:rsidRPr="005B5FCB" w:rsidRDefault="00DE6702" w:rsidP="00197F2B">
+    <w:p w14:paraId="594050AF" w14:textId="4EB1DDD9" w:rsidR="00841F88" w:rsidRPr="005B5FCB" w:rsidRDefault="0093594D" w:rsidP="0093594D">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
-          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:tab/>
       </w:r>
       <w:r w:rsidR="00841F88" w:rsidRPr="005B5FCB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Betreten der Mietsache</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13643DCB" w14:textId="77777777" w:rsidR="00857BDA" w:rsidRDefault="00841F88" w:rsidP="00F478B6">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
         </w:tabs>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Der Vermieter darf die Geschäftsräume nach vorheriger Ankündigung während der Geschäftszeiten, bei Gefahr im Verzug auch in Abwesenheit des Mieters, betreten, um sich vom Zustand der Räume zu überzeugen. Dieses Recht kann auch durch einen Bevollmächtigten ausgeübt werden.</w:t>
+        <w:t xml:space="preserve">Der Vermieter darf die Geschäftsräume nach vorheriger Ankündigung während der Geschäftszeiten, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0093594D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bei Gefahr im Verzug auch in Abwesenheit des Mieters,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F14060">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> betreten, um sich vom Zustand der Räume zu überzeugen. Dieses Recht kann auch durch einen Bevollmächtigten ausgeübt werden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07A33DA9" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00F14060">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C81369E" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="005B5FCB" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B5FCB">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Instandhaltung/Instandsetzung der Mieträume, Schönheitsreparaturen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2419040C" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="004F1483" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
+    <w:p w14:paraId="2419040C" w14:textId="2ECB9876" w:rsidR="00841F88" w:rsidRPr="004F1483" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F1483">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Mieter erklärt sich bereit, die Instandhaltung (Wartung) und Instandsetzung (Reparaturen) an der Mietsache innerhalb der Mieträume bis zu einem Betrag vom EUR</w:t>
       </w:r>
       <w:r w:rsidR="004F1483" w:rsidRPr="004F1483">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……….</w:t>
       </w:r>
       <w:r w:rsidRPr="004F1483">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> je Einzelfall zu übernehmen. Fallen mehrere Wartungs- und Reparaturarbeiten an, übernimmt der Mieter insgesamt im Jahr die dafür benötigen Kosten nur bis zu einem Betrag von EUR</w:t>
       </w:r>
       <w:r w:rsidR="004F1483" w:rsidRPr="004F1483">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>……….</w:t>
-      </w:r>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004F1483" w:rsidRPr="004F1483">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="004F1483">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Handelt es sich um die Instandhaltung und Instandsetzung des Gebäudes (Dach und Fach), der damit verbundenen technischen Einrichtungen und Anlagen, sowie der Außenanlagen, obliegt diese Pflicht dem Vermieter.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EBD001F" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00F478B6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63BA9534" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00857BDA" w:rsidRDefault="00841F88" w:rsidP="00F478B6">
+    <w:p w14:paraId="63BA9534" w14:textId="150F7E26" w:rsidR="00841F88" w:rsidRPr="00857BDA" w:rsidRDefault="00841F88" w:rsidP="00F478B6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00857BDA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Schönheitsreparaturen, wie das Streichen der Wände und Decken, werden vom Mieter vorgenommen. </w:t>
+        <w:t>Schönheitsreparaturen, wie das Streichen der Wände und Decken</w:t>
+      </w:r>
+      <w:r w:rsidR="005F5D2C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oder die sonstige Neubehandlung oder Reinigung von z.B. Wänden, Decken, Fenstern, Türen oder Heizkörpern</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00857BDA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, werden vom Mieter vorgenommen. </w:t>
       </w:r>
       <w:r w:rsidR="000B5110" w:rsidRPr="00857BDA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="07FAD41F" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="004F1483" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F1483">
@@ -3700,123 +4080,116 @@
       </w:r>
       <w:r w:rsidRPr="00857BDA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Mieter wird dem Vermieter den Bestand dieser Versicherungen auf Anforderung nachweisen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="200946B5" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00F14060">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EEA5730" w14:textId="77777777" w:rsidR="00F4148C" w:rsidRPr="00F478B6" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
+    <w:p w14:paraId="1EEA5730" w14:textId="77777777" w:rsidR="00F4148C" w:rsidRPr="0093594D" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:spacing w:before="80"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F4148C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Untervermietung, Nachmieter</w:t>
       </w:r>
       <w:r w:rsidR="00F4148C" w:rsidRPr="00F4148C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00F478B6">
+      <w:r w:rsidR="00F478B6" w:rsidRPr="0093594D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00F4148C" w:rsidRPr="00F478B6">
+      <w:r w:rsidR="00F4148C" w:rsidRPr="0093594D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Zu beachten ist, dass ein Untermietverhältnis für den Hauptmieter den Nachteil hat, dass dieser weiterhin an den Vertrag gebunden ist und im Zweifel dem Regress durch den Vermieter ausgesetzt ist.</w:t>
       </w:r>
-      <w:r w:rsidR="00F478B6" w:rsidRPr="00F478B6">
+      <w:r w:rsidR="00F478B6" w:rsidRPr="0093594D">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t>Es ist insbesondere für befristete Mietverhältnisse mit einer langen Laufzeit sinnvoll im Vertrag festzulegen, ob und in welchem Rahmen der Mieter das Recht haben soll, einen Nachmieter anzubieten.</w:t>
-[...6 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>Es ist insbesondere für befristete Mietverhältnisse mit einer langen Laufzeit sinnvoll im Vertrag festzulegen, ob und in welchem Rahmen der Mieter das Recht haben soll, einen Nachmieter anzubieten.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F1F8037" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00F478B6">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:ind w:left="538"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1686852A" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
+    <w:p w14:paraId="538998A3" w14:textId="05872FD3" w:rsidR="00BD579A" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Eine Untervermietung ist nur mit schriftlicher Zustimmung des Vermieters gestattet.</w:t>
       </w:r>
       <w:r w:rsidR="00E961BA">
         <w:rPr>
@@ -3825,81 +4198,87 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Die Zustimmung kann verweigert werden, wenn ein wichtiger Grund vorliegt. Sie kann aus wichtigem Grund widerrufen werden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41AF652A" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00F478B6">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00C8CBFC" w14:textId="0207E4BE" w:rsidR="00841F88" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
+    <w:p w14:paraId="00C8CBFC" w14:textId="64A65466" w:rsidR="00841F88" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Der Mieter ist berechtigt, einen Nachmieter zu stellen, der in den Mietvertrag zu den gleichen Bedingungen innerhalb der Restlaufzeit des Vertrages eintritt, </w:t>
+        <w:t>Der Mieter ist berechtigt, einen Nachmieter zu stellen, der in den Mietvertrag zu den gleichen Bedingungen innerhalb der Restlaufzeit des Vertrages eintritt, sofern gegen die Bonität des Nachmieters, gegen dessen Person und die Branche (auch im Hinblick auf einen</w:t>
+      </w:r>
+      <w:r w:rsidR="00085B65">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> etwaigen</w:t>
       </w:r>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>sofern gegen die Bonität des Nachmieters, gegen dessen Person und die Branche (auch im Hinblick auf einen Konkurrenzschutz) keine Einwendungen bestehen. Der Vermieter ist verpflichtet, mit diesem Mieter zu unveränderten Bedingungen einen Vertrag für die Restlaufzeit abzuschließen.</w:t>
+        <w:t xml:space="preserve"> Konkurrenzschutz) keine Einwendungen bestehen. Der Vermieter ist verpflichtet, mit diesem Mieter zu unveränderten Bedingungen einen Vertrag für die Restlaufzeit abzuschließen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D1780B2" w14:textId="77777777" w:rsidR="00DE6702" w:rsidRDefault="00DE6702" w:rsidP="00DE6702">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03DF0034" w14:textId="77777777" w:rsidR="00DE6702" w:rsidRPr="00F14060" w:rsidRDefault="00DE6702" w:rsidP="00DE6702">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -3917,91 +4296,211 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C1A4444" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F478B6" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F478B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Außenreklame</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26B9B238" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
+    <w:p w14:paraId="670D3E7E" w14:textId="42E6C367" w:rsidR="00584645" w:rsidRPr="0093594D" w:rsidRDefault="00841F88" w:rsidP="00584645">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Der Mieter ist berechtigt, an bestimmten Teilen der Außenfront des Gebäudes Firmenschilder, Leuchtreklame sowie Schaukästen und Warenautomaten anzubringen, soweit der Gesamteindruck der Gebäudefront dadurch nicht beeinträchtigt wird.</w:t>
+        <w:t xml:space="preserve">Der Mieter ist berechtigt, an </w:t>
+      </w:r>
+      <w:r w:rsidR="00584645">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>folgenden</w:t>
+      </w:r>
+      <w:r w:rsidR="00584645" w:rsidRPr="00F14060">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br/>
+        <w:t xml:space="preserve">Teilen der Außenfront des Gebäudes Firmenschilder, Leuchtreklame sowie Schaukästen und Warenautomaten anzubringen, soweit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0093594D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">der Gesamteindruck der Gebäudefront dadurch nicht </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0093594D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>beeinträchtigt</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0093594D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wird</w:t>
+      </w:r>
+      <w:r w:rsidR="00584645" w:rsidRPr="0093594D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00584645" w:rsidRPr="0093594D" w:rsidDel="00584645">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63DDC775" w14:textId="77777777" w:rsidR="00584645" w:rsidRDefault="00584645" w:rsidP="00584645">
+      <w:pPr>
+        <w:pStyle w:val="Einzug3-stellig"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="680"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="360" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C76766E" w14:textId="304B787F" w:rsidR="00584645" w:rsidRDefault="00584645" w:rsidP="00584645">
+      <w:pPr>
+        <w:pStyle w:val="Einzug3-stellig"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="680"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="360" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CAB0BB3" w14:textId="77777777" w:rsidR="00584645" w:rsidRDefault="00584645" w:rsidP="00584645">
+      <w:pPr>
+        <w:pStyle w:val="Einzug3-stellig"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="680"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="360" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26B9B238" w14:textId="128A1DF4" w:rsidR="00841F88" w:rsidRPr="00584645" w:rsidRDefault="00841F88" w:rsidP="00584645">
+      <w:pPr>
+        <w:pStyle w:val="Einzug3-stellig"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="680"/>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:left="360" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00584645">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Das Anbringen dieser Außenreklame erfolgt auf Kosten des Mieters und nach vorheriger Abstimmung mit dem Vermieter.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F14060">
+      <w:r w:rsidRPr="00584645">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>Die gesetzlichen und ortspolizeilichen Vorschriften über Außenreklame sind zu beachten.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F14060">
+      <w:r w:rsidRPr="00584645">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CF6D17B" w14:textId="7F7DCA82" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00857BDA" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -4078,96 +4577,103 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A53DD43" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F478B6" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F478B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sachen des Mieters</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E5C3BDE" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
+    <w:p w14:paraId="2E5C3BDE" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F75818" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F14060">
+      <w:r w:rsidRPr="00F75818">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Mieter versichert, dass die Sachen, die er in die Mieträume einbringen wird, in seinem freien Eigentum stehen, abgesehen von handelsüblichen Eigentumsvorbehalten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23717609" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F75818">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Folgende Sachen sind hiervon</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Folgende Sachen sind hiervon ausgenommen:</w:t>
+        <w:t xml:space="preserve"> ausgenommen:</w:t>
       </w:r>
       <w:r w:rsidR="00F478B6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>………………………………………………………………………………………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52CA0E8F" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00F478B6">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C9D753E" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F478B6" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -4213,66 +4719,121 @@
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FA79794" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00F478B6">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Vermieter verpflichtet sich, während der Mietzeit weder auf dem Mietgrundstück noch auf ihm gehörenden Nachbargrundstücken (Straße, Hausnummer) gewerbliche Räume an einen Mitbewerber des Mieters zu vermieten.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36259053" w14:textId="615E92CE" w:rsidR="008C24F5" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="008C24F5">
+    <w:p w14:paraId="36259053" w14:textId="615E92CE" w:rsidR="008C24F5" w:rsidRDefault="00841F88" w:rsidP="008C24F5">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Diese Verpflichtung erstreckt sich nicht auf den Fall einer Änderung des Nutzungszwecks der Mieträume.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66C72F55" w14:textId="77777777" w:rsidR="005F5D2C" w:rsidRDefault="005F5D2C" w:rsidP="008C24F5">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="15765C14" w14:textId="15B7A5A6" w:rsidR="005F5D2C" w:rsidRDefault="005F5D2C" w:rsidP="008C24F5">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ODER</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41130052" w14:textId="77777777" w:rsidR="005F5D2C" w:rsidRDefault="005F5D2C" w:rsidP="008C24F5">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F1902E2" w14:textId="3A9C8F5F" w:rsidR="005F5D2C" w:rsidRPr="00F14060" w:rsidRDefault="005F5D2C" w:rsidP="008C24F5">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FB4B41">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Der Vermieter räumt keinen Konkurrenzschutz ein.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7451F002" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00F478B6">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0671791D" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="007C2240" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -4344,59 +4905,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00197F2B">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00197F2B" w:rsidRPr="00197F2B">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Hier</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00197F2B" w:rsidRPr="00197F2B">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ist ausschließlich das Gericht zuständig und einzutragen, in dessen Bezirk sich die </w:t>
-[...7 lines deleted...]
-        <w:t>Mieträume befinden (sog</w:t>
+        <w:t xml:space="preserve"> ist ausschließlich das Gericht zuständig und einzutragen, in dessen Bezirk sich die Mieträume befinden (sog</w:t>
       </w:r>
       <w:r w:rsidR="006A5EBD">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>enannter</w:t>
       </w:r>
       <w:r w:rsidR="00197F2B" w:rsidRPr="00197F2B">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidR="00857BDA">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">usschließlicher Gerichtsstand: Paragraf </w:t>
       </w:r>
       <w:r w:rsidR="00197F2B" w:rsidRPr="00197F2B">
         <w:rPr>
           <w:i/>
@@ -4511,107 +5064,121 @@
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mündliche Nebenabreden zu diesem Vertrag bestehen nicht.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ADAB724" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00F14060">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
         </w:tabs>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73B0B891" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
+    <w:p w14:paraId="73B0B891" w14:textId="4D70BEC6" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Änderungen oder Ergänzungen des Vertrages sind nur wirksam, wenn sie schriftlich vereinbart werden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DA5805F" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00F14060">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
         </w:tabs>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="313A935B" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
+    <w:p w14:paraId="313A935B" w14:textId="2DD0CC7B" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00197F2B">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="680"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ist oder wird eine Bestimmung dieses Vertrages unwirksam, so berührt dies die Wirksamkeit des Vertrages nicht. </w:t>
+        <w:t>Ist oder wird eine Bestimmung dieses Vertrages unwirksam</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4B41">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F14060">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">so berührt dies die Wirksamkeit des Vertrages nicht. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F33D18B" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00F14060">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71FA7FE9" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00F14060">
       <w:pPr>
         <w:pStyle w:val="Einzug3-stellig"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3209F340" w14:textId="77777777" w:rsidR="00841F88" w:rsidRPr="00F14060" w:rsidRDefault="00841F88" w:rsidP="00F14060">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -4728,258 +5295,236 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F14060">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Unterschrift Mieter</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25CC7B82" w14:textId="77777777" w:rsidR="00F97FD7" w:rsidRPr="00F14060" w:rsidRDefault="00F97FD7" w:rsidP="00F14060">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:jc w:val="left"/>
-        <w:rPr>
-[...7 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75A6E07A" w14:textId="77777777" w:rsidR="00BB1E77" w:rsidRDefault="00BB1E77">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BB1E77" w:rsidSect="001C4B73">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
-      <w:footerReference w:type="first" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="964" w:right="1021" w:bottom="833" w:left="1814" w:header="720" w:footer="851" w:gutter="0"/>
       <w:pgNumType w:start="1" w:chapStyle="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4732499C" w14:textId="77777777" w:rsidR="00AE1B45" w:rsidRDefault="00AE1B45">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5711C192" w14:textId="77777777" w:rsidR="00AE1B45" w:rsidRDefault="00AE1B45">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="294194134"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="6240A6F2" w14:textId="77777777" w:rsidR="00DA1660" w:rsidRDefault="00DA1660">
         <w:pPr>
           <w:pStyle w:val="Fuzeile"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00A71D97">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="65516DA0" w14:textId="77777777" w:rsidR="00DA1660" w:rsidRDefault="00DA1660">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="3082B64F" w14:textId="0BAD321C" w:rsidR="00F14060" w:rsidRPr="00E961BA" w:rsidRDefault="00F14060">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3082B64F" w14:textId="7DED4467" w:rsidR="00F14060" w:rsidRPr="00E961BA" w:rsidRDefault="00F14060">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F14060">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Stand: </w:t>
     </w:r>
-    <w:r w:rsidR="00192114">
+    <w:r w:rsidR="00BF0F99">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>1</w:t>
-[...13 lines deleted...]
-      <w:t xml:space="preserve">Januar </w:t>
+      <w:t xml:space="preserve">1. Januar </w:t>
     </w:r>
     <w:r w:rsidRPr="00F14060">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="000E0AF8">
+    <w:r w:rsidR="00FB4B41">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00E961BA">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">                                                                                                                   </w:t>
+      <w:t xml:space="preserve">                                                                                                                  </w:t>
     </w:r>
     <w:r w:rsidR="00E961BA" w:rsidRPr="00E961BA">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r w:rsidR="00E961BA" w:rsidRPr="00E961BA">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00E961BA" w:rsidRPr="00E961BA">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidR="00E961BA" w:rsidRPr="00E961BA">
       <w:rPr>
         <w:sz w:val="18"/>
@@ -5037,150 +5582,222 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
     <w:r w:rsidR="00E961BA" w:rsidRPr="00E961BA">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="2198AEFF" w14:textId="77777777" w:rsidR="00F14060" w:rsidRPr="00F14060" w:rsidRDefault="00F14060">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5349FA25" w14:textId="77777777" w:rsidR="00AE1B45" w:rsidRPr="00F237F4" w:rsidRDefault="00AE1B45" w:rsidP="00F237F4">
       <w:pPr>
         <w:pStyle w:val="Fuzeile"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="387F07E2" w14:textId="77777777" w:rsidR="00AE1B45" w:rsidRDefault="00AE1B45">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="2C5AB7F6" w14:textId="2BCD0094" w:rsidR="006D32EB" w:rsidRDefault="00284356">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2C5AB7F6" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+      <w:rPr>
+        <w:color w:val="808080"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="32575F86" w14:textId="77777777" w:rsidR="00381E1E" w:rsidRDefault="00381E1E" w:rsidP="00381E1E">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="729C0488" wp14:editId="6666BC48">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3DDDBE64" wp14:editId="7EDDDD10">
           <wp:extent cx="2481800" cy="409575"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+          <wp:docPr id="73925695" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2485708" cy="410220"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2F502F5C" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
-[...6 lines deleted...]
-  </w:p>
   <w:p w14:paraId="3235B1D7" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="50F461A4" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4F40AE78" w14:textId="77777777" w:rsidR="00381E1E" w:rsidRDefault="00381E1E" w:rsidP="00381E1E">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+      <w:rPr>
+        <w:color w:val="808080"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="540B200F" wp14:editId="49D9B325">
+          <wp:extent cx="2481800" cy="409575"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="1970315502" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2485708" cy="410220"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="7F7203DD" w14:textId="77777777" w:rsidR="00381E1E" w:rsidRDefault="00381E1E" w:rsidP="00381E1E">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+      <w:rPr>
+        <w:color w:val="808080"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="6E2EFBAC" w14:textId="61FA028C" w:rsidR="00F14060" w:rsidRDefault="00F14060">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DD14469"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="75800B7C"/>
     <w:lvl w:ilvl="0" w:tplc="949CAA08">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -7048,51 +7665,51 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54DB2D78"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51FC82FC"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04070019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
@@ -7124,83 +7741,86 @@
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56AC5A59"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="CFCEBB88"/>
+    <w:tmpl w:val="B4EA258A"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1035" w:hanging="675"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1755" w:hanging="675"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:lvl w:ilvl="2" w:tplc="91FC0A46">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2340" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
@@ -7952,322 +8572,335 @@
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="454449766">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1514950872">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="867184663">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="218831002">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1505708504">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="139738213">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="23"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...17 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="003206EA"/>
     <w:rsid w:val="00004F2C"/>
     <w:rsid w:val="0002380C"/>
     <w:rsid w:val="000459BF"/>
     <w:rsid w:val="0006777D"/>
     <w:rsid w:val="00070EE0"/>
+    <w:rsid w:val="0007584A"/>
     <w:rsid w:val="00082EB6"/>
     <w:rsid w:val="000834FA"/>
+    <w:rsid w:val="00085B65"/>
     <w:rsid w:val="00086F57"/>
     <w:rsid w:val="0008703F"/>
+    <w:rsid w:val="000900B2"/>
+    <w:rsid w:val="000A2140"/>
     <w:rsid w:val="000B5110"/>
-    <w:rsid w:val="000E0AF8"/>
     <w:rsid w:val="001018DE"/>
     <w:rsid w:val="00101FDB"/>
     <w:rsid w:val="001045FC"/>
     <w:rsid w:val="0011284E"/>
-    <w:rsid w:val="001213DB"/>
     <w:rsid w:val="00136734"/>
     <w:rsid w:val="001535E9"/>
     <w:rsid w:val="00153B0E"/>
     <w:rsid w:val="0016349B"/>
     <w:rsid w:val="00187EFA"/>
     <w:rsid w:val="00190B1A"/>
     <w:rsid w:val="00192114"/>
     <w:rsid w:val="0019456C"/>
     <w:rsid w:val="00197F2B"/>
+    <w:rsid w:val="001C0E25"/>
     <w:rsid w:val="001C4B73"/>
     <w:rsid w:val="001C6704"/>
+    <w:rsid w:val="001E301B"/>
     <w:rsid w:val="00201FD1"/>
     <w:rsid w:val="00216256"/>
+    <w:rsid w:val="00216BB2"/>
     <w:rsid w:val="0022251D"/>
     <w:rsid w:val="00223369"/>
     <w:rsid w:val="002237C2"/>
     <w:rsid w:val="002263CB"/>
     <w:rsid w:val="002823DD"/>
-    <w:rsid w:val="00284356"/>
     <w:rsid w:val="0028579A"/>
     <w:rsid w:val="002916C0"/>
+    <w:rsid w:val="002B3107"/>
     <w:rsid w:val="002C0749"/>
     <w:rsid w:val="002C3D04"/>
     <w:rsid w:val="002E4B35"/>
+    <w:rsid w:val="002F7EC0"/>
     <w:rsid w:val="003206EA"/>
+    <w:rsid w:val="00324FE3"/>
     <w:rsid w:val="00325062"/>
     <w:rsid w:val="00342004"/>
     <w:rsid w:val="00373C67"/>
+    <w:rsid w:val="00381E1E"/>
     <w:rsid w:val="00391D4F"/>
+    <w:rsid w:val="003951DF"/>
     <w:rsid w:val="003C0F9B"/>
     <w:rsid w:val="003C3DBA"/>
     <w:rsid w:val="00400010"/>
     <w:rsid w:val="004310A4"/>
+    <w:rsid w:val="004359BA"/>
     <w:rsid w:val="00446658"/>
     <w:rsid w:val="00464C32"/>
-    <w:rsid w:val="00487335"/>
+    <w:rsid w:val="00475AE7"/>
     <w:rsid w:val="004A0B46"/>
     <w:rsid w:val="004B6DFE"/>
     <w:rsid w:val="004C33F8"/>
     <w:rsid w:val="004E7922"/>
     <w:rsid w:val="004F1483"/>
     <w:rsid w:val="00526CB3"/>
-    <w:rsid w:val="00561955"/>
+    <w:rsid w:val="00560028"/>
     <w:rsid w:val="00571262"/>
-    <w:rsid w:val="00573B94"/>
+    <w:rsid w:val="00584645"/>
     <w:rsid w:val="005A2EC4"/>
     <w:rsid w:val="005B5FCB"/>
     <w:rsid w:val="005D41B2"/>
     <w:rsid w:val="005D6B25"/>
     <w:rsid w:val="005F27B0"/>
+    <w:rsid w:val="005F5D2C"/>
     <w:rsid w:val="005F6495"/>
     <w:rsid w:val="006055DA"/>
-    <w:rsid w:val="00645E68"/>
+    <w:rsid w:val="00625EDA"/>
+    <w:rsid w:val="00637E87"/>
     <w:rsid w:val="00650521"/>
     <w:rsid w:val="0069395F"/>
     <w:rsid w:val="006A5EBD"/>
+    <w:rsid w:val="006B1B0B"/>
     <w:rsid w:val="006C5F81"/>
     <w:rsid w:val="006D2C44"/>
     <w:rsid w:val="006D32EB"/>
     <w:rsid w:val="007038AA"/>
+    <w:rsid w:val="00735DDC"/>
     <w:rsid w:val="007417CB"/>
     <w:rsid w:val="00782FB8"/>
     <w:rsid w:val="007939D6"/>
     <w:rsid w:val="007A5F8A"/>
+    <w:rsid w:val="007C0448"/>
     <w:rsid w:val="007C2240"/>
     <w:rsid w:val="00801FAD"/>
     <w:rsid w:val="008113D5"/>
     <w:rsid w:val="008147E7"/>
     <w:rsid w:val="00821BC3"/>
     <w:rsid w:val="0084046D"/>
     <w:rsid w:val="00841F88"/>
     <w:rsid w:val="008509C6"/>
     <w:rsid w:val="00857BDA"/>
     <w:rsid w:val="00897F28"/>
     <w:rsid w:val="008A3EFE"/>
     <w:rsid w:val="008A7386"/>
     <w:rsid w:val="008C24F5"/>
     <w:rsid w:val="008F3294"/>
     <w:rsid w:val="008F6E58"/>
     <w:rsid w:val="00902FB8"/>
     <w:rsid w:val="00906049"/>
+    <w:rsid w:val="0093594D"/>
     <w:rsid w:val="00941096"/>
     <w:rsid w:val="00976663"/>
     <w:rsid w:val="009802B0"/>
     <w:rsid w:val="00990DA1"/>
+    <w:rsid w:val="009A3F7B"/>
     <w:rsid w:val="009B0A74"/>
     <w:rsid w:val="009C6D6A"/>
     <w:rsid w:val="009D08BE"/>
     <w:rsid w:val="009D1DD0"/>
     <w:rsid w:val="009D3747"/>
     <w:rsid w:val="009D6DCA"/>
-    <w:rsid w:val="00A106A6"/>
     <w:rsid w:val="00A16A4F"/>
     <w:rsid w:val="00A23525"/>
     <w:rsid w:val="00A26CAE"/>
     <w:rsid w:val="00A44B86"/>
     <w:rsid w:val="00A71D97"/>
     <w:rsid w:val="00A8004D"/>
-    <w:rsid w:val="00A8108E"/>
     <w:rsid w:val="00A87DA2"/>
     <w:rsid w:val="00A96996"/>
     <w:rsid w:val="00AA5026"/>
     <w:rsid w:val="00AC0D12"/>
+    <w:rsid w:val="00AC69F3"/>
     <w:rsid w:val="00AE1B45"/>
     <w:rsid w:val="00AE3188"/>
-    <w:rsid w:val="00AE5526"/>
     <w:rsid w:val="00B03F05"/>
     <w:rsid w:val="00B20800"/>
     <w:rsid w:val="00B23383"/>
     <w:rsid w:val="00B325F7"/>
     <w:rsid w:val="00B3618A"/>
     <w:rsid w:val="00B42C71"/>
     <w:rsid w:val="00B64F4E"/>
     <w:rsid w:val="00B70663"/>
     <w:rsid w:val="00B75D64"/>
     <w:rsid w:val="00B8756A"/>
     <w:rsid w:val="00B93188"/>
     <w:rsid w:val="00BA0A95"/>
     <w:rsid w:val="00BA62EC"/>
     <w:rsid w:val="00BB1E77"/>
     <w:rsid w:val="00BC2ED0"/>
+    <w:rsid w:val="00BD579A"/>
     <w:rsid w:val="00BE44E9"/>
     <w:rsid w:val="00BE4C4E"/>
+    <w:rsid w:val="00BE595E"/>
     <w:rsid w:val="00BE65D1"/>
+    <w:rsid w:val="00BF0F99"/>
     <w:rsid w:val="00C04092"/>
     <w:rsid w:val="00C06DA4"/>
     <w:rsid w:val="00C10190"/>
     <w:rsid w:val="00C12978"/>
     <w:rsid w:val="00C15D83"/>
+    <w:rsid w:val="00C24AED"/>
     <w:rsid w:val="00C4181B"/>
     <w:rsid w:val="00C543B4"/>
     <w:rsid w:val="00C74951"/>
+    <w:rsid w:val="00C80C04"/>
     <w:rsid w:val="00CD4E48"/>
     <w:rsid w:val="00CD507D"/>
     <w:rsid w:val="00CD64C4"/>
     <w:rsid w:val="00CE5A53"/>
     <w:rsid w:val="00CF08E9"/>
+    <w:rsid w:val="00CF1061"/>
+    <w:rsid w:val="00CF685C"/>
     <w:rsid w:val="00D04D16"/>
+    <w:rsid w:val="00D113BE"/>
     <w:rsid w:val="00D665F3"/>
     <w:rsid w:val="00D70CCD"/>
     <w:rsid w:val="00D74549"/>
     <w:rsid w:val="00D80828"/>
     <w:rsid w:val="00DA1660"/>
     <w:rsid w:val="00DC657D"/>
     <w:rsid w:val="00DD0B7C"/>
     <w:rsid w:val="00DD4B22"/>
     <w:rsid w:val="00DE6702"/>
-    <w:rsid w:val="00DF542C"/>
     <w:rsid w:val="00E02B3B"/>
     <w:rsid w:val="00E14FD5"/>
+    <w:rsid w:val="00E17B7A"/>
     <w:rsid w:val="00E21725"/>
     <w:rsid w:val="00E30381"/>
     <w:rsid w:val="00E3714A"/>
+    <w:rsid w:val="00E44CAE"/>
     <w:rsid w:val="00E66121"/>
     <w:rsid w:val="00E961BA"/>
     <w:rsid w:val="00EA698E"/>
     <w:rsid w:val="00EC3795"/>
+    <w:rsid w:val="00EC6A25"/>
     <w:rsid w:val="00ED00EE"/>
-    <w:rsid w:val="00EE04FA"/>
+    <w:rsid w:val="00EE3D3F"/>
+    <w:rsid w:val="00EF41B9"/>
+    <w:rsid w:val="00F03BF2"/>
     <w:rsid w:val="00F0536C"/>
     <w:rsid w:val="00F14060"/>
     <w:rsid w:val="00F237F4"/>
     <w:rsid w:val="00F25BA1"/>
     <w:rsid w:val="00F4148C"/>
     <w:rsid w:val="00F478B6"/>
     <w:rsid w:val="00F5090A"/>
     <w:rsid w:val="00F5448A"/>
+    <w:rsid w:val="00F75818"/>
+    <w:rsid w:val="00F81C71"/>
+    <w:rsid w:val="00F84E1B"/>
+    <w:rsid w:val="00F96996"/>
     <w:rsid w:val="00F97FD7"/>
     <w:rsid w:val="00FA0FCA"/>
     <w:rsid w:val="00FB4400"/>
+    <w:rsid w:val="00FB4B41"/>
     <w:rsid w:val="00FF5DF9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6667BC96"/>
   <w15:docId w15:val="{B2F08456-03AD-4806-9662-10570BE916B4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8955,64 +9588,128 @@
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F14060"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabellenraster">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="NormaleTabelle"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="009B0A74"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Kommentarzeichen">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000900B2"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kommentartext">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="KommentartextZchn"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000900B2"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentartextZchn">
+    <w:name w:val="Kommentartext Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Kommentartext"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="000900B2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kommentarthema">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Kommentartext"/>
+    <w:next w:val="Kommentartext"/>
+    <w:link w:val="KommentarthemaZchn"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="000900B2"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentarthemaZchn">
+    <w:name w:val="Kommentarthema Zchn"/>
+    <w:basedOn w:val="KommentartextZchn"/>
+    <w:link w:val="Kommentarthema"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000900B2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -9274,59 +9971,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101007AC43CE515D2804DAC7ADE3243597B14" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="d36f937f196cc11c9034c2c1754a79c3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xmlns:ns3="82589c12-70c4-4c94-a25a-3c827aa5c9f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="503caf83702f076935e2dbbd87d5e908" ns2:_="" ns3:_="">
     <xsd:import namespace="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <xsd:import namespace="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -9537,141 +10225,156 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="82589c12-70c4-4c94-a25a-3c827aa5c9f9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4BB7AA0D-AEA2-415D-8819-22B805E6638B}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0763AF20-A16A-44E5-BFCF-4024C60FBA4B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9102F426-4868-452A-8454-5C78F527E8BC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{993AE320-1BD3-4677-B103-29AC5D657EE3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A898E094-85DE-4331-8CA4-942B1C715BD2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A898E094-85DE-4331-8CA4-942B1C715BD2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{993AE320-1BD3-4677-B103-29AC5D657EE3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>2279</Words>
-  <Characters>16629</Characters>
+  <Words>2388</Words>
+  <Characters>17364</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>138</Lines>
-  <Paragraphs>37</Paragraphs>
+  <Lines>510</Lines>
+  <Paragraphs>205</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>IHK Darmstadt</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18871</CharactersWithSpaces>
+  <CharactersWithSpaces>19547</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="144" baseType="variant">
       <vt:variant>
         <vt:i4>4063319</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>69</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@wiesbaden.ihk.de</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5767260</vt:i4>
       </vt:variant>
       <vt:variant>