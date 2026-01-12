--- v0 (2025-10-08)
+++ v1 (2026-01-12)
@@ -11,51 +11,51 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7BA98466" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="31494221" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="627AB63E" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="18AE4297" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="703D5B11" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="7CDB8E90" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="0DF92007" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="294E6DCF" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="40D759B1" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="2098BDAF" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="1EB1A902" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="20AD81AD" w14:textId="77777777" w:rsidR="00441CB1" w:rsidRPr="00843606" w:rsidRDefault="00441CB1" w:rsidP="00441CB1">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00843606">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>Muster-Anstellungsvertrag</w:t>
@@ -75,120 +75,122 @@
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00843606">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>GmbH-Geschäftsführer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FC3E2AB" w14:textId="77777777" w:rsidR="00441CB1" w:rsidRDefault="00441CB1" w:rsidP="00441CB1"/>
     <w:p w14:paraId="08DB8A5F" w14:textId="77777777" w:rsidR="00441CB1" w:rsidRDefault="00441CB1" w:rsidP="00441CB1"/>
     <w:p w14:paraId="69582697" w14:textId="77777777" w:rsidR="00441CB1" w:rsidRDefault="00441CB1" w:rsidP="00441CB1"/>
     <w:p w14:paraId="75CD6504" w14:textId="77777777" w:rsidR="00441CB1" w:rsidRDefault="00441CB1" w:rsidP="00441CB1"/>
     <w:p w14:paraId="63A93573" w14:textId="77777777" w:rsidR="00441CB1" w:rsidRDefault="00441CB1" w:rsidP="00441CB1"/>
     <w:p w14:paraId="6D74654D" w14:textId="77777777" w:rsidR="00441CB1" w:rsidRDefault="00441CB1" w:rsidP="00441CB1"/>
     <w:p w14:paraId="255F23B9" w14:textId="77777777" w:rsidR="00441CB1" w:rsidRDefault="00441CB1" w:rsidP="00441CB1"/>
     <w:p w14:paraId="4DEA47A6" w14:textId="77777777" w:rsidR="00441CB1" w:rsidRDefault="00441CB1" w:rsidP="00441CB1"/>
     <w:p w14:paraId="2FCB842C" w14:textId="77777777" w:rsidR="00441CB1" w:rsidRDefault="00441CB1" w:rsidP="00441CB1"/>
     <w:p w14:paraId="2D9A4FCC" w14:textId="77777777" w:rsidR="00441CB1" w:rsidRDefault="00441CB1" w:rsidP="00441CB1"/>
-    <w:p w14:paraId="3B31B2B7" w14:textId="77777777" w:rsidR="00E47886" w:rsidRDefault="00E47886" w:rsidP="00E47886">
+    <w:p w14:paraId="13F40759" w14:textId="77777777" w:rsidR="00441CB1" w:rsidRDefault="00441CB1" w:rsidP="00441CB1"/>
+    <w:p w14:paraId="13CAAAB1" w14:textId="77777777" w:rsidR="00441CB1" w:rsidRDefault="00441CB1" w:rsidP="00441CB1"/>
+    <w:p w14:paraId="6102F51B" w14:textId="77777777" w:rsidR="00441CB1" w:rsidRDefault="00441CB1" w:rsidP="00441CB1"/>
+    <w:p w14:paraId="6BB07835" w14:textId="77777777" w:rsidR="00376F1F" w:rsidRDefault="00376F1F" w:rsidP="00376F1F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212717203"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit freundlicher Unterstützung zur Verfügung gestellt vom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7CA1E873" wp14:editId="6A5F790A">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6C0071B4" wp14:editId="6816E852">
             <wp:extent cx="2247900" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="588512616" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2240280" cy="563880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F40759" w14:textId="77777777" w:rsidR="00441CB1" w:rsidRDefault="00441CB1" w:rsidP="00441CB1"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6102F51B" w14:textId="77777777" w:rsidR="00441CB1" w:rsidRDefault="00441CB1" w:rsidP="00441CB1"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="4981FE79" w14:textId="77777777" w:rsidR="00441CB1" w:rsidRDefault="00441CB1" w:rsidP="00441CB1"/>
     <w:p w14:paraId="1B0C56DA" w14:textId="77777777" w:rsidR="00441CB1" w:rsidRDefault="00441CB1" w:rsidP="00441CB1"/>
     <w:p w14:paraId="436CBC71" w14:textId="77777777" w:rsidR="00441CB1" w:rsidRDefault="00441CB1" w:rsidP="00441CB1"/>
     <w:p w14:paraId="3D860D53" w14:textId="77777777" w:rsidR="00441CB1" w:rsidRDefault="00441CB1" w:rsidP="00441CB1"/>
     <w:p w14:paraId="5AB9ED90" w14:textId="77777777" w:rsidR="00441CB1" w:rsidRDefault="00441CB1" w:rsidP="00441CB1"/>
     <w:p w14:paraId="29DB80EF" w14:textId="77777777" w:rsidR="00441CB1" w:rsidRDefault="00441CB1" w:rsidP="00441CB1"/>
     <w:p w14:paraId="64EE1F92" w14:textId="77777777" w:rsidR="00441CB1" w:rsidRPr="00782FB8" w:rsidRDefault="00441CB1" w:rsidP="00441CB1">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="43096EAE" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRPr="00D37D47" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D37D47">
         <w:rPr>
           <w:b/>
@@ -340,51 +342,67 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D37D47">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aus Gründen der sprachlichen Vereinfachung wird auf die Nennung der drei Geschlechter verzichtet, wo eine geschlechtsneutrale Formulierung nicht möglich war. In diesen Fällen beziehen die verwendeten männlichen Begriffe die weiblichen und diversen Formen ebenso mit ein. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D37D47">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Mustervertrag ist nur ein Vorschlag für eine mögliche Regelung. Viele Festlegungen sind frei vereinbar. Der Verwender kann auch andere Formulierungen wählen. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D37D47">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret zu regelnde Situation und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
+        <w:t xml:space="preserve">Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D37D47">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zu regelnde Situation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D37D47">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D37D47">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Falls Sie einen maßgeschneiderten Vertrag benötigen, sollten Sie sich durch einen Rechtsanwalt Ihres Vertrauens beraten lassen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A33DD4B" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF"/>
     <w:p w14:paraId="42BD5E10" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF"/>
     <w:p w14:paraId="75CE6127" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Geschäftsführer - Anstellungsvertrag*)</w:t>
       </w:r>
     </w:p>
@@ -488,52 +506,57 @@
     <w:p w14:paraId="4BCAF0DE" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:r>
         <w:t>nachfolgend "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Gesellschaft</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">" genannt, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43875D40" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:r>
         <w:t xml:space="preserve">und </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B11299B" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF"/>
     <w:p w14:paraId="1C75F27B" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:r>
-        <w:t>Herrn / Frau  ...............................................................................................................................</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Herrn / </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Frau  ...............................................................................................................................</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="73E423FC" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>(Privatanschrift einsetzen)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12456972" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
@@ -613,195 +636,253 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1E5EA151" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF"/>
     <w:p w14:paraId="2F5F75EC" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:r>
         <w:t xml:space="preserve">geschlossen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C3B9BDF" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRPr="00023B00" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15D7C29C" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRPr="00D457EC" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D457EC">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Die konkrete Ausgestaltung des Vertrages ist weitgehend davon abhängig, ob der Geschäftsführer selbst an der Gesellschaft beteiligt oder als sog. Fremd-Geschäftsführer  angestellt ist. Gerade bei einem beherrschenden Gesellschafter-Geschäftsführer müssen eindeutige Vereinbarungen aus Gründen der steuerlichen Anerkennung und zur  Vermeidung verdeckter Gewinnausschüttung getroffen werden.</w:t>
-[...8 lines deleted...]
-      <w:pPr>
+        <w:t>Die konkrete Ausgestaltung des Vertrages ist weitgehend davon abhängig, ob der Geschäftsführer selbst an der Gesellschaft beteiligt oder als sog. Fremd-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D457EC">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Geschäftsführer  angestellt</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D457EC">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve"> ist. Gerade bei einem beherrschenden Gesellschafter-Geschäftsführer müssen eindeutige Vereinbarungen aus Gründen der steuerlichen Anerkennung und </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D457EC">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>zur  Vermeidung</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D457EC">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> verdeckter Gewinnausschüttung getroffen werden.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1151933F" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRPr="00023B00" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="018A90B0" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRPr="00D457EC" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D457EC">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>Je nach Ausgangslage könnte die Vorbemerkung des Vertrages wie folgt lauten:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BDD5747" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRPr="007871F0" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="356A0022" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:r>
-        <w:t>Durch Beschluss der Gesellschafterversammlung vom  ....................</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Durch Beschluss der Gesellschafterversammlung </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>vom  ....................</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="3E93E647" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF"/>
     <w:p w14:paraId="4AF60809" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>oder</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B9F1DBB" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF"/>
     <w:p w14:paraId="02446E52" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Durch Beschluss des Aufsichtsrates/Beirates vom ....................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1648FC09" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">ist Herr / Frau  ......................................................... (mit Wirkung vom ....................) </w:t>
+        <w:t xml:space="preserve">ist Herr / </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Frau  .........................................................</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (mit Wirkung vom ....................) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08F99A40" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">zum Geschäftsführer der Gesellschaft bestellt worden. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A9F3D79" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A063BF2" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>Der Geschäftsführer beginnt seine Tätigkeit ab dem  ....................</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Der Geschäftsführer beginnt seine Tätigkeit ab </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>dem  ....................</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="5C36AFD1" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF"/>
     <w:p w14:paraId="3903DD56" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Mit diesem Vertrag werden die Rechtsverhältnisse zwischen der Gesellschaft und dem Geschäftsführer geregelt. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="644F021C" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF"/>
     <w:p w14:paraId="4610CC28" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>oder</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D74E829" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58FB2743" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Der bisherige mit Herrn / Frau  ........................................................... bestehende Anstellungsvertrag vom .................... wird hiermit einvernehmlich in vollem Umfang beendet und durch den nachfolgenden Anstellungsvertrag ersatzlos ersetzt. </w:t>
+        <w:t xml:space="preserve">Der bisherige mit Herrn / </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Frau  ...........................................................</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> bestehende Anstellungsvertrag vom .................... wird hiermit einvernehmlich in vollem Umfang beendet und durch den nachfolgenden Anstellungsvertrag ersatzlos ersetzt. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="361E2249" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D162868" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRPr="00330A9C" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:pStyle w:val="Funotentext"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1618E81D" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:pStyle w:val="Funotentext"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -828,51 +909,59 @@
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00023B00">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">oder </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DF0BC59" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27766FBC" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Der bisherige mit Herrn / Frau  ......................................................bestehende Anstellungsvertrag vom .................... hat nur noch Gültigkeit, soweit in dem nachfolgenden Anstellungsvertrag keine anderen Regelungen enthalten sind. </w:t>
+        <w:t xml:space="preserve">Der bisherige mit Herrn / </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Frau  ......................................................</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">bestehende Anstellungsvertrag vom .................... hat nur noch Gültigkeit, soweit in dem nachfolgenden Anstellungsvertrag keine anderen Regelungen enthalten sind. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05A94B21" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF"/>
     <w:p w14:paraId="4AB3DD92" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRPr="003B3911" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="714806CC" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">§ 1 Geschäftsführungs- und Vertretungsbefugnis </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7339BB5D" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRPr="00023B00" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
@@ -1297,51 +1386,67 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Der Geschäftsführer hat seine Leistung am Sitz der Gesellschaft zu erbringen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1690F4F6" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5212463A" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Der Geschäftsführer hat – soweit keine sonstigen Vereinbarungen getroffen wurden -  seine volle Arbeitskraft und alle seine Fähigkeiten und Kenntnisse in den Dienst der Gesellschaft zu stellen. </w:t>
+        <w:t xml:space="preserve">Der Geschäftsführer hat – </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>soweit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> keine sonstigen Vereinbarungen getroffen wurden </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>-  seine</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> volle Arbeitskraft und alle seine Fähigkeiten und Kenntnisse in den Dienst der Gesellschaft zu stellen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="221CF624" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C1B791A" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">An eine bestimmte Arbeitszeit ist der Geschäftsführer nicht gebunden, dies gilt auch für die Art und den Umfang der Leistungserbringung. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5501B2DC" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
@@ -1392,51 +1497,59 @@
       </w:pPr>
       <w:r w:rsidRPr="000E5D31">
         <w:t xml:space="preserve">Der Geschäftsführer sollte möglichst die für das Unternehmen geltende Arbeitszeit </w:t>
       </w:r>
       <w:r>
         <w:t>einhalten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DF1E149" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="035C815E" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRPr="000E5D31" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="426"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="000E5D31">
-        <w:t xml:space="preserve">Er ist jedoch gehalten, jederzeit, wenn und soweit es das Wohl der Gesellschaft  erfordert, zur Dienstleistung zur Verfügung zu stehen. </w:t>
+        <w:t xml:space="preserve">Er ist jedoch gehalten, jederzeit, wenn und soweit es das Wohl der </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E5D31">
+        <w:t>Gesellschaft  erfordert</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E5D31">
+        <w:t xml:space="preserve">, zur Dienstleistung zur Verfügung zu stehen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EDBB071" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:ind w:left="1416" w:hanging="1416"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D0CA8DC" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="1416" w:hanging="1416"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09B6B02E" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:ind w:firstLine="2"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -1565,68 +1678,84 @@
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52B18A73" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:ind w:left="426"/>
       </w:pPr>
       <w:r>
         <w:t>Dem Geschäftsführer ist während der Dauer dieses Vertrages jede entgeltliche oder unentgeltliche Nebentätigkeit für sich oder Dritte untersagt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0019427C" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64184751" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Veröffentlichungen und Vorträge, die die Tätigkeitsbereichen der Gesellschaft betreffen, bedürfen der vorherigen schriftlichen Zustimmung durch die Gesellschafterversammlung, es sei denn, sie gehören zum normalen Geschäftsbetrieb bzw. sind notwendig, um die Gesellschaft angemessen zu vertreten. </w:t>
+        <w:t xml:space="preserve">Veröffentlichungen und Vorträge, die </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>die Tätigkeitsbereichen</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> der Gesellschaft betreffen, bedürfen der vorherigen schriftlichen Zustimmung durch die Gesellschafterversammlung, es sei denn, sie gehören zum normalen Geschäftsbetrieb bzw. sind notwendig, um die Gesellschaft angemessen zu vertreten. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1274D814" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27923CBA" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r>
-        <w:t>Eine erteilte Zustimmung der Gesellschafterversammlung kann unter Beachtung etwaiger vom Geschäftsführer zu beachtender Kündigungsfristen jederzeit widerrufen werden.</w:t>
+        <w:t xml:space="preserve">Eine erteilte Zustimmung der Gesellschafterversammlung kann unter Beachtung etwaiger vom Geschäftsführer </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>zu beachtender Kündigungsfristen</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> jederzeit widerrufen werden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30306DA9" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CEBA7D0" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Die Übernahme von Ämtern in Aufsichtsgremien, sowie die Übernahme bzw. Beteiligung in anderen Unternehmen, und Organisationen bedarf der vorherigen schriftlichen Zustimmung durch die Gesellschafterversammlung. Die zur Übernahme eines Amtes erteilte Zustimmung ist jederzeit widerruflich, wobei im Falle eines Widerrufs bestehende Fristvorschriften für die Beendigung des übernommenen Amtes berücksichtigt werden müssen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0791B1FB" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B658E5F" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
@@ -1699,85 +1828,101 @@
         </w:numPr>
         <w:ind w:left="426"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Der Geschäftsführer ist verpflichtet, über alle betrieblichen und geschäftlichen Angelegenheiten der Gesellschaft gegenüber unbefugten Dritten absolutes Stillschweigen zu bewahren. Diese Verpflichtung gilt auch nach Beendigung dieses Vertrages. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BBF2B8C" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:ind w:left="426"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FF64D56" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:ind w:left="426"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Der Geschäftsführer verpflichtet sich, für die Dauer von ...... Jahren nach Beendigung dieses Vertrages weder in selbständiger, unselbständiger Stellung oder in sonstiger Weise für ein Unternehmen tätig zu werden, welches mit der Gesellschaft in direktem oder indirektem Wettbewerb steht. Weiterhin ist es ihm untersagt, für die Dauer von ..... Jahren nach Beendigung dieses Vertrages ein solches Konkurrenzunternehmen zu errichten, zu erwerben oder sich hieran unmittelbar oder mittelbar zu beteiligen. </w:t>
+        <w:t>Der Geschäftsführer verpflichtet sich, für die Dauer von ...... Jahren nach Beendigung dieses Vertrages weder in selbständiger, unselbständiger Stellung oder in sonstiger Weise für ein Unternehmen tätig zu werden, welches mit der Gesellschaft in direktem oder indirektem Wettbewerb steht. Weiterhin ist es ihm untersagt, für die Dauer von</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve"> ....</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Jahren nach Beendigung dieses Vertrages ein solches Konkurrenzunternehmen zu errichten, zu erwerben oder sich hieran unmittelbar oder mittelbar zu beteiligen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6701ADE9" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:ind w:left="426"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4679C366" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:ind w:left="426"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Dieses Wettbewerbsverbot gilt für das Gebiet der Bundesrepublik Deutschland. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4849EE48" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:ind w:left="426"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57470BE8" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:ind w:left="426"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Für die Dauer dieses nachvertraglichen Wettbewerbsverbotes verpflichtet sich die Gesellschaft, dem Geschäftsführer eine Entschädigung in Höhe von .... % seiner innerhalb der letzten ..... Monate vor seinem Ausscheiden durchschnittlich bezogenen monatlichen Vergütung zu zahlen. Die Zahlung ist jeweils am .......... eines Monats fällig. </w:t>
+        <w:t>Für die Dauer dieses nachvertraglichen Wettbewerbsverbotes verpflichtet sich die Gesellschaft, dem Geschäftsführer eine Entschädigung in Höhe von .... % seiner innerhalb der letzten</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve"> ....</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Monate vor seinem Ausscheiden durchschnittlich bezogenen monatlichen Vergütung zu zahlen. Die Zahlung ist jeweils am .......... eines Monats fällig. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BA0B59F" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:ind w:left="426"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F6475A5" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:ind w:left="426"/>
       </w:pPr>
       <w:r>
         <w:t>Auf die Entschädigung gemäß Abs. 5 sind diejenigen Einkünfte anzurechnen, die der Geschäftsführer während der Dauer des nachvertraglichen Wettbewerbsverbotes aus selbständiger, unselbständiger oder sonstiger Erwerbstätigkeit erzielt oder zu erzielen unterlässt. Zu den anzurechnenden Einkünften zählt auch ein ggf. vom Geschäftsführer bezogenes Arbeitslosengeld. Auf Verlangen der Gesellschaft ist der Geschäftsführer verpflichtet, Auskunft über die Höhe seiner Einkünfte zu erteilen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C020F77" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:ind w:left="426"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4617F783" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
@@ -1818,55 +1963,70 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:ind w:left="426"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Im Falle einer außerordentlichen Kündigung des Vertrages steht dem Kündigungsberechtigten das Recht zu, innerhalb ........ Monats/ (Monaten) nach Ausspruch der außerordentlichen Kündigung durch schriftliche Erklärung gegenüber dem anderen Teil das nachvertragliche Wettbewerbsverbot aufzuheben. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="121044D0" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:ind w:left="426"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="152CA446" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:ind w:left="426"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Für jeden Fall des Verstoßes gegen das Wettbewerbsverbot hat der Geschäftsführer der Gesellschaft eine Vertragsstrafe in Höhe des Betrages zu zahlen, der der in den letzten ..... Monaten vor Beendigung des Vertrages durchschnittlich bezogenen monatlichen Vergütung entspricht. Zugleich entfällt für den Monat, in dem die Zuwiderhandlung erfolgt ist, die Zahlung der Entschädigung gemäß Abs. 5. </w:t>
+        <w:t>Für jeden Fall des Verstoßes gegen das Wettbewerbsverbot hat der Geschäftsführer der Gesellschaft eine Vertragsstrafe in Höhe des Betrages zu zahlen, der der in den letzten</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve"> ....</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Monaten vor Beendigung des Vertrages durchschnittlich bezogenen monatlichen Vergütung entspricht. Zugleich entfällt für den Monat, in dem die Zuwiderhandlung erfolgt ist, die Zahlung der Entschädigung gemäß Abs. 5. </w:t>
       </w:r>
       <w:r>
         <w:br/>
-        <w:t xml:space="preserve">Besteht die Zuwiderhandlung in einer fortgesetzten Tätigkeit, ist die Vertragsstrafe für jeden angefangenen Monat verwirkt. Zugleich entfällt für jeden angefangenen Monat die Zahlung der Entschädigung. Weitergehende Ansprüche der Gesellschaft bleiben durch die vorstehende Regelung unberührt. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Besteht</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> die Zuwiderhandlung in einer fortgesetzten Tätigkeit, ist die Vertragsstrafe für jeden angefangenen Monat verwirkt. Zugleich entfällt für jeden angefangenen Monat die Zahlung der Entschädigung. Weitergehende Ansprüche der Gesellschaft bleiben durch die vorstehende Regelung unberührt. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CA6DA8F" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF"/>
     <w:p w14:paraId="581B8494" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF"/>
     <w:p w14:paraId="32B9F982" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRPr="00F65B68" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:ind w:left="66" w:firstLine="2"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>§ 9 Vergütung</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23A5BE9B" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRPr="00023B00" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF"/>
     <w:p w14:paraId="288DF3A3" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:rPr>
@@ -2017,86 +2177,102 @@
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Hat das Anstellungsverhältnis des Geschäftsführers während des Jahres begonnen, werden die Weihnachtsgratifikation und das Urlaubsgeld zeitanteilig für jeden angefangenen Kalendermonat gewährt. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1406617C" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53D68705" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Über das bzw. die vereinbarten Entgelt hinaus werden keine sonstigen Bezüge gewährt. </w:t>
+        <w:t xml:space="preserve">Über das bzw. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>die vereinbarten Entgelt</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> hinaus werden keine sonstigen Bezüge gewährt. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6806B4C3" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF"/>
     <w:p w14:paraId="645196E5" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:ind w:firstLine="2"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>§ 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Vergütung bei Dienstverhinderung und Tod </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2916CB46" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRPr="00023B00" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF"/>
     <w:p w14:paraId="6A810E79" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Im Falle der Erkrankung oder sonstiger unverschuldeter Dienstverhinderung hat der Geschäftsführer für die Dauer von ..........Monaten Anspruch auf Fortzahlung seiner vertragsmäßigen Bezüge, längstens jedoch bis zum Endes des Anstellungsvertrags. </w:t>
+        <w:t xml:space="preserve">Im Falle der Erkrankung oder sonstiger unverschuldeter Dienstverhinderung hat der Geschäftsführer für die Dauer von ..........Monaten Anspruch auf Fortzahlung seiner vertragsmäßigen Bezüge, längstens jedoch bis </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>zum Endes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> des Anstellungsvertrags. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7415342F" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C7FF56B" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Für eine diesen Zeitraum überschreitende Erkrankung oder sonstige unverschuldete Dienstverhinderung wird dem Geschäftsführer für die Dauer von.......  weiteren Monaten von der Gesellschaft ein Zuschuss in Höhe der Differenz zwischen einem von der gesetzlichen oder privaten Krankenversicherung gewährten Krankengeld und dem monatlichen Nettobetrag seines Festgehaltes gewährt. </w:t>
       </w:r>
       <w:r>
         <w:br/>
         <w:t xml:space="preserve">Besteht kein Anspruch auf Krankengeld, wird als Krankengeld im Sinne dieses Absatzes der Betrag zugrunde gelegt, den der Geschäftsführer durch eine seinem Einkommen gemäße Versicherung bei der zuständigen Ortskrankenkasse erhalten hätte. Die Lohn- und ggf. anfallende Kirchensteuer auf die Differenzzahlung trägt die Gesellschaft. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03F6FDF0" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRPr="00023B00" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
@@ -2124,51 +2300,67 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Der Geschäftsführer tritt im Falle einer Verletzung durch Dritte sämtliche Ansprüche gegen den Verursacher seiner Dienstunfähigkeit bis zur Höhe der nach diesem Vertrag von der Gesellschaft geschuldeten Vergütungsfortzahlung einschließlich darauf entfallender Sozialversicherungsbeiträge ab. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="277533B6" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="564D9D11" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Verstirbt der Geschäftsführer während der Dauer dieses Anstellungsvertrages, so  wird seinem Ehepartner das Festgehalt für die auf den Sterbemonat folgenden ..... Monate fortbezahlt. Ist der Ehepartner zu diesem Zeitpunkt bereits verstorben, so steht dieser Anspruch unterhaltsberechtigten ehelichen Kindern des Geschäftsführers zu. </w:t>
+        <w:t xml:space="preserve">Verstirbt der Geschäftsführer während der Dauer dieses Anstellungsvertrages, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>so  wird</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> seinem Ehepartner das Festgehalt für die auf den Sterbemonat folgenden</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t xml:space="preserve"> ....</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. Monate fortbezahlt. Ist der Ehepartner zu diesem Zeitpunkt bereits verstorben, so steht dieser Anspruch unterhaltsberechtigten ehelichen Kindern des Geschäftsführers zu. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A8F67BE" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:ind w:firstLine="2"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>§ 11 Sonstige Leistungen</w:t>
       </w:r>
       <w:r w:rsidRPr="00F65B68">
         <w:rPr>
           <w:b/>
@@ -2319,51 +2511,59 @@
         <w:ind w:left="426"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Besteht das Anstellungsverhältnis nicht das gesamte Kalenderjahr, so reduziert sich der Urlaubsanspruch nach Abs. 1 zeitanteilig. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09ADCED9" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF"/>
     <w:p w14:paraId="6BE519B2" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF"/>
     <w:p w14:paraId="4F17AAB7" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:ind w:left="66" w:firstLine="2"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">§ 13 Erfindungen </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59FCFB6E" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRPr="00023B00" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF"/>
     <w:p w14:paraId="594699B4" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:r>
-        <w:t xml:space="preserve">Die Ergebnisse der Arbeit des Geschäftsführers stehen der Gesellschaft zu. Soweit es sich um Erfindungen oder technische Verbesserungsvorschläge im Sinne des Arbeitnehmererfindungsgesetzes handelt sind diese der Gesellschaft unverzüglich schriftlich anzubieten. </w:t>
+        <w:t xml:space="preserve">Die Ergebnisse der Arbeit des Geschäftsführers stehen der Gesellschaft zu. Soweit es sich um Erfindungen oder technische Verbesserungsvorschläge im Sinne des Arbeitnehmererfindungsgesetzes </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>handelt</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> sind diese der Gesellschaft unverzüglich schriftlich anzubieten. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04837A11" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:r>
         <w:t xml:space="preserve">Die Gesellschaft ist berechtigt, innerhalb einer Frist von ......Wochen nach Eingang dieser Mitteilung zu erklären, ob und in welchem Umfang sie die Erfindung in Anspruch zu nehmen beabsichtigt. Für den Fall der Inanspruchnahme erhält der Geschäftsführer eine Vergütung gemäß den Bestimmungen des Gesetzes über Arbeitnehmererfindungen und der dazu ergangenen Vergütungsrichtlinien. Alle übrigen Arbeitsergebnisse sind mit der vertragsgemäßen Vergütung des Geschäftsführers abgegolten. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42EE9253" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF"/>
     <w:p w14:paraId="5570642D" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRPr="00F65B68" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:ind w:firstLine="2"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>§ 14 Versorgungszusage</w:t>
       </w:r>
       <w:r w:rsidRPr="00F65B68">
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -2857,51 +3057,71 @@
       <w:pPr>
         <w:pStyle w:val="Fuzeile"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="40"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
         </w:tabs>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Änderungen oder Ergänzungen dieses Vertrages sind im beiderseitigen Einvernehmen jederzeit möglich, bedürfen zu ihrer Wirksamkeit aber der Textform (</w:t>
       </w:r>
       <w:r w:rsidRPr="00B05242">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Diese Regelung betrifft Verträge, die mit Verbrauchern in einem Formularvertrag, d. h. im Sinne einer allgemeinen Geschäftsbedingung geschlossen werden. Da Arbeitnehmer als Verbraucher angesehen und die Grundlagen der Geschäftsführerposition regelmäßig erst mit dem Anstellungsvertrag geschaffen wird, wird in Ermangelung bislang anderslautender Rechtsprechung davon ausgegangen, dass der anzustellende Geschäftsführer bei Abschluss dieses Vertrages als Verbraucher angesehen werden kann.</w:t>
+        <w:t xml:space="preserve">Diese Regelung betrifft Verträge, die mit Verbrauchern in einem Formularvertrag, d. h. im Sinne einer allgemeinen Geschäftsbedingung geschlossen werden. Da Arbeitnehmer als Verbraucher angesehen und die Grundlagen der Geschäftsführerposition regelmäßig erst mit dem Anstellungsvertrag geschaffen </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B05242">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>wird</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B05242">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, wird in Ermangelung bislang anderslautender Rechtsprechung davon ausgegangen, dass der anzustellende Geschäftsführer bei Abschluss dieses Vertrages als Verbraucher angesehen werden kann.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> und der Zustimmung durch die Gesellschafterversammlung.</w:t>
       </w:r>
       <w:r w:rsidRPr="00977D28">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ausgeschlossen sind damit insbesondere Vertragsänderungen durch betriebliche Übung. Das vorstehende Schriftformerfordernis findet keine Anwendung bei Abreden, die nach Vertragsschluss unmittelbar zwischen den Parteien mündlich getroffen werden.</w:t>
       </w:r>
       <w:r w:rsidRPr="00977D28">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Rückwirkende Änderungen oder Ergänzungen sind unzulässig. Alle Vertragsänderungen und -ergänzungen wirken nur für die Zukunft</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ECB28A8" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF">
       <w:pPr>
         <w:pStyle w:val="Fuzeile"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="9072"/>
@@ -3039,132 +3259,132 @@
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Gesellschaft </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Geschäftsführer </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04841CF4" w14:textId="77777777" w:rsidR="000B6DEF" w:rsidRDefault="000B6DEF" w:rsidP="000B6DEF"/>
-    <w:p w14:paraId="364BC270" w14:textId="77777777" w:rsidR="005D41B2" w:rsidRDefault="005D41B2" w:rsidP="00441CB1">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="005D41B2" w:rsidSect="00E47886">
+    <w:p w14:paraId="4388B076" w14:textId="77777777" w:rsidR="00E45506" w:rsidRDefault="00E45506" w:rsidP="008E6D50">
+      <w:pPr>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00E45506">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="964" w:right="1021" w:bottom="833" w:left="1814" w:header="720" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:docGrid w:linePitch="299"/>
+      <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3F976395" w14:textId="77777777" w:rsidR="00143571" w:rsidRDefault="00143571">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3E253512" w14:textId="77777777" w:rsidR="00143571" w:rsidRDefault="00143571">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6EEBFD3B" w14:textId="77777777" w:rsidR="00AB613E" w:rsidRPr="00F6112C" w:rsidRDefault="00AB613E" w:rsidP="00F6112C">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F6112C">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r w:rsidRPr="00F6112C">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00F6112C">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
@@ -3208,74 +3428,74 @@
     </w:r>
     <w:r w:rsidRPr="00F6112C">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00F10794">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>13</w:t>
     </w:r>
     <w:r w:rsidRPr="00F6112C">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="184F9BAD" w14:textId="78882438" w:rsidR="005D0633" w:rsidRPr="00E45506" w:rsidRDefault="005D0633" w:rsidP="00E45506">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="184F9BAD" w14:textId="5956F462" w:rsidR="005D0633" w:rsidRPr="00E45506" w:rsidRDefault="005D0633" w:rsidP="00E45506">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="005D0633">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>S</w:t>
     </w:r>
     <w:r w:rsidR="00F10794">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>tand: 1. Januar 202</w:t>
     </w:r>
-    <w:r w:rsidR="002779C9">
+    <w:r w:rsidR="00F762F6">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00E45506">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                                                      </w:t>
     </w:r>
     <w:r w:rsidR="00E45506" w:rsidRPr="00E45506">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r w:rsidR="00E45506" w:rsidRPr="00E45506">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00E45506" w:rsidRPr="00E45506">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
     </w:r>
@@ -3328,83 +3548,83 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>13</w:t>
     </w:r>
     <w:r w:rsidR="00E45506" w:rsidRPr="00E45506">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="41140820" w14:textId="77777777" w:rsidR="005D0633" w:rsidRDefault="005D0633">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="38888A05" w14:textId="77777777" w:rsidR="005D0633" w:rsidRDefault="005D0633">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5E617017" w14:textId="77777777" w:rsidR="00143571" w:rsidRDefault="00143571">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="78BD5633" w14:textId="77777777" w:rsidR="00143571" w:rsidRDefault="00143571">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="2B4E4BD9" w14:textId="4EFB733A" w:rsidR="006D32EB" w:rsidRDefault="00E47886">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="10A9F84E" w14:textId="39E6491E" w:rsidR="006D32EB" w:rsidRDefault="00376F1F">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1F805E80" wp14:editId="1AB61398">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="528FDA84" wp14:editId="73BED2E4">
           <wp:extent cx="2481800" cy="409575"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
@@ -3419,66 +3639,119 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="75C090DB" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="77821745" w14:textId="5FD44B11" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="40A4467B" w14:textId="2327F555" w:rsidR="005D0633" w:rsidRDefault="005D0633">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="40A4467B" w14:textId="77777777" w:rsidR="005D0633" w:rsidRDefault="005D0633">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A33FAE1" wp14:editId="6D12F6CB">
+          <wp:extent cx="2241550" cy="566420"/>
+          <wp:effectExtent l="0" t="0" r="6350" b="5080"/>
+          <wp:docPr id="2" name="Grafik 2" descr="Logo Hessischer Industrie- und Handelskammertag. "/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="2" name="Grafik 2" descr="Logo Hessischer Industrie- und Handelskammertag. "/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2241550" cy="566420"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
   </w:p>
   <w:p w14:paraId="7930BB04" w14:textId="77777777" w:rsidR="005D0633" w:rsidRDefault="005D0633">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05B81F97"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D9260300"/>
     <w:lvl w:ilvl="0" w:tplc="5940493C">
       <w:start w:val="14"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -7144,139 +7417,122 @@
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="3168035">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1131434036">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="86581546">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1515068496">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1550415809">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="894899802">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="27"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...17 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="008E5315"/>
     <w:rsid w:val="00023099"/>
     <w:rsid w:val="000241B1"/>
     <w:rsid w:val="000459BF"/>
     <w:rsid w:val="000834FA"/>
     <w:rsid w:val="00086F57"/>
     <w:rsid w:val="000B6DEF"/>
     <w:rsid w:val="000C7E6F"/>
     <w:rsid w:val="000D0852"/>
     <w:rsid w:val="000E4041"/>
     <w:rsid w:val="000F03EE"/>
     <w:rsid w:val="001045FC"/>
     <w:rsid w:val="00104CEF"/>
     <w:rsid w:val="0011284E"/>
     <w:rsid w:val="001213DB"/>
     <w:rsid w:val="00136734"/>
     <w:rsid w:val="00143571"/>
     <w:rsid w:val="001535E9"/>
     <w:rsid w:val="00153B0E"/>
     <w:rsid w:val="0016349B"/>
     <w:rsid w:val="00187EFA"/>
     <w:rsid w:val="00190B1A"/>
     <w:rsid w:val="00197667"/>
     <w:rsid w:val="001B16BF"/>
     <w:rsid w:val="001C6286"/>
+    <w:rsid w:val="001E301B"/>
     <w:rsid w:val="001F3C98"/>
     <w:rsid w:val="00201FD1"/>
     <w:rsid w:val="002237C2"/>
     <w:rsid w:val="00266BD3"/>
     <w:rsid w:val="00274565"/>
     <w:rsid w:val="002779C9"/>
     <w:rsid w:val="0028478A"/>
     <w:rsid w:val="002C0749"/>
     <w:rsid w:val="002C3D04"/>
     <w:rsid w:val="002D75F5"/>
     <w:rsid w:val="003104FC"/>
     <w:rsid w:val="00342004"/>
     <w:rsid w:val="00373C67"/>
+    <w:rsid w:val="00376F1F"/>
     <w:rsid w:val="0038087A"/>
     <w:rsid w:val="003900AF"/>
     <w:rsid w:val="00391D4F"/>
     <w:rsid w:val="003A733D"/>
     <w:rsid w:val="00400010"/>
     <w:rsid w:val="004310A4"/>
     <w:rsid w:val="00441CB1"/>
     <w:rsid w:val="00446658"/>
     <w:rsid w:val="004733A6"/>
     <w:rsid w:val="004947D0"/>
     <w:rsid w:val="004F0594"/>
     <w:rsid w:val="005020EA"/>
     <w:rsid w:val="00514F41"/>
     <w:rsid w:val="00526CB3"/>
     <w:rsid w:val="005525F7"/>
     <w:rsid w:val="005A2EC4"/>
     <w:rsid w:val="005C58B7"/>
     <w:rsid w:val="005D0633"/>
     <w:rsid w:val="005D41B2"/>
     <w:rsid w:val="005D6B25"/>
     <w:rsid w:val="006947C7"/>
     <w:rsid w:val="006B23B0"/>
     <w:rsid w:val="006D32EB"/>
     <w:rsid w:val="006E21C9"/>
     <w:rsid w:val="007038AA"/>
@@ -7287,147 +7543,147 @@
     <w:rsid w:val="007714FA"/>
     <w:rsid w:val="00782FB8"/>
     <w:rsid w:val="007F2644"/>
     <w:rsid w:val="007F2E36"/>
     <w:rsid w:val="00801BDD"/>
     <w:rsid w:val="0084046D"/>
     <w:rsid w:val="00843606"/>
     <w:rsid w:val="0085152A"/>
     <w:rsid w:val="008A7386"/>
     <w:rsid w:val="008B6757"/>
     <w:rsid w:val="008C7DD4"/>
     <w:rsid w:val="008D1725"/>
     <w:rsid w:val="008D33FE"/>
     <w:rsid w:val="008E5315"/>
     <w:rsid w:val="008E6D50"/>
     <w:rsid w:val="00902FB8"/>
     <w:rsid w:val="009122DB"/>
     <w:rsid w:val="00973A13"/>
     <w:rsid w:val="00976663"/>
     <w:rsid w:val="009802B0"/>
     <w:rsid w:val="009D08BE"/>
     <w:rsid w:val="009D1DD0"/>
     <w:rsid w:val="009D3747"/>
     <w:rsid w:val="009E6241"/>
     <w:rsid w:val="00A0713F"/>
-    <w:rsid w:val="00A106A6"/>
     <w:rsid w:val="00A14A8C"/>
     <w:rsid w:val="00A16A4F"/>
     <w:rsid w:val="00A23525"/>
     <w:rsid w:val="00A27AAC"/>
     <w:rsid w:val="00A75827"/>
     <w:rsid w:val="00A86CC2"/>
     <w:rsid w:val="00A96996"/>
     <w:rsid w:val="00AB613E"/>
     <w:rsid w:val="00AC0D12"/>
     <w:rsid w:val="00AE4CA6"/>
     <w:rsid w:val="00AF501F"/>
     <w:rsid w:val="00B03F05"/>
     <w:rsid w:val="00B3618A"/>
     <w:rsid w:val="00B75D64"/>
     <w:rsid w:val="00B7653A"/>
     <w:rsid w:val="00B93188"/>
     <w:rsid w:val="00BB3D9E"/>
     <w:rsid w:val="00BB5B27"/>
     <w:rsid w:val="00BC00EE"/>
     <w:rsid w:val="00BC2ED0"/>
     <w:rsid w:val="00BE65D1"/>
     <w:rsid w:val="00BF01CC"/>
     <w:rsid w:val="00C04092"/>
     <w:rsid w:val="00C05D10"/>
     <w:rsid w:val="00C10A70"/>
     <w:rsid w:val="00C15D83"/>
     <w:rsid w:val="00C31713"/>
     <w:rsid w:val="00C34460"/>
     <w:rsid w:val="00C4181B"/>
     <w:rsid w:val="00C543B4"/>
+    <w:rsid w:val="00C83B70"/>
     <w:rsid w:val="00CA4B26"/>
     <w:rsid w:val="00CD4E48"/>
     <w:rsid w:val="00CE4DC5"/>
-    <w:rsid w:val="00D00940"/>
     <w:rsid w:val="00D0397F"/>
     <w:rsid w:val="00D22C83"/>
     <w:rsid w:val="00D24568"/>
     <w:rsid w:val="00D32C6C"/>
     <w:rsid w:val="00D45E4B"/>
     <w:rsid w:val="00D61755"/>
     <w:rsid w:val="00D665F3"/>
     <w:rsid w:val="00D7350E"/>
     <w:rsid w:val="00D74549"/>
+    <w:rsid w:val="00DC6A95"/>
     <w:rsid w:val="00DD4B22"/>
     <w:rsid w:val="00DD6431"/>
     <w:rsid w:val="00E14FD5"/>
     <w:rsid w:val="00E21725"/>
     <w:rsid w:val="00E45506"/>
-    <w:rsid w:val="00E47886"/>
     <w:rsid w:val="00E64597"/>
     <w:rsid w:val="00E66121"/>
     <w:rsid w:val="00E675FE"/>
     <w:rsid w:val="00E73BDE"/>
     <w:rsid w:val="00E97CE8"/>
     <w:rsid w:val="00EB72E8"/>
     <w:rsid w:val="00EC17B8"/>
     <w:rsid w:val="00EC3795"/>
     <w:rsid w:val="00ED1933"/>
     <w:rsid w:val="00F10794"/>
     <w:rsid w:val="00F243F5"/>
     <w:rsid w:val="00F45DCB"/>
     <w:rsid w:val="00F6112C"/>
     <w:rsid w:val="00F7562B"/>
+    <w:rsid w:val="00F762F6"/>
     <w:rsid w:val="00F92BF7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6E7A6EB4"/>
   <w15:docId w15:val="{4DCA92C9-6692-4312-AD21-56AD3EAF4408}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8065,61 +8321,65 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="KeinLeerraum">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="000241B1"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FunotentextZchn">
     <w:name w:val="Fußnotentext Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Funotentext"/>
     <w:semiHidden/>
     <w:rsid w:val="000B6DEF"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8380,71 +8640,71 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="82589c12-70c4-4c94-a25a-3c827aa5c9f9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101007AC43CE515D2804DAC7ADE3243597B14" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="d36f937f196cc11c9034c2c1754a79c3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xmlns:ns3="82589c12-70c4-4c94-a25a-3c827aa5c9f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="503caf83702f076935e2dbbd87d5e908" ns2:_="" ns3:_="">
     <xsd:import namespace="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <xsd:import namespace="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
@@ -8659,125 +8919,125 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F024F69E-E67D-4A51-A3ED-EFF314E657B5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87A283E3-DB40-4728-B83E-844AF1B078BB}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A04C9CB0-8A25-43B8-AA69-F22AA6B023C4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87A283E3-DB40-4728-B83E-844AF1B078BB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F024F69E-E67D-4A51-A3ED-EFF314E657B5}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B95B11F1-76D4-4209-8871-4D696C26C51E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
   <Words>3176</Words>
-  <Characters>23076</Characters>
+  <Characters>22854</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>192</Lines>
-  <Paragraphs>52</Paragraphs>
+  <Lines>580</Lines>
+  <Paragraphs>150</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26200</CharactersWithSpaces>
+  <CharactersWithSpaces>26076</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="144" baseType="variant">
       <vt:variant>
         <vt:i4>4063319</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>69</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@wiesbaden.ihk.de</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5767260</vt:i4>
       </vt:variant>
       <vt:variant>