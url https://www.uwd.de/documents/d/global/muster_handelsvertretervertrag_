--- v0 (2025-10-08)
+++ v1 (2026-01-12)
@@ -1,58 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="64D61541" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="64D61542" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="64D61543" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="64D61544" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="64D61545" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="64D61546" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="64D61547" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="64D61548" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="64D61549" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="64D6154A" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="64D6154B" w14:textId="77777777" w:rsidR="002410FF" w:rsidRPr="002F25F0" w:rsidRDefault="002410FF" w:rsidP="002410FF">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t xml:space="preserve">Muster </w:t>
       </w:r>
@@ -72,130 +71,138 @@
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>Handelsvertreter</w:t>
       </w:r>
       <w:r w:rsidR="002410FF" w:rsidRPr="002F25F0">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>vertrag</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64D6154E" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="64D6154F" w14:textId="77777777" w:rsidR="002410FF" w:rsidRDefault="002410FF" w:rsidP="00782FB8"/>
     <w:p w14:paraId="64D61550" w14:textId="77777777" w:rsidR="002410FF" w:rsidRDefault="002410FF" w:rsidP="00782FB8"/>
     <w:p w14:paraId="64D61551" w14:textId="77777777" w:rsidR="002410FF" w:rsidRDefault="002410FF" w:rsidP="00782FB8"/>
     <w:p w14:paraId="64D61552" w14:textId="77777777" w:rsidR="002410FF" w:rsidRDefault="002410FF" w:rsidP="00782FB8"/>
-    <w:p w14:paraId="64D61553" w14:textId="77777777" w:rsidR="002410FF" w:rsidRDefault="002410FF" w:rsidP="00782FB8"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="47E29020" w14:textId="77777777" w:rsidR="00E059BB" w:rsidRDefault="00E059BB" w:rsidP="00E059BB">
+    <w:p w14:paraId="0C2E5642" w14:textId="77777777" w:rsidR="009D1055" w:rsidRPr="00D37D47" w:rsidRDefault="009D1055" w:rsidP="009D1055">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212718785"/>
+    </w:p>
+    <w:p w14:paraId="68AFEBFF" w14:textId="77777777" w:rsidR="009D1055" w:rsidRDefault="009D1055" w:rsidP="009D1055">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk212717203"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">Mit freundlicher Unterstützung zur Verfügung gestellt vom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="31D74352" wp14:editId="2A3E717D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3FFD71E7" wp14:editId="79077CD0">
             <wp:extent cx="2247900" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="588512616" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2240280" cy="563880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59BFE594" w14:textId="77777777" w:rsidR="00E059BB" w:rsidRDefault="00E059BB" w:rsidP="00E059BB">
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="64D61553" w14:textId="77777777" w:rsidR="002410FF" w:rsidRDefault="002410FF" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="64D61554" w14:textId="77777777" w:rsidR="002410FF" w:rsidRDefault="002410FF" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="64D61555" w14:textId="77777777" w:rsidR="002410FF" w:rsidRDefault="002410FF" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="64D61556" w14:textId="77777777" w:rsidR="002410FF" w:rsidRDefault="002410FF" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="64D61557" w14:textId="77777777" w:rsidR="002410FF" w:rsidRDefault="002410FF" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="64D61558" w14:textId="77777777" w:rsidR="002410FF" w:rsidRDefault="002410FF" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="64D61559" w14:textId="77777777" w:rsidR="002410FF" w:rsidRDefault="002410FF" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="64D6155A" w14:textId="77777777" w:rsidR="002410FF" w:rsidRDefault="002410FF" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="64D6155B" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="64D6155C" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="002F25F0" w:rsidRDefault="006D32EB" w:rsidP="002F25F0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Vorwort</w:t>
       </w:r>
@@ -350,51 +357,69 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aus Gründen der sprachlichen Vereinfachung wird auf die Nennung der drei Geschlechter verzichtet, wo eine geschlechtsneutrale Formulierung nicht möglich war. In diesen Fällen beziehen die verwendeten männlichen Begriffe die weiblichen und diversen Formen ebenso mit ein. </w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Mustervertrag ist nur ein Vorschlag für eine mögliche Regelung. Viele Festlegungen sind frei vereinbar. Der Verwender kann auch andere Formulierungen wählen. </w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret zu regelnde Situation und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
+        <w:t xml:space="preserve">Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F25F0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zu regelnde Situation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F25F0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Falls Sie einen maßgeschneiderten Vertrag benötigen, sollten Sie sich durch einen Rechtsanwalt Ihres Vertrauens beraten lassen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64D61566" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRPr="002F25F0" w:rsidRDefault="00782FB8" w:rsidP="002F25F0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64D61567" w14:textId="77777777" w:rsidR="002F25F0" w:rsidRPr="006F5509" w:rsidRDefault="006D32EB" w:rsidP="00B53DFD">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="142" w:right="865" w:hanging="142"/>
         <w:rPr>
@@ -2881,69 +2906,80 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Name des Handelsvertreters, Adresse</w:t>
+        <w:t xml:space="preserve">Name des Handelsvertreters, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F25F0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Adresse</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:w w:val="99"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nachfolge</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
@@ -3063,51 +3099,69 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F5509">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Handelsvertreter übernimmt als Bezirksvertret</w:t>
       </w:r>
       <w:r w:rsidR="002F25F0" w:rsidRPr="006F5509">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
       <w:r w:rsidRPr="006F5509">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> die Vertretung des Unternehmens im Bezirk ........................................................................................................................... . </w:t>
+        <w:t xml:space="preserve"> die Vertretung des Unternehmens im Bezirk </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F5509">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>........................................................................................................................... .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F5509">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006F5509">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Das Recht des Unternehmens, in diesem Bezirk selbst oder durch Dritte tätig zu werden, bleibt unberührt. </w:t>
       </w:r>
       <w:r w:rsidR="00B15644">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00B15644">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
@@ -7738,69 +7792,77 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64D61582" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="00B15644">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Das Unternehmen ist verpflichtet, in einer </w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Anlage</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> zu diesem Vertrag alle Kunden, mit denen es bereits bei Vertragsbeginn dauernde Geschäftsbeziehungen unterhalten hat, einschließlich der jeweils mit diesen Kunden in den letzten 12 Monaten vor Beginn des Vertrages erzielten Umsätze zu verzeichnen.</w:t>
+        <w:t xml:space="preserve"> zu diesem Vertrag alle Kunden, mit denen es bereits bei Vertragsbeginn dauernde </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F25F0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Geschäftsbeziehungen unterhalten hat, einschließlich der jeweils mit diesen Kunden in den letzten 12 Monaten vor Beginn des Vertrages erzielten Umsätze zu verzeichnen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64D61583" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="006F5509">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64D61584" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="00B15644">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="43"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
@@ -8345,68 +8407,87 @@
       </w:r>
       <w:r w:rsidR="00B15644" w:rsidRPr="00B15644">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ac</w:t>
       </w:r>
       <w:r w:rsidR="00B15644" w:rsidRPr="00B15644">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ht</w:t>
       </w:r>
       <w:r w:rsidR="00B15644" w:rsidRPr="00B15644">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B15644" w:rsidRPr="00B15644">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00B15644" w:rsidRPr="00B15644">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="6"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B15644" w:rsidRPr="00B15644">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>„… zu vermitteln“)</w:t>
+        <w:t>„</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B15644" w:rsidRPr="00B15644">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>… zu vermitteln“)</w:t>
       </w:r>
       <w:r w:rsidR="00B15644" w:rsidRPr="00B15644">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B15644" w:rsidRPr="00B15644">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00B15644" w:rsidRPr="00B15644">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -9572,78 +9653,88 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00E47195" w:rsidRPr="00B15644">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>eiche</w:t>
       </w:r>
       <w:r w:rsidR="00E47195" w:rsidRPr="00B15644">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00E47195" w:rsidRPr="00B15644">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>!</w:t>
       </w:r>
       <w:r w:rsidR="00E47195">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:spacing w:val="17"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>unverzüglich Nachricht zu geben und das Unternehmen über bestehende Geschäftsanbahnungen durch Übersendung von Kopien der Korrespondenz bzw. durch Aktenvermerke zu unterrichten. Der Handelsvertreter hat darüber hinaus dem Unternehmen einmal im Monat die erforderlichen Nachrichten zu geben. Auf Anforderung des Unternehmens ist der Handelsvertreter in besonderen Fällen verpflichtet, besondere Auskünfte zu erteilen.</w:t>
+        <w:t>unverzüglich</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F25F0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nachricht zu geben und das Unternehmen über bestehende Geschäftsanbahnungen durch Übersendung von Kopien der Korrespondenz bzw. durch Aktenvermerke zu unterrichten. Der Handelsvertreter hat darüber hinaus dem Unternehmen einmal im Monat die erforderlichen Nachrichten zu geben. Auf Anforderung des Unternehmens ist der Handelsvertreter in besonderen Fällen verpflichtet, besondere Auskünfte zu erteilen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64D6158A" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="002F25F0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64D6158B" w14:textId="77777777" w:rsidR="00F91D56" w:rsidRPr="00F91D56" w:rsidRDefault="003B2455" w:rsidP="00F91D56">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F91D56">
@@ -9731,51 +9822,50 @@
     </w:p>
     <w:p w14:paraId="64D6158D" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="002F25F0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64D6158E" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="002F25F0">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>5.</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Der Handelsvertreter verpflichtet sich, Betriebs- und Geschäftsgeheimnisse des Unternehmens zu wahren und die Unterlagen, die sich auf diese und das Handelsvertreterverhältnis beziehen, so aufzubewahren, dass sie Dritten nicht zugänglich sind. Er hat über alle während der Vertragsdauer erworbenen Kenntnisse, über Geschäftsvorgänge und interne, insbesondere vertrauliche Angelegenheiten auch nach Vertragsende Stillschweigen zu bewahren.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64D6158F" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="002F25F0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64D61590" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="002F25F0">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
@@ -11463,96 +11553,96 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64D6159A" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="002F25F0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Das Unternehmen hat dem Handelsvertreter die zur Ausübung seiner Tätigkeit erforderlichen Unterlagen (Muster, Zeichnungen, Preislisten, Werbedrucksachen, Geschäftsbedingungen, Kundenlisten/Kundendateien (soweit vorhanden) sowie </w:t>
-[...8 lines deleted...]
-        <w:t>… etc.) unentgeltlich zur Verfügung zu stellen, jeweils zu ergänzen und auf dem neusten Stand zu halten. Diese Unterlagen bleiben Eigentum des Unternehmens, soweit sie nicht bestimmungsgemäß verbraucht sind.</w:t>
+        <w:t>Das Unternehmen hat dem Handelsvertreter die zur Ausübung seiner Tätigkeit erforderlichen Unterlagen (Muster, Zeichnungen, Preislisten, Werbedrucksachen, Geschäftsbedingungen, Kundenlisten/Kundendateien (soweit vorhanden) sowie … etc.) unentgeltlich zur Verfügung zu stellen, jeweils zu ergänzen und auf dem neusten Stand zu halten. Diese Unterlagen bleiben Eigentum des Unternehmens, soweit sie nicht bestimmungsgemäß verbraucht sind.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64D6159B" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="002F25F0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64D6159C" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="002F25F0">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Das Unternehmen hat dem Handelsvertreter die erforderlichen Nachrichten zu geben. Das Unternehmen hat dem Handelsvertreter insbesondere die Annahme oder Ablehnung eines vermittelten Geschäfts sowie die ganze oder teilweise Nichtausführung eines abgeschlossenen Geschäfts und die Gründe unverzüglich anzuzeigen, auf denen die Nichtausführung beruht.</w:t>
+        <w:t xml:space="preserve">Das Unternehmen hat dem Handelsvertreter die erforderlichen Nachrichten zu geben. Das Unternehmen hat dem Handelsvertreter insbesondere die Annahme oder Ablehnung eines vermittelten Geschäfts sowie die ganze oder teilweise Nichtausführung eines abgeschlossenen Geschäfts und die Gründe unverzüglich </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F25F0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>anzuzeigen, auf denen die Nichtausführung beruht.</w:t>
       </w:r>
       <w:r w:rsidR="00B53DFD">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F91D56">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00F91D56" w:rsidRPr="00F91D56">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Geg</w:t>
       </w:r>
@@ -11924,56 +12014,65 @@
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00F91D56" w:rsidRPr="00F91D56">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00F91D56" w:rsidRPr="00F91D56">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00F91D56" w:rsidRPr="00F91D56">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>svertreter g</w:t>
-      </w:r>
+        <w:t xml:space="preserve">svertreter </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00F91D56" w:rsidRPr="00F91D56">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="00F91D56" w:rsidRPr="00F91D56">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00F91D56" w:rsidRPr="00F91D56">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>gen</w:t>
       </w:r>
       <w:r w:rsidR="00F91D56" w:rsidRPr="00F91D56">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ü</w:t>
       </w:r>
       <w:r w:rsidR="00F91D56" w:rsidRPr="00F91D56">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
@@ -11992,51 +12091,60 @@
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00F91D56" w:rsidRPr="00F91D56">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
       <w:r w:rsidR="00F91D56" w:rsidRPr="00F91D56">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F91D56" w:rsidRPr="00F91D56">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Auftrag als </w:t>
+        <w:t>Auftrag</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F91D56" w:rsidRPr="00F91D56">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> als </w:t>
       </w:r>
       <w:r w:rsidR="00F91D56" w:rsidRPr="00F91D56">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00F91D56" w:rsidRPr="00F91D56">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>nge</w:t>
       </w:r>
       <w:r w:rsidR="00F91D56" w:rsidRPr="00F91D56">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -12220,51 +12328,68 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00D770E5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D770E5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Dem  Handelsvertreter steht ein Provisionsanspruch für alle von</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D770E5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dem  Handelsvertreter</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D770E5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> steht ein Provisionsanspruch für alle von</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ihm vermittelten/abgeschlossenen Geschäfte und für alle Geschäfte zu, die ohne seine unmittelbare Mitwirkung mit Dritten zustande kommen, die er als Kunden für Geschäfte der gleichen Art geworben hat.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64D615A4" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="002F25F0">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64D615A5" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="00F91D56" w:rsidRDefault="003B2455" w:rsidP="002F25F0">
       <w:pPr>
         <w:ind w:left="426" w:right="61"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
@@ -14388,51 +14513,50 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>und</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>das</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Geschäft</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:spacing w:val="6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -16885,50 +17009,51 @@
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00D770E5" w:rsidRPr="00D770E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00D770E5" w:rsidRPr="00D770E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="29"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D770E5" w:rsidRPr="00D770E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00D770E5" w:rsidRPr="00D770E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00D770E5" w:rsidRPr="00D770E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>rtra</w:t>
       </w:r>
       <w:r w:rsidR="00D770E5" w:rsidRPr="00D770E5">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
@@ -17416,52 +17541,62 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Die Provision, die dem Handelsvertreter für alle in § 4 genannten provisionspflichtigen Geschäfte zusteht, beträgt </w:t>
       </w:r>
       <w:r w:rsidR="00D770E5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>……….</w:t>
-      </w:r>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D770E5">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>%. Auf diese Provision wird die gesetzliche MwSt. aufgeschlagen und geschuldet, soweit der Handelsvertreter mehrwertsteuerpflichtig ist.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64D615B0" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="002F25F0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64D615B1" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="00D770E5" w:rsidRDefault="003B2455" w:rsidP="002F25F0">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
@@ -18289,50 +18424,51 @@
     </w:p>
     <w:p w14:paraId="64D615B9" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="002F25F0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64D615BA" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="002F25F0">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Eine Verpflichtung des Unternehmens zur gerichtlichen Geltendmachung und Vollstreckung des Erfüllungsanspruches gegenüber dem Kunden besteht nur, wenn diese Maßnahme Aussicht auf Erfolg bietet. In anderen Fällen ist das Unternehmen zur gerichtlichen Geltendmachung und zur Vollstreckung des Erfüllungsanspruches nur verpflichtet, wenn der Handelsvertreter dies verlangt und wenn er sich an den Verfahrenskosten angemessen beteiligt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64D615BB" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="002F25F0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64D615BC" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="003F37DA" w:rsidRDefault="003B2455" w:rsidP="002F25F0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -19144,67 +19280,69 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>folgender</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Koste</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n:.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="64D615C5" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="003F37DA">
       <w:pPr>
         <w:ind w:left="226"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64D615C6" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="003F37DA">
       <w:pPr>
         <w:ind w:left="324" w:right="79"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:w w:val="99"/>
           <w:sz w:val="24"/>
@@ -20307,92 +20445,94 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="003F37DA" w:rsidRPr="003F37DA">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>z</w:t>
       </w:r>
       <w:r w:rsidR="003F37DA" w:rsidRPr="003F37DA">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="7"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="003F37DA" w:rsidRPr="003F37DA">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>se</w:t>
       </w:r>
       <w:r w:rsidR="003F37DA" w:rsidRPr="003F37DA">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="003F37DA" w:rsidRPr="003F37DA">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ner </w:t>
       </w:r>
       <w:r w:rsidR="003F37DA" w:rsidRPr="003F37DA">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="12"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F37DA" w:rsidRPr="003F37DA">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>im</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="003F37DA" w:rsidRPr="003F37DA">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="6"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F37DA" w:rsidRPr="003F37DA">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>rege</w:t>
       </w:r>
       <w:r w:rsidR="003F37DA" w:rsidRPr="003F37DA">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>l</w:t>
@@ -20717,51 +20857,50 @@
         </w:rPr>
         <w:t>Krankheit des Handelsvertreters, Urlaub</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64D615CB" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="00223D26" w:rsidRDefault="003B2455" w:rsidP="00307707">
       <w:pPr>
         <w:pStyle w:val="Funotentext"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
         <w:spacing w:before="80"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00223D26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Der Handelsvertreter hat das Unternehmen unverzüglich zu unterrichten, wenn er aus krankheitsbedingten Gründen oder</w:t>
       </w:r>
       <w:r w:rsidR="00307707" w:rsidRPr="00223D26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sonstigen Gründen länger als eine </w:t>
       </w:r>
       <w:r w:rsidRPr="00223D26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Woche an der Ausübung seiner Tätigkeit gehindert ist.</w:t>
       </w:r>
       <w:r w:rsidR="00223D26" w:rsidRPr="00223D26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
@@ -21873,50 +22012,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> sofern die Krankheitsdauer vier</w:t>
       </w:r>
       <w:r w:rsidRPr="00223D26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Wochen nicht überschreitet.</w:t>
       </w:r>
       <w:r w:rsidR="003F37DA" w:rsidRPr="00223D26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00223D26" w:rsidRPr="00223D26">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="003F37DA" w:rsidRPr="00223D26">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>Diese</w:t>
       </w:r>
       <w:r w:rsidR="003F37DA" w:rsidRPr="00223D26">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:spacing w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F37DA" w:rsidRPr="00223D26">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
@@ -24065,60 +24205,51 @@
     </w:p>
     <w:p w14:paraId="64D615D4" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="002F25F0">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Der Handelsvertreter ist während der Dauer des Vertragsverhältnisses verpflichtet, jeden Wettbewerb gegenüber dem Unternehmen zu unterlassen. Er </w:t>
-[...8 lines deleted...]
-        <w:t>ist nur mit ausdrück</w:t>
+        <w:t>Der Handelsvertreter ist während der Dauer des Vertragsverhältnisses verpflichtet, jeden Wettbewerb gegenüber dem Unternehmen zu unterlassen. Er ist nur mit ausdrück</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>licher schrif</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>licher</w:t>
@@ -26775,51 +26906,60 @@
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Der Handelsvertreter verpflichtet sich hiermit, für die Dauer von </w:t>
       </w:r>
       <w:r w:rsidR="00377D84">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">zwei </w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Jahren nach Beendigung des Vertragsverhältnisses jegliche gewerbliche Tätigkeit innerhalb des Vertragsgebietes im Sinne des § 1 Abs</w:t>
+        <w:t xml:space="preserve">Jahren nach Beendigung des Vertragsverhältnisses jegliche gewerbliche Tätigkeit innerhalb </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F25F0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>des Vertragsgebietes im Sinne des § 1 Abs</w:t>
       </w:r>
       <w:r w:rsidR="00377D84">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atz</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 dieses Vertrages hinsichtlich der in § 1 Abs</w:t>
       </w:r>
       <w:r w:rsidR="00377D84">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atz</w:t>
       </w:r>
@@ -27328,84 +27468,86 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00223D26" w:rsidRPr="00223D26">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ist.</w:t>
       </w:r>
       <w:r w:rsidR="00223D26" w:rsidRPr="00223D26">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00223D26" w:rsidRPr="00223D26">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Sollte </w:t>
       </w:r>
       <w:r w:rsidR="00223D26" w:rsidRPr="00223D26">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="12"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00223D26" w:rsidRPr="00223D26">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00223D26" w:rsidRPr="00223D26">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ies</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00223D26" w:rsidRPr="00223D26">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00223D26" w:rsidRPr="00223D26">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00223D26" w:rsidRPr="00223D26">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>i</w:t>
@@ -33376,51 +33518,50 @@
       </w:r>
       <w:r w:rsidR="00377D84" w:rsidRPr="00377D84">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00377D84" w:rsidRPr="00377D84">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00377D84" w:rsidRPr="00377D84">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00377D84" w:rsidRPr="00377D84">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ris</w:t>
       </w:r>
       <w:r w:rsidR="00377D84" w:rsidRPr="00377D84">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00377D84" w:rsidRPr="00377D84">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
@@ -33968,50 +34109,51 @@
         </w:rPr>
         <w:t>Die Kündigung muss schriftlich erfolgen. Eine E-Mail genügt diesem Erfordernis nicht.</w:t>
       </w:r>
       <w:r w:rsidR="009A3FAE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00377D84">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00377D84">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00377D84" w:rsidRPr="00377D84">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Sofern</w:t>
       </w:r>
       <w:r w:rsidR="00377D84" w:rsidRPr="00377D84">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:spacing w:val="18"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00377D84" w:rsidRPr="00377D84">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -38789,60 +38931,51 @@
     </w:p>
     <w:p w14:paraId="64D615EB" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="002F25F0">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Nebenabreden zu diesem Vertrag bestehen nicht. Vertragsergänzungen bedürfen für ihre Wirksamkeit der Schriftform und der Unterzeichnung durch </w:t>
-[...8 lines deleted...]
-        <w:t>beide Vertragspartner. Auf dieses Formerfordernis kann nur durch schriftliche Vereinbarung verzichtet werden.</w:t>
+        <w:t>Nebenabreden zu diesem Vertrag bestehen nicht. Vertragsergänzungen bedürfen für ihre Wirksamkeit der Schriftform und der Unterzeichnung durch beide Vertragspartner. Auf dieses Formerfordernis kann nur durch schriftliche Vereinbarung verzichtet werden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64D615EC" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="002F25F0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64D615ED" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="002F25F0">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -38861,104 +38994,123 @@
     </w:p>
     <w:p w14:paraId="64D615EE" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="002F25F0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64D615EF" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="002F25F0">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Die Nichtigkeit einer Vorschrift dieses Vertrages führt nicht zur Nichtigkeit des gesamten Vertrages. Die nichtige Vorschrift ist durch eine Vereinbarung zu ersetzen, die dem Vertragszweck und den Willen der Vertragspartner am nächsten kommt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64D615F0" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="002F25F0">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="64D615F1" w14:textId="77777777" w:rsidR="003B2455" w:rsidRPr="002F25F0" w:rsidRDefault="003B2455" w:rsidP="002F25F0">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Dieser Vertrag hat …</w:t>
+        <w:t>Dieser Vertrag hat</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F25F0">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> …</w:t>
       </w:r>
       <w:r w:rsidR="005539F8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>..</w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005539F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Anlagen</w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, die wesentliche Bestandteile dieses Vertrages sind.</w:t>
@@ -39156,246 +39308,183 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Unterschrift </w:t>
       </w:r>
       <w:r w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Handelsve</w:t>
       </w:r>
       <w:r w:rsidR="00BF1083" w:rsidRPr="002F25F0">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rtreter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64D615FC" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="002F25F0" w:rsidRDefault="006D32EB" w:rsidP="002F25F0">
-[...16 lines deleted...]
-    <w:sectPr w:rsidR="005D41B2" w:rsidSect="00E46F0F">
+    <w:sectPr w:rsidR="006D32EB" w:rsidRPr="002F25F0">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="964" w:right="1021" w:bottom="833" w:left="1814" w:header="720" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:docGrid w:linePitch="299"/>
+      <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4E354BB0" w14:textId="77777777" w:rsidR="001A2CF8" w:rsidRDefault="001A2CF8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="031C792E" w14:textId="77777777" w:rsidR="001A2CF8" w:rsidRDefault="001A2CF8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="57F96A6B" w14:textId="77777777" w:rsidR="001A2CF8" w:rsidRDefault="001A2CF8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0BA43C25" w14:textId="77777777" w:rsidR="001A2CF8" w:rsidRDefault="001A2CF8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="64D61675" w14:textId="77777777" w:rsidR="00377D84" w:rsidRDefault="00377D84">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="64D61676" w14:textId="0B96B610" w:rsidR="00377D84" w:rsidRDefault="00E46F0F">
+  <w:p w14:paraId="64D61676" w14:textId="77777777" w:rsidR="00377D84" w:rsidRDefault="00377D84">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...44 lines deleted...]
-    </w:r>
   </w:p>
   <w:p w14:paraId="64D61677" w14:textId="77777777" w:rsidR="00377D84" w:rsidRDefault="00377D84">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="64D61678" w14:textId="77777777" w:rsidR="00377D84" w:rsidRDefault="00377D84">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="64D61679" w14:textId="21041654" w:rsidR="00377D84" w:rsidRDefault="00377D84">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="034C3756"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4880D946"/>
     <w:lvl w:ilvl="0" w:tplc="FC62D734">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w14:cntxtAlts w14:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -43478,267 +43567,249 @@
   <w:num w:numId="38" w16cid:durableId="1062212957">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="39" w16cid:durableId="1043095626">
     <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1386222020">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="920023356">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="408772175">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1826581131">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1306933585">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...17 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="003B2455"/>
     <w:rsid w:val="00004101"/>
     <w:rsid w:val="00036C3D"/>
     <w:rsid w:val="000459BF"/>
     <w:rsid w:val="00051D72"/>
     <w:rsid w:val="00077C82"/>
     <w:rsid w:val="000834FA"/>
     <w:rsid w:val="00086F57"/>
     <w:rsid w:val="000F6EB2"/>
     <w:rsid w:val="00101FDB"/>
     <w:rsid w:val="001045FC"/>
     <w:rsid w:val="0011284E"/>
     <w:rsid w:val="001213DB"/>
     <w:rsid w:val="00136734"/>
     <w:rsid w:val="001535E9"/>
     <w:rsid w:val="00153B0E"/>
     <w:rsid w:val="0016349B"/>
     <w:rsid w:val="00187EFA"/>
     <w:rsid w:val="00190B1A"/>
     <w:rsid w:val="001A2CF8"/>
     <w:rsid w:val="001B5168"/>
+    <w:rsid w:val="001E301B"/>
     <w:rsid w:val="00201FD1"/>
     <w:rsid w:val="002237C2"/>
     <w:rsid w:val="00223D26"/>
     <w:rsid w:val="0023258A"/>
     <w:rsid w:val="002410FF"/>
     <w:rsid w:val="0027581B"/>
     <w:rsid w:val="002B174C"/>
     <w:rsid w:val="002C0749"/>
     <w:rsid w:val="002C3D04"/>
     <w:rsid w:val="002F25F0"/>
     <w:rsid w:val="0030181B"/>
     <w:rsid w:val="00307707"/>
     <w:rsid w:val="00323993"/>
     <w:rsid w:val="00324603"/>
     <w:rsid w:val="00342004"/>
     <w:rsid w:val="0035323B"/>
     <w:rsid w:val="00373C67"/>
     <w:rsid w:val="00377D84"/>
     <w:rsid w:val="00387F96"/>
     <w:rsid w:val="00391D4F"/>
     <w:rsid w:val="003B2455"/>
     <w:rsid w:val="003D5FD4"/>
     <w:rsid w:val="003F37DA"/>
     <w:rsid w:val="00400010"/>
     <w:rsid w:val="004310A4"/>
     <w:rsid w:val="00446658"/>
     <w:rsid w:val="00447205"/>
     <w:rsid w:val="004B514B"/>
     <w:rsid w:val="0052355E"/>
     <w:rsid w:val="00526CB3"/>
     <w:rsid w:val="005539F8"/>
     <w:rsid w:val="00593CB6"/>
     <w:rsid w:val="005A2EC4"/>
     <w:rsid w:val="005B3ED1"/>
     <w:rsid w:val="005D41B2"/>
     <w:rsid w:val="005D6B25"/>
     <w:rsid w:val="00606A36"/>
     <w:rsid w:val="00631B10"/>
     <w:rsid w:val="00641A14"/>
     <w:rsid w:val="006D32EB"/>
     <w:rsid w:val="006D4C50"/>
     <w:rsid w:val="006F5509"/>
     <w:rsid w:val="007038AA"/>
     <w:rsid w:val="007417CB"/>
     <w:rsid w:val="0076343E"/>
+    <w:rsid w:val="0076347B"/>
     <w:rsid w:val="00782FB8"/>
     <w:rsid w:val="007C1B8C"/>
     <w:rsid w:val="007F196C"/>
     <w:rsid w:val="0084046D"/>
     <w:rsid w:val="008763CB"/>
+    <w:rsid w:val="00885945"/>
     <w:rsid w:val="00890998"/>
     <w:rsid w:val="00893B6D"/>
     <w:rsid w:val="008A7386"/>
     <w:rsid w:val="008E0EF8"/>
     <w:rsid w:val="008F7179"/>
     <w:rsid w:val="00902FB8"/>
     <w:rsid w:val="0090782A"/>
     <w:rsid w:val="00945C81"/>
     <w:rsid w:val="00976663"/>
     <w:rsid w:val="009802B0"/>
     <w:rsid w:val="009A3FAE"/>
     <w:rsid w:val="009D08BE"/>
+    <w:rsid w:val="009D1055"/>
     <w:rsid w:val="009D1DD0"/>
     <w:rsid w:val="009D3747"/>
     <w:rsid w:val="00A00929"/>
-    <w:rsid w:val="00A106A6"/>
     <w:rsid w:val="00A16A4F"/>
     <w:rsid w:val="00A23525"/>
     <w:rsid w:val="00A5776A"/>
     <w:rsid w:val="00A96996"/>
     <w:rsid w:val="00AA218D"/>
     <w:rsid w:val="00AB3C43"/>
     <w:rsid w:val="00AC0D12"/>
     <w:rsid w:val="00AD2312"/>
     <w:rsid w:val="00B03F05"/>
     <w:rsid w:val="00B15644"/>
     <w:rsid w:val="00B3618A"/>
     <w:rsid w:val="00B42C71"/>
     <w:rsid w:val="00B53DFD"/>
     <w:rsid w:val="00B75D64"/>
     <w:rsid w:val="00B93188"/>
     <w:rsid w:val="00BC2ED0"/>
     <w:rsid w:val="00BE4384"/>
     <w:rsid w:val="00BE65D1"/>
     <w:rsid w:val="00BF1083"/>
     <w:rsid w:val="00C009D7"/>
     <w:rsid w:val="00C04092"/>
     <w:rsid w:val="00C15D83"/>
-    <w:rsid w:val="00C303AA"/>
     <w:rsid w:val="00C4181B"/>
     <w:rsid w:val="00C543B4"/>
     <w:rsid w:val="00C81DCC"/>
+    <w:rsid w:val="00C83B70"/>
     <w:rsid w:val="00C87511"/>
     <w:rsid w:val="00CD4E48"/>
     <w:rsid w:val="00CE175E"/>
     <w:rsid w:val="00D0448C"/>
     <w:rsid w:val="00D665F3"/>
     <w:rsid w:val="00D74549"/>
     <w:rsid w:val="00D770E5"/>
     <w:rsid w:val="00DD4B22"/>
-    <w:rsid w:val="00E059BB"/>
     <w:rsid w:val="00E14FD5"/>
     <w:rsid w:val="00E21725"/>
     <w:rsid w:val="00E3714A"/>
-    <w:rsid w:val="00E46F0F"/>
     <w:rsid w:val="00E47195"/>
     <w:rsid w:val="00E66121"/>
     <w:rsid w:val="00EC3795"/>
     <w:rsid w:val="00F44DA9"/>
     <w:rsid w:val="00F91D56"/>
     <w:rsid w:val="00FC05A2"/>
     <w:rsid w:val="00FE0D20"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="64D61541"/>
   <w15:docId w15:val="{5120B998-D029-4C92-90B1-68ED00CB6DD5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -44366,61 +44437,57 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
     <w:name w:val="Fußzeile Zchn"/>
     <w:link w:val="Fuzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003B2455"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KopfzeileZchn">
     <w:name w:val="Kopfzeile Zchn"/>
     <w:link w:val="Kopfzeile"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002F25F0"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -44936,149 +45003,149 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="82589c12-70c4-4c94-a25a-3c827aa5c9f9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
-</file>
-[...11 lines deleted...]
-</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F1377C1F-FB47-48AB-89B8-B6EC891E01A8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72CE5625-DA60-4B45-A88D-C92BF304AA79}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A16E5BC-92F7-4ABC-96B2-BB0CFE9FC402}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6449D890-D8A0-415A-9C1B-7013A7277827}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A16E5BC-92F7-4ABC-96B2-BB0CFE9FC402}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72CE5625-DA60-4B45-A88D-C92BF304AA79}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
+    <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>4452</Words>
-  <Characters>28054</Characters>
+  <Words>4063</Words>
+  <Characters>28445</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>233</Lines>
-  <Paragraphs>64</Paragraphs>
+  <Lines>646</Lines>
+  <Paragraphs>188</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>32442</CharactersWithSpaces>
+  <CharactersWithSpaces>32320</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="144" baseType="variant">
       <vt:variant>
         <vt:i4>4063319</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>69</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@wiesbaden.ihk.de</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5767260</vt:i4>
       </vt:variant>
       <vt:variant>