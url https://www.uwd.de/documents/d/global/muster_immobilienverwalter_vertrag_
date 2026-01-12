--- v0 (2025-10-08)
+++ v1 (2026-01-12)
@@ -1,58 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="62ACF1AC" w14:textId="77777777" w:rsidR="00B02C6F" w:rsidRDefault="00B02C6F" w:rsidP="00B02C6F"/>
     <w:p w14:paraId="1FC045E7" w14:textId="77777777" w:rsidR="00B02C6F" w:rsidRDefault="00B02C6F" w:rsidP="00B02C6F"/>
     <w:p w14:paraId="2E467068" w14:textId="77777777" w:rsidR="00B02C6F" w:rsidRDefault="00B02C6F" w:rsidP="00B02C6F"/>
     <w:p w14:paraId="634BD0BB" w14:textId="77777777" w:rsidR="00B02C6F" w:rsidRDefault="00B02C6F" w:rsidP="00B02C6F"/>
     <w:p w14:paraId="6E938F17" w14:textId="77777777" w:rsidR="00827623" w:rsidRDefault="00827623" w:rsidP="00B02C6F"/>
     <w:p w14:paraId="2DE55A8B" w14:textId="77777777" w:rsidR="00827623" w:rsidRDefault="00827623" w:rsidP="00B02C6F"/>
     <w:p w14:paraId="52CF63A2" w14:textId="77777777" w:rsidR="00827623" w:rsidRDefault="00827623" w:rsidP="00B02C6F"/>
     <w:p w14:paraId="792E0F38" w14:textId="77777777" w:rsidR="00827623" w:rsidRPr="00071E52" w:rsidRDefault="00827623" w:rsidP="00B02C6F"/>
     <w:p w14:paraId="4E7947B2" w14:textId="77777777" w:rsidR="000258ED" w:rsidRPr="002F3750" w:rsidRDefault="000258ED" w:rsidP="000258ED">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004111AD">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>Mustervertrag</w:t>
       </w:r>
     </w:p>
@@ -77,117 +78,119 @@
       </w:pPr>
       <w:r w:rsidRPr="002F3750">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>Immobilienverwalter</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58D9B589" w14:textId="77777777" w:rsidR="000258ED" w:rsidRPr="00071E52" w:rsidRDefault="000258ED" w:rsidP="000258ED">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F3750">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>(Mietverwaltung)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="752B9E33" w14:textId="77777777" w:rsidR="00677D0D" w:rsidRDefault="00677D0D" w:rsidP="00677D0D">
+    <w:p w14:paraId="56BC3765" w14:textId="77777777" w:rsidR="000874E5" w:rsidRDefault="000874E5" w:rsidP="000874E5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212717203"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit freundlicher Unterstützung zur Verfügung gestellt vom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2560F0A8" wp14:editId="12FD26B0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0DA614AE" wp14:editId="37741BC5">
             <wp:extent cx="2247900" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="588512616" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2240280" cy="563880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="33162010" w14:textId="77777777" w:rsidR="000258ED" w:rsidRPr="00071E52" w:rsidRDefault="000258ED" w:rsidP="000258ED"/>
     <w:p w14:paraId="72D8D0BD" w14:textId="77777777" w:rsidR="000258ED" w:rsidRPr="00071E52" w:rsidRDefault="000258ED" w:rsidP="000258ED"/>
     <w:p w14:paraId="02CCD514" w14:textId="77777777" w:rsidR="000258ED" w:rsidRPr="00071E52" w:rsidRDefault="000258ED" w:rsidP="000258ED">
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="071721D5" w14:textId="77777777" w:rsidR="000258ED" w:rsidRPr="00071E52" w:rsidRDefault="000258ED" w:rsidP="000258ED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1452"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -343,77 +346,94 @@
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="357D221D" w14:textId="104C2BCB" w:rsidR="000258ED" w:rsidRPr="00071E52" w:rsidRDefault="000258ED" w:rsidP="000258ED">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dieses Vertragsformular wurde mit größter Sorgfalt erstellt, erhebt aber keinen Anspruch auf Vollständigkeit und Richtigkeit. Es ist als Checkliste mit Formulierungshilfen zu verstehen und soll nur eine Anregung bieten, wie die typische Interessenlage zwischen den Parteien sachgerecht ausgeglichen werden kann. Dies entbindet den Verwender jedoch nicht von der sorgfältigen eigenverantwortlichen Prüfung. Aus Gründen der sprachlichen Vereinfachung wird auf die Nennung der drei Geschlechter verzichtet, wo eine geschlechtsneutrale Formulierung nicht möglich war. In diesen Fällen beziehen die verwendeten männlichen Begriffe die weiblichen und diversen Formen ebenso mit ein. Der Mustervertrag ist nur ein Vorschlag für eine mögliche Regelung. Viele Festlegungen sind frei vereinbar. Der Verwender kann auch andere Formulierungen wählen. Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret zu regelnde Situation und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen. Falls Sie einen maßgeschneiderten Vertrag benötigen, sollten Sie sich durch einen Rechtsanwalt Ihres Vertrauens beraten lassen. </w:t>
+        <w:t xml:space="preserve">Dieses Vertragsformular wurde mit größter Sorgfalt erstellt, erhebt aber keinen Anspruch auf Vollständigkeit und Richtigkeit. Es ist als Checkliste mit Formulierungshilfen zu verstehen und soll nur eine Anregung bieten, wie die typische Interessenlage zwischen den Parteien sachgerecht ausgeglichen werden kann. Dies entbindet den Verwender jedoch nicht von der sorgfältigen eigenverantwortlichen Prüfung. Aus Gründen der sprachlichen Vereinfachung wird auf die Nennung der drei Geschlechter verzichtet, wo eine geschlechtsneutrale Formulierung nicht möglich war. In diesen Fällen beziehen die verwendeten männlichen Begriffe die weiblichen und diversen Formen ebenso mit ein. Der Mustervertrag ist nur ein Vorschlag für eine mögliche Regelung. Viele Festlegungen sind frei vereinbar. Der Verwender kann auch andere Formulierungen wählen. Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00071E52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zu regelnde Situation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00071E52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen. Falls Sie einen maßgeschneiderten Vertrag benötigen, sollten Sie sich durch einen Rechtsanwalt Ihres Vertrauens beraten lassen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5538CE55" w14:textId="52CA9B94" w:rsidR="005B0A02" w:rsidRPr="00071E52" w:rsidRDefault="005B0A02" w:rsidP="000258ED">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C76782D" w14:textId="583BE1A4" w:rsidR="000258ED" w:rsidRPr="00071E52" w:rsidRDefault="000258ED" w:rsidP="000258ED">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Mustervertrag für Immobilienverwalter</w:t>
       </w:r>
       <w:r w:rsidR="000F4D43" w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Mietverwaltung)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27ED3CB4" w14:textId="77777777" w:rsidR="000258ED" w:rsidRPr="00071E52" w:rsidRDefault="000258ED" w:rsidP="000258ED">
       <w:pPr>
         <w:rPr>
@@ -724,68 +744,96 @@
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Auftraggeber überträgt dem Immobilienverwalter die Verwaltung des Mietobjekts</w:t>
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>Straße und Hausnummer: ..........................................................................................................................</w:t>
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-        <w:t>Gebäudeteil: …………………………………………………………………………………………….</w:t>
-      </w:r>
+        <w:t>Gebäudeteil: ………………………………………………………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00071E52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-        <w:t>Postleitzahl ………….Stadt: ……………………………………………………………</w:t>
+        <w:t>Postleitzahl ……</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00071E52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00071E52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Stadt: ……………………………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="000F4D43" w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="000F4D43" w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="000F4D43" w:rsidRPr="00071E52">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>bestehend aus __ Gewerbe + __ Wohneinheiten</w:t>
       </w:r>
     </w:p>
@@ -814,51 +862,87 @@
       </w:pPr>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vertragsdauer und Kündigung</w:t>
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Der Vertrag wird auf die Dauer von ………………………..fest abgeschlossen. Er beginnt mit dem ……………….. und endet am ………………... Er verlängert sich jeweils um ein Jahr, wenn er nicht von einer der Vertragsparteien unter Einhaltung einer Kündigungsfrist von drei Monaten zum Vertragsende gekündigt wird. Die Kündigung ist nur wirksam, wenn sie </w:t>
+        <w:t>Der Vertrag wird auf die Dauer von …………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00071E52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00071E52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.fest abgeschlossen. Er beginnt mit dem …………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00071E52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00071E52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. und endet am ………………... Er verlängert sich jeweils um ein Jahr, wenn er nicht von einer der Vertragsparteien unter Einhaltung einer Kündigungsfrist von drei Monaten zum Vertragsende gekündigt wird. Die Kündigung ist nur wirksam, wenn sie </w:t>
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>schriftlich/in Textform (Unternehmer/Verbraucher)</w:t>
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> erfolgt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2587292B" w14:textId="22FB5DBD" w:rsidR="000F4D43" w:rsidRPr="00071E52" w:rsidRDefault="000F4D43" w:rsidP="000F4D43">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing/>
         <w:rPr>
@@ -947,60 +1031,60 @@
       </w:pPr>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Aufgaben des Immobilienverwalters</w:t>
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Der Immobilienverwalter ist verpflichtet, die Immobilienverwaltung gewissenhaft </w:t>
+        <w:t xml:space="preserve">Der Immobilienverwalter ist verpflichtet, die Immobilienverwaltung gewissenhaft zu führen und alles zu tun, was zu einer ordnungsgemäßen Verwaltung </w:t>
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>zu führen und alles zu tun, was zu einer ordnungsgemäßen Verwaltung notwendig ist. Er ist berechtigt und verpflichtet, die wirtschaftlichen und sonstigen Interessen des Auftraggebers in jeder Hinsicht zu beachten und zu vertreten.</w:t>
+        <w:t>notwendig ist. Er ist berechtigt und verpflichtet, die wirtschaftlichen und sonstigen Interessen des Auftraggebers in jeder Hinsicht zu beachten und zu vertreten.</w:t>
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="000F4D43" w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Generelle Aufgaben (Grundleistungen) des Immobilienverwalters</w:t>
       </w:r>
@@ -1608,51 +1692,50 @@
       </w:pPr>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Erhöhung der Betriebskostenvorauszahlungen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C11F175" w14:textId="77777777" w:rsidR="00C674A6" w:rsidRPr="00071E52" w:rsidRDefault="00C674A6" w:rsidP="00C674A6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Erstellung der Betriebskostenabrechnung und Einziehung von Nachforderungen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2323C58D" w14:textId="77777777" w:rsidR="000258ED" w:rsidRPr="00071E52" w:rsidRDefault="000258ED" w:rsidP="000258ED">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E5E6D0B" w14:textId="49DFF762" w:rsidR="000258ED" w:rsidRPr="00071E52" w:rsidRDefault="000258ED" w:rsidP="000258ED">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2054,60 +2137,51 @@
           <w:numId w:val="30"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="90"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Immobilienverwalter </w:t>
       </w:r>
       <w:r w:rsidR="00C674A6" w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">verpflichtet sich zur ordnungsgemäßen Buchführung über sämtliche Einnahmen und Ausgaben sowie zur geordneten Sammlung </w:t>
-[...8 lines deleted...]
-        <w:t>der Belege und Objektunterlagen.</w:t>
+        <w:t>verpflichtet sich zur ordnungsgemäßen Buchführung über sämtliche Einnahmen und Ausgaben sowie zur geordneten Sammlung der Belege und Objektunterlagen.</w:t>
       </w:r>
       <w:r w:rsidR="00C674A6" w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="155BEB8C" w14:textId="2DB14583" w:rsidR="00C674A6" w:rsidRPr="00071E52" w:rsidRDefault="00C674A6" w:rsidP="00C674A6">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="90"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2130,50 +2204,51 @@
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>gegenüber dem Auftraggeber erfolgt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02681BCD" w14:textId="1E52202D" w:rsidR="00C674A6" w:rsidRPr="00071E52" w:rsidRDefault="00C674A6" w:rsidP="00D5468D">
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="300" w:afterAutospacing="0"/>
         <w:ind w:firstLine="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">¨   </w:t>
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
         <w:t>vierteljährlich,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EFF34F4" w14:textId="4FA91784" w:rsidR="00C674A6" w:rsidRPr="00071E52" w:rsidRDefault="00C674A6" w:rsidP="00D5468D">
       <w:pPr>
         <w:pStyle w:val="StandardWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="300" w:afterAutospacing="0"/>
         <w:ind w:firstLine="360"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -2234,465 +2309,645 @@
     </w:p>
     <w:p w14:paraId="5426A446" w14:textId="0AE77392" w:rsidR="00EB7D7F" w:rsidRPr="00071E52" w:rsidRDefault="00EB7D7F" w:rsidP="00EB7D7F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E2030A9" w14:textId="77777777" w:rsidR="00EB7D7F" w:rsidRPr="00071E52" w:rsidRDefault="00EB7D7F" w:rsidP="00EB7D7F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="129A23CE" w14:textId="33E91526" w:rsidR="00EB7D7F" w:rsidRPr="00071E52" w:rsidRDefault="00EB7D7F" w:rsidP="00EB7D7F">
+    <w:p w14:paraId="135D72DB" w14:textId="77777777" w:rsidR="00DB5049" w:rsidRDefault="00EB7D7F" w:rsidP="00DB5049">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB5049">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vollmacht</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5049">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00DB5049">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Der Immobilienverwalter erhält vom Auftraggeber eine gesonderte Vollmachtsurkunde, aus der sich der Umfang seiner Vertretungsmacht ergibt. Bei Beendigung des Vertrages ist sie unaufgefordert an den Auftraggeber zurückzugeben.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5049" w:rsidRPr="00DB5049">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ein Zurückbehaltungsrecht an der Urkunde steht dem Verwalter nicht zu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15879FD5" w14:textId="77777777" w:rsidR="00DB5049" w:rsidRDefault="00DB5049" w:rsidP="00DB5049">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4E55">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Haftung des Verwalters</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004921D8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09FBF5D2" w14:textId="47013CD5" w:rsidR="00DB5049" w:rsidRPr="004921D8" w:rsidRDefault="00DB5049" w:rsidP="00DB5049">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004921D8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Verwalter hat seine Aufgaben mit der Sorgfalt eines erfahrenen und fachkundigen Verwalters von Wohnungseigentum zu erfüllen und alle mit seiner Tätigkeit zusammenhängenden Rechtsvorschriften zu beachten.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22123A8E" w14:textId="77777777" w:rsidR="00DB5049" w:rsidRDefault="00DB5049" w:rsidP="00DB5049">
+      <w:pPr>
+        <w:ind w:left="348"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F1F6E83" w14:textId="09738F8F" w:rsidR="00DB5049" w:rsidRPr="00DB5049" w:rsidRDefault="00DB5049" w:rsidP="00DB5049">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004921D8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Die Haftung für ein Verhalten des Verwalters und seiner Erfüllungsgehilfen, das weder vorsätzlich noch grob fahrlässig ist, wird der Höhe nach auf die Versicherungssumme begrenzt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004921D8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Von der Beschränkung der Haftung nicht erfasst sind Ansprüche au</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004921D8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vorsätzlichem oder grob fahrlässigem Handeln oder vom Verwalter zu vertretenden Verletzungen von Leben, Körper oder Gesundheit. Unbeschränkt haftet der Verwalter auch für die Erfüllung der Pflichten, deren Einhaltung erforderlich ist, um den Vertragszweck zu erreichen (sog. Kardinalpflichten)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="129A23CE" w14:textId="53DF7F11" w:rsidR="00EB7D7F" w:rsidRPr="00071E52" w:rsidRDefault="00EB7D7F" w:rsidP="00DB5049">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05A47E9E" w14:textId="77777777" w:rsidR="00EB7D7F" w:rsidRPr="00071E52" w:rsidRDefault="00EB7D7F" w:rsidP="000258ED">
+      <w:pPr>
+        <w:ind w:left="348"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3740D5CE" w14:textId="77777777" w:rsidR="00843C68" w:rsidRPr="00071E52" w:rsidRDefault="000258ED" w:rsidP="00843C68">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Vollmacht</w:t>
+        <w:t>Vergütung</w:t>
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00071E52">
-[...18 lines deleted...]
-    <w:p w14:paraId="3740D5CE" w14:textId="77777777" w:rsidR="00843C68" w:rsidRPr="00071E52" w:rsidRDefault="000258ED" w:rsidP="00843C68">
+    </w:p>
+    <w:p w14:paraId="3FBAFB98" w14:textId="6DA86A5E" w:rsidR="00843C68" w:rsidRPr="00071E52" w:rsidRDefault="00843C68" w:rsidP="00843C68">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00071E52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der Immobilienverwalter erhält für die Tätigkeit nach </w:t>
+      </w:r>
+      <w:r w:rsidR="005B0A02" w:rsidRPr="00071E52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Abschnitt II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00071E52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dieses Vertrags eine monatliche Vergütung in Höhe von</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6422BB34" w14:textId="30BF8E18" w:rsidR="00843C68" w:rsidRPr="00071E52" w:rsidRDefault="00843C68" w:rsidP="00843C68">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00071E52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>¨   ____________ % aus der Soll-Nettomiete (Kaltmieten ohne Betriebskosten und ohne Mehrwertsteuer)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23749754" w14:textId="77777777" w:rsidR="00843C68" w:rsidRPr="00071E52" w:rsidRDefault="00843C68" w:rsidP="00843C68">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00071E52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">¨   ____________ Euro </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00071E52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pro verwalteter Wohneinheit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="53C12FEC" w14:textId="77777777" w:rsidR="00843C68" w:rsidRPr="00071E52" w:rsidRDefault="00843C68" w:rsidP="00843C68">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4ADE3866" w14:textId="30E75574" w:rsidR="00843C68" w:rsidRPr="00071E52" w:rsidRDefault="00843C68" w:rsidP="00843C68">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00071E52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Zusätzlich erhält der Immobilienverwalter pro Mieterwechsel für seine Leistungen eine gesonderte Vergütung in Höhe von ____________ Euro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18B8A97D" w14:textId="77777777" w:rsidR="00843C68" w:rsidRPr="00071E52" w:rsidRDefault="00843C68" w:rsidP="00843C68">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A267473" w14:textId="736A787E" w:rsidR="00843C68" w:rsidRPr="00071E52" w:rsidRDefault="00843C68" w:rsidP="00843C68">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00071E52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Weiterhin erhält der Immobilienverwalter einen Aufwendungsersatz für Telefon, Porto, Fahrtkosten und andere Barauslagen einen monatlichen Festbetrag in Höhe von ____________ Euro ohne Einzelnachweis. Gehen die Aufwendungen des Immobilienverwalters darüber hinaus, werden sie auf Nachweis erstattet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F60D2D7" w14:textId="77777777" w:rsidR="00843C68" w:rsidRPr="00071E52" w:rsidRDefault="00843C68" w:rsidP="00843C68">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="404E3FFC" w14:textId="7501F56F" w:rsidR="00843C68" w:rsidRPr="00071E52" w:rsidRDefault="00843C68" w:rsidP="00843C68">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00071E52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Die genannten Beträge erhält der Immobilienverwalter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14F98915" w14:textId="77777777" w:rsidR="00843C68" w:rsidRPr="00071E52" w:rsidRDefault="00843C68" w:rsidP="00843C68">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00071E52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>¨  zuzüglich</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00071E52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> der jeweiligen Mehrwertsteuer (derzeit ____________%)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="440C98A3" w14:textId="77777777" w:rsidR="00843C68" w:rsidRPr="00071E52" w:rsidRDefault="00843C68" w:rsidP="00843C68">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00071E52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">¨   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00071E52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ohne der jeweiligen Mehrwertsteuer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="37D47CB3" w14:textId="77777777" w:rsidR="00843C68" w:rsidRPr="00071E52" w:rsidRDefault="00843C68" w:rsidP="00843C68">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32486CEC" w14:textId="20856084" w:rsidR="00843C68" w:rsidRPr="00071E52" w:rsidRDefault="00843C68" w:rsidP="00843C68">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00071E52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Die Vergütung ist fällig am Monatsende, erstmals am ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="124233B3" w14:textId="77777777" w:rsidR="00843C68" w:rsidRPr="00071E52" w:rsidRDefault="00843C68" w:rsidP="00843C68">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F876D0F" w14:textId="68FE213B" w:rsidR="00843C68" w:rsidRPr="00071E52" w:rsidRDefault="00843C68" w:rsidP="00843C68">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00071E52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Der Immobilienverwalter ist berechtigt, ihre Vergütung und ihren Aufwendungsersatz aus den eingehenden Mieteinnahmen zu entnehmen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19349D36" w14:textId="77777777" w:rsidR="00843C68" w:rsidRPr="00071E52" w:rsidRDefault="00843C68" w:rsidP="00843C68">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12C2C8C0" w14:textId="4C858894" w:rsidR="000258ED" w:rsidRPr="00071E52" w:rsidRDefault="00DB5049" w:rsidP="00CC122A">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB5049">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Anwenderhinweis</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5049">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: Alternativ kann auch eine Unterscheidung zwischen „Festvergütung“ und „Variable Vergütung“ vorgenommen werden. Zu diesem Zweck kann unter Ziffer III eine tabellarische Auflistung von „Grundleistungen“ (z.B. Führen von einfach gelagerten Vertragsverhandlungen; Abschluss und Unterzeichnung von Verträgen mit Dritten…) und „Besondere Leistungen“ (z.B. Mitwirkung bei Versicherungsschäden im Sondereigentum; Erstellung eines Erhaltungs- oder Sanierungsplans…) erfolgen, auf die im Rahmen der jeweiligen Vergütungsregelung Bezug genommen wird</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="559C3442" w14:textId="77777777" w:rsidR="000258ED" w:rsidRPr="00071E52" w:rsidRDefault="000258ED" w:rsidP="000258ED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="648D9EE4" w14:textId="77777777" w:rsidR="000258ED" w:rsidRPr="00071E52" w:rsidRDefault="000258ED" w:rsidP="00CC122A">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Vergütung</w:t>
-[...341 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>Vertretung</w:t>
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Immobilienverwalter ist verpflichtet, für eine Vertretung in Krankheits-, Urlaubs- und sonstigen Verhinderungsfällen eigenverantwortlich zu sorgen.</w:t>
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3019,50 +3274,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="259EECCA" w14:textId="75A31E26" w:rsidR="00303146" w:rsidRPr="00460187" w:rsidRDefault="00303146" w:rsidP="00303146">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2835"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000515FA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Sollte eine Bestimmung dieses Vertrages unwirksam sein oder werden, so berührt dies die Wirksamkeit des Vertrages im Übrigen nicht. Es gilt dann an Stelle der unwirksamen Bestimmung eine solche wirksame als vereinbar, die dem wirtschaftlichen Zweck er unwirksamen</w:t>
       </w:r>
       <w:r w:rsidRPr="00460187">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bestimmung in rechtlich zulässiger Weise am nächsten kommt</w:t>
       </w:r>
       <w:r w:rsidR="00A4232C" w:rsidRPr="00460187">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CEEC68A" w14:textId="77777777" w:rsidR="00303146" w:rsidRPr="000515FA" w:rsidRDefault="00303146" w:rsidP="00303146">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2835"/>
         </w:tabs>
@@ -3190,84 +3446,105 @@
     <w:p w14:paraId="36EDD2EC" w14:textId="77777777" w:rsidR="000258ED" w:rsidRPr="00071E52" w:rsidRDefault="000258ED" w:rsidP="00CC122A">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Schlichtungsverfahren</w:t>
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Die Vertragsparteien verpflichten sich, bei Meinungsverschiedenheiten ein Schlichtungsverfahren mit dem Ziel durchzuführen, eine interessengerechte und faire Vereinbarung im Wege einer Mediation mit Unterstützung eines neutralen Schlichters unter Berücksichtigung der wirtschaftlichen, rechtlichen, persönlichen und sozialen Gegebenheiten zu erarbeiten. Alle Streitigkeiten, die sich im Zusammenhang mit diesem Vertrag oder über seine Gültigkeit ergeben, werden vor Einschaltung der Gerichte nach der Schlichtungsordnung der Institution der Industrie- und Handelskammer …………….. (Name der nächstgelegenen IHK mit Schlichtungsstelle) geschlichtet</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>Die Vertragsparteien verpflichten sich, bei Meinungsverschiedenheiten ein Schlichtungsverfahren mit dem Ziel durchzuführen, eine interessengerechte und faire Vereinbarung im Wege einer Mediation mit Unterstützung eines neutralen Schlichters unter Berücksichtigung der wirtschaftlichen, rechtlichen, persönlichen und sozialen Gegebenheiten zu erarbeiten. Alle Streitigkeiten, die sich im Zusammenhang mit diesem Vertrag oder über seine Gültigkeit ergeben, werden vor Einschaltung der Gerichte nach der Schlichtungsordnung der Institution der Industrie- und Handelskammer ………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00071E52">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. (Name der nächstgelegenen IHK mit Schlichtungsstelle) geschlichtet</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CC1706A" w14:textId="77777777" w:rsidR="000258ED" w:rsidRPr="00071E52" w:rsidRDefault="000258ED" w:rsidP="000258ED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1014DD0A" w14:textId="77777777" w:rsidR="000258ED" w:rsidRPr="00071E52" w:rsidRDefault="000258ED" w:rsidP="000258ED">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>........................................................</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B70954A" w14:textId="77777777" w:rsidR="000258ED" w:rsidRPr="00071E52" w:rsidRDefault="000258ED" w:rsidP="000258ED">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2784"/>
         </w:tabs>
         <w:rPr>
@@ -3297,298 +3574,353 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5F92CC5A" w14:textId="77777777" w:rsidR="000258ED" w:rsidRPr="00071E52" w:rsidRDefault="000258ED" w:rsidP="000258ED">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………………………                                   ……………………………………..</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="446E1F9A" w14:textId="65D6CB8C" w:rsidR="005D41B2" w:rsidRDefault="000258ED" w:rsidP="00677D0D">
-[...2 lines deleted...]
-          <w:b/>
+    <w:p w14:paraId="1DB6716A" w14:textId="77777777" w:rsidR="000258ED" w:rsidRPr="00071E52" w:rsidRDefault="000258ED" w:rsidP="000258ED">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Unterschrift Auftraggeber</w:t>
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00071E52">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Unterschrift Immobilienverwalter</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="005D41B2" w:rsidSect="00677D0D">
+    <w:p w14:paraId="446E1F9A" w14:textId="77777777" w:rsidR="005D41B2" w:rsidRDefault="005D41B2" w:rsidP="000874E5">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="005D41B2" w:rsidSect="009B062E">
       <w:headerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="964" w:right="1021" w:bottom="833" w:left="1814" w:header="720" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0FF22F30" w14:textId="77777777" w:rsidR="009563C8" w:rsidRDefault="009563C8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4B57786F" w14:textId="77777777" w:rsidR="009563C8" w:rsidRDefault="009563C8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4FBF36C7" w14:textId="77777777" w:rsidR="009563C8" w:rsidRDefault="009563C8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="62EE56F1" w14:textId="77777777" w:rsidR="009563C8" w:rsidRDefault="009563C8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="0C42DB57" w14:textId="7616BEE4" w:rsidR="006D32EB" w:rsidRDefault="00677D0D">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="26205940" w14:textId="229798F0" w:rsidR="006D32EB" w:rsidRDefault="009B062E">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="61A62BDC" wp14:editId="3EED7AA7">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C87FB05" wp14:editId="77B5C7FA">
+          <wp:extent cx="2481800" cy="409575"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="304705544" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2485708" cy="410220"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="420CC364" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+      <w:rPr>
+        <w:color w:val="808080"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="7EB0B6AE" w14:textId="59140271" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="58F92822" w14:textId="2BE38627" w:rsidR="009B062E" w:rsidRDefault="009B062E">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="529E4EFF" wp14:editId="1E497BC2">
           <wp:extent cx="2481800" cy="409575"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2485708" cy="410220"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7BE548A2" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
-[...23 lines deleted...]
-  <w:p w14:paraId="7EB0B6AE" w14:textId="59140271" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
+  <w:p w14:paraId="72A47D11" w14:textId="77777777" w:rsidR="009B062E" w:rsidRDefault="009B062E">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05C63A2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E365E14"/>
     <w:lvl w:ilvl="0" w:tplc="CFEACA74">
       <w:start w:val="4"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BFCEFD8A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6393,269 +6725,260 @@
     <w:lvlOverride w:ilvl="8"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1129585948">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="896668162">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="283116203">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="465321989">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1446191641">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1678538578">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="11"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="81921"/>
+    <o:shapedefaults v:ext="edit" spidmax="90113"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...17 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="009563C8"/>
     <w:rsid w:val="00012AFF"/>
     <w:rsid w:val="000258ED"/>
     <w:rsid w:val="00032300"/>
     <w:rsid w:val="000459BF"/>
     <w:rsid w:val="00050C4F"/>
     <w:rsid w:val="00060C90"/>
     <w:rsid w:val="00071E52"/>
     <w:rsid w:val="000737CD"/>
     <w:rsid w:val="000834FA"/>
     <w:rsid w:val="00086F57"/>
+    <w:rsid w:val="000874E5"/>
     <w:rsid w:val="000F4D43"/>
     <w:rsid w:val="00101FDB"/>
     <w:rsid w:val="001045FC"/>
     <w:rsid w:val="0011284E"/>
     <w:rsid w:val="00115A0D"/>
     <w:rsid w:val="001213DB"/>
     <w:rsid w:val="00136734"/>
     <w:rsid w:val="001535E9"/>
     <w:rsid w:val="00153B0E"/>
     <w:rsid w:val="0016349B"/>
     <w:rsid w:val="00187EFA"/>
     <w:rsid w:val="00190B1A"/>
     <w:rsid w:val="00192EC8"/>
+    <w:rsid w:val="001B6635"/>
     <w:rsid w:val="001B7279"/>
+    <w:rsid w:val="001E301B"/>
     <w:rsid w:val="00201FD1"/>
     <w:rsid w:val="002237C2"/>
     <w:rsid w:val="00237445"/>
+    <w:rsid w:val="00250D3D"/>
     <w:rsid w:val="0028243A"/>
+    <w:rsid w:val="002972F9"/>
     <w:rsid w:val="002C0749"/>
     <w:rsid w:val="002C3D04"/>
     <w:rsid w:val="002F3750"/>
     <w:rsid w:val="002F7F5F"/>
     <w:rsid w:val="003021C1"/>
     <w:rsid w:val="00303146"/>
     <w:rsid w:val="00342004"/>
     <w:rsid w:val="003714AD"/>
     <w:rsid w:val="00373C67"/>
     <w:rsid w:val="00391D4F"/>
     <w:rsid w:val="003C2D61"/>
     <w:rsid w:val="003E50F1"/>
     <w:rsid w:val="00400010"/>
     <w:rsid w:val="004111AD"/>
     <w:rsid w:val="004310A4"/>
     <w:rsid w:val="00446658"/>
     <w:rsid w:val="004500DD"/>
     <w:rsid w:val="00455C7D"/>
     <w:rsid w:val="00460187"/>
     <w:rsid w:val="004D080F"/>
     <w:rsid w:val="00513B54"/>
     <w:rsid w:val="00526CB3"/>
+    <w:rsid w:val="00560028"/>
     <w:rsid w:val="005A2EC4"/>
     <w:rsid w:val="005B0A02"/>
     <w:rsid w:val="005D41B2"/>
     <w:rsid w:val="005D6B25"/>
     <w:rsid w:val="0063287A"/>
     <w:rsid w:val="00654B19"/>
-    <w:rsid w:val="00677D0D"/>
     <w:rsid w:val="00685C5E"/>
+    <w:rsid w:val="006927C9"/>
     <w:rsid w:val="006D32EB"/>
     <w:rsid w:val="006F4E15"/>
     <w:rsid w:val="007038AA"/>
     <w:rsid w:val="007417CB"/>
     <w:rsid w:val="007449EC"/>
     <w:rsid w:val="0076129C"/>
     <w:rsid w:val="00764ACA"/>
     <w:rsid w:val="00782FB8"/>
     <w:rsid w:val="00827623"/>
     <w:rsid w:val="00837BBE"/>
     <w:rsid w:val="0084046D"/>
     <w:rsid w:val="00843C68"/>
+    <w:rsid w:val="0087107B"/>
     <w:rsid w:val="008A7386"/>
     <w:rsid w:val="008F3207"/>
     <w:rsid w:val="00902FB8"/>
     <w:rsid w:val="00903B52"/>
     <w:rsid w:val="009563C8"/>
     <w:rsid w:val="009614D1"/>
     <w:rsid w:val="00976663"/>
     <w:rsid w:val="009802B0"/>
     <w:rsid w:val="00991CC0"/>
     <w:rsid w:val="00997137"/>
+    <w:rsid w:val="009B062E"/>
     <w:rsid w:val="009B55A4"/>
     <w:rsid w:val="009D08BE"/>
     <w:rsid w:val="009D1DD0"/>
     <w:rsid w:val="009D3747"/>
-    <w:rsid w:val="00A106A6"/>
     <w:rsid w:val="00A16A4F"/>
     <w:rsid w:val="00A23525"/>
+    <w:rsid w:val="00A25B3D"/>
     <w:rsid w:val="00A4232C"/>
     <w:rsid w:val="00A45F2C"/>
     <w:rsid w:val="00A65576"/>
     <w:rsid w:val="00A679B3"/>
     <w:rsid w:val="00A96996"/>
     <w:rsid w:val="00AC0D12"/>
+    <w:rsid w:val="00AC69F3"/>
     <w:rsid w:val="00AD205A"/>
     <w:rsid w:val="00AD5AF1"/>
     <w:rsid w:val="00AE3DBF"/>
     <w:rsid w:val="00B02C6F"/>
     <w:rsid w:val="00B03F05"/>
     <w:rsid w:val="00B3618A"/>
     <w:rsid w:val="00B42C71"/>
     <w:rsid w:val="00B75D64"/>
     <w:rsid w:val="00B87977"/>
     <w:rsid w:val="00B93188"/>
     <w:rsid w:val="00BC2ED0"/>
     <w:rsid w:val="00BE65D1"/>
     <w:rsid w:val="00C04092"/>
     <w:rsid w:val="00C15D83"/>
     <w:rsid w:val="00C17B30"/>
     <w:rsid w:val="00C4181B"/>
     <w:rsid w:val="00C543B4"/>
     <w:rsid w:val="00C674A6"/>
     <w:rsid w:val="00CC122A"/>
     <w:rsid w:val="00CC244A"/>
     <w:rsid w:val="00CD4E48"/>
     <w:rsid w:val="00D0765F"/>
     <w:rsid w:val="00D20C2F"/>
     <w:rsid w:val="00D5468D"/>
     <w:rsid w:val="00D665F3"/>
     <w:rsid w:val="00D74549"/>
     <w:rsid w:val="00D91552"/>
+    <w:rsid w:val="00DB5049"/>
     <w:rsid w:val="00DC0D91"/>
-    <w:rsid w:val="00DC592E"/>
     <w:rsid w:val="00DC6CF6"/>
     <w:rsid w:val="00DD4B22"/>
     <w:rsid w:val="00E14FD5"/>
     <w:rsid w:val="00E21725"/>
     <w:rsid w:val="00E368F6"/>
     <w:rsid w:val="00E3714A"/>
     <w:rsid w:val="00E66121"/>
     <w:rsid w:val="00EB7D7F"/>
     <w:rsid w:val="00EC3795"/>
     <w:rsid w:val="00EE78CC"/>
     <w:rsid w:val="00F70772"/>
     <w:rsid w:val="00F75A86"/>
+    <w:rsid w:val="00FB5899"/>
     <w:rsid w:val="00FD7B73"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="81921"/>
+    <o:shapedefaults v:ext="edit" spidmax="90113"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="58DE2ED6"/>
   <w15:docId w15:val="{4DCA92C9-6692-4312-AD21-56AD3EAF4408}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7518,51 +7841,51 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E368F6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarthemaZchn">
     <w:name w:val="Kommentarthema Zchn"/>
     <w:basedOn w:val="KommentartextZchn"/>
     <w:link w:val="Kommentarthema"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E368F6"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="147283685">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="267349900">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7669,54 +7992,58 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1860850060">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -7978,50 +8305,54 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101007AC43CE515D2804DAC7ADE3243597B14" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="d36f937f196cc11c9034c2c1754a79c3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xmlns:ns3="82589c12-70c4-4c94-a25a-3c827aa5c9f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="503caf83702f076935e2dbbd87d5e908" ns2:_="" ns3:_="">
     <xsd:import namespace="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <xsd:import namespace="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -8232,150 +8563,146 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="82589c12-70c4-4c94-a25a-3c827aa5c9f9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA8634D4-9AAC-4135-8847-66D4B739B37B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42B01B6B-9E97-4EFD-AAF8-4E6C84925C20}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A37E8A3-9A99-4C9D-9B2D-10B43B82B68D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51A1BBFB-CB1A-4E09-8BBF-F99F652F443C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1485</Words>
-  <Characters>12060</Characters>
+  <Words>1659</Words>
+  <Characters>13284</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>100</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>390</Lines>
+  <Paragraphs>184</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13518</CharactersWithSpaces>
+  <CharactersWithSpaces>14759</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="120" baseType="variant">
       <vt:variant>
         <vt:i4>4063319</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>57</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@wiesbaden.ihk.de</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1572928</vt:i4>
       </vt:variant>
       <vt:variant>