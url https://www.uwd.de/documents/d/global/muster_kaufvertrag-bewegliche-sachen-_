--- v0 (2025-10-08)
+++ v1 (2026-01-12)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7A9ACD8D" w14:textId="04DA2DE0" w:rsidR="00B02C6F" w:rsidRDefault="00B02C6F" w:rsidP="00B02C6F"/>
     <w:p w14:paraId="1FCC9841" w14:textId="77777777" w:rsidR="00B02C6F" w:rsidRDefault="00B02C6F" w:rsidP="00B02C6F"/>
     <w:p w14:paraId="06F9BD2C" w14:textId="77777777" w:rsidR="00B02C6F" w:rsidRDefault="00B02C6F" w:rsidP="00B02C6F"/>
     <w:p w14:paraId="35DB065E" w14:textId="77777777" w:rsidR="00B02C6F" w:rsidRDefault="00B02C6F" w:rsidP="00B02C6F"/>
     <w:p w14:paraId="2E9025A2" w14:textId="77777777" w:rsidR="00B02C6F" w:rsidRDefault="00B02C6F" w:rsidP="00B02C6F"/>
     <w:p w14:paraId="6B007763" w14:textId="77777777" w:rsidR="00B02C6F" w:rsidRDefault="00B02C6F" w:rsidP="00B02C6F"/>
     <w:p w14:paraId="0BF1125F" w14:textId="77777777" w:rsidR="00B02C6F" w:rsidRDefault="00B02C6F" w:rsidP="00B02C6F"/>
     <w:p w14:paraId="3A5A6E4D" w14:textId="77777777" w:rsidR="00B02C6F" w:rsidRDefault="00B02C6F" w:rsidP="00B02C6F"/>
     <w:p w14:paraId="3A4644C2" w14:textId="77777777" w:rsidR="00827623" w:rsidRDefault="00827623" w:rsidP="00B02C6F"/>
     <w:p w14:paraId="34C89693" w14:textId="77777777" w:rsidR="00827623" w:rsidRDefault="00827623" w:rsidP="00B02C6F"/>
     <w:p w14:paraId="0E4565EA" w14:textId="77777777" w:rsidR="00827623" w:rsidRDefault="00827623" w:rsidP="00B02C6F"/>
     <w:p w14:paraId="176373B0" w14:textId="77777777" w:rsidR="00827623" w:rsidRDefault="00827623" w:rsidP="00B02C6F"/>
     <w:p w14:paraId="59C247BD" w14:textId="77777777" w:rsidR="0082279B" w:rsidRPr="008B3F1B" w:rsidRDefault="0082279B" w:rsidP="0082279B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B3F1B">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
@@ -85,120 +85,135 @@
     </w:p>
     <w:p w14:paraId="0476AE47" w14:textId="77777777" w:rsidR="0082279B" w:rsidRPr="008B3F1B" w:rsidRDefault="0082279B" w:rsidP="0082279B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5808955C" w14:textId="77777777" w:rsidR="0082279B" w:rsidRPr="008B3F1B" w:rsidRDefault="0082279B" w:rsidP="0082279B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B3F1B">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>(bewegliche Sachen)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C56D3C5" w14:textId="77777777" w:rsidR="0082279B" w:rsidRDefault="0082279B" w:rsidP="0082279B"/>
-    <w:p w14:paraId="530A40EA" w14:textId="77777777" w:rsidR="009E34E0" w:rsidRDefault="009E34E0" w:rsidP="0082279B"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="518C45F1" w14:textId="77777777" w:rsidR="009E34E0" w:rsidRDefault="009E34E0" w:rsidP="009E34E0">
+    <w:p w14:paraId="0A07153F" w14:textId="77777777" w:rsidR="0082279B" w:rsidRDefault="0082279B" w:rsidP="0082279B"/>
+    <w:p w14:paraId="4CC6BBD9" w14:textId="77777777" w:rsidR="0082279B" w:rsidRDefault="0082279B" w:rsidP="0082279B"/>
+    <w:p w14:paraId="7F2142E1" w14:textId="77777777" w:rsidR="0082279B" w:rsidRDefault="0082279B" w:rsidP="0082279B"/>
+    <w:p w14:paraId="3A0FA3C8" w14:textId="77777777" w:rsidR="0082279B" w:rsidRDefault="0082279B" w:rsidP="0082279B"/>
+    <w:p w14:paraId="050AF4D2" w14:textId="77777777" w:rsidR="0082279B" w:rsidRDefault="0082279B" w:rsidP="0082279B"/>
+    <w:p w14:paraId="2C70B6D6" w14:textId="77777777" w:rsidR="00EC4525" w:rsidRDefault="00EC4525" w:rsidP="00EC4525">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212717203"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk212718623"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit freundlicher Unterstützung zur Verfügung gestellt vom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D640B77" wp14:editId="521890B2">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="078A2974" wp14:editId="5A650BD9">
             <wp:extent cx="2247900" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="588512616" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2240280" cy="563880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="7B22F7D2" w14:textId="77777777" w:rsidR="00EC4525" w:rsidRPr="00D37D47" w:rsidRDefault="00EC4525" w:rsidP="00EC4525">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="105EC281" w14:textId="77777777" w:rsidR="0082279B" w:rsidRDefault="0082279B" w:rsidP="0082279B"/>
     <w:p w14:paraId="1E589AC5" w14:textId="77777777" w:rsidR="0082279B" w:rsidRDefault="0082279B" w:rsidP="0082279B"/>
     <w:p w14:paraId="48362B1E" w14:textId="77777777" w:rsidR="0082279B" w:rsidRDefault="0082279B" w:rsidP="0082279B"/>
     <w:p w14:paraId="6120F689" w14:textId="77777777" w:rsidR="0082279B" w:rsidRDefault="0082279B" w:rsidP="0082279B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3288"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="489EE167" w14:textId="77777777" w:rsidR="0082279B" w:rsidRDefault="0082279B" w:rsidP="0082279B"/>
     <w:p w14:paraId="1239FB05" w14:textId="77777777" w:rsidR="0082279B" w:rsidRDefault="0082279B" w:rsidP="0082279B"/>
     <w:p w14:paraId="555FB70C" w14:textId="77777777" w:rsidR="0082279B" w:rsidRDefault="0082279B" w:rsidP="0082279B"/>
     <w:p w14:paraId="53FE2518" w14:textId="77777777" w:rsidR="0082279B" w:rsidRPr="00E16926" w:rsidRDefault="0082279B" w:rsidP="0082279B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -324,89 +339,108 @@
     <w:p w14:paraId="5ACC6AEE" w14:textId="77777777" w:rsidR="0082279B" w:rsidRPr="00E16926" w:rsidRDefault="0082279B" w:rsidP="0082279B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6F2F0672" w14:textId="77777777" w:rsidR="0082279B" w:rsidRPr="00E16926" w:rsidRDefault="0082279B" w:rsidP="0082279B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dieses Vertragsformular wurde mit größter Sorgfalt erstellt, erhebt aber keinen Anspruch auf Vollständigkeit und Richtigkeit. Es ist als Checkliste mit Formulierungshilfen zu verstehen und soll nur eine Anregung bieten, wie die typische Interessenlage zwischen den Parteien sachgerecht ausgeglichen werden kann. Dies entbindet den Verwender jedoch nicht von der sorgfältigen eigenverantwortlichen Prüfung. Aus Gründen der sprachlichen Vereinfachung wird auf die Nennung der drei Geschlechter verzichtet, wo eine geschlechtsneutrale Formulierung nicht möglich war. In diesen Fällen beziehen die verwendeten männlichen Begriffe die weiblichen und diversen Formen ebenso mit ein. Der Mustervertrag ist nur ein Vorschlag für eine mögliche Regelung. Viele Festlegungen sind frei vereinbar. Der Verwender kann auch andere Formulierungen wählen. Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret zu regelnde Situation und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen. Falls Sie einen maßgeschneiderten Vertrag benötigen, sollten Sie sich durch einen Rechtsanwalt Ihres Vertrauens beraten lassen. </w:t>
+        <w:t xml:space="preserve">Dieses Vertragsformular wurde mit größter Sorgfalt erstellt, erhebt aber keinen Anspruch auf Vollständigkeit und Richtigkeit. Es ist als Checkliste mit Formulierungshilfen zu verstehen und soll nur eine Anregung bieten, wie die typische Interessenlage zwischen den Parteien sachgerecht ausgeglichen werden kann. Dies entbindet den Verwender jedoch nicht von der sorgfältigen eigenverantwortlichen Prüfung. Aus Gründen der sprachlichen Vereinfachung wird auf die Nennung der drei Geschlechter verzichtet, wo eine geschlechtsneutrale Formulierung nicht möglich war. In diesen Fällen beziehen die verwendeten männlichen Begriffe die weiblichen und diversen Formen ebenso mit ein. Der Mustervertrag ist nur ein Vorschlag für eine mögliche Regelung. Viele Festlegungen sind frei vereinbar. Der Verwender kann auch andere Formulierungen wählen. Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E16926">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zu regelnde Situation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E16926">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen. Falls Sie einen maßgeschneiderten Vertrag benötigen, sollten Sie sich durch einen Rechtsanwalt Ihres Vertrauens beraten lassen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A174962" w14:textId="77777777" w:rsidR="0082279B" w:rsidRDefault="0082279B" w:rsidP="0082279B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A672C1C" w14:textId="77777777" w:rsidR="0082279B" w:rsidRPr="00E16926" w:rsidRDefault="0082279B" w:rsidP="0082279B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="694457DA" w14:textId="77777777" w:rsidR="00E20348" w:rsidRPr="00E16926" w:rsidRDefault="00E20348" w:rsidP="00E20348">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>KAUFVERTRAG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DEB3C94" w14:textId="77777777" w:rsidR="00E20348" w:rsidRPr="00E16926" w:rsidRDefault="00E20348" w:rsidP="00E20348">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="447FF9AB" w14:textId="77777777" w:rsidR="00E20348" w:rsidRPr="00E16926" w:rsidRDefault="00E20348" w:rsidP="00E20348">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -426,52 +460,62 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38CD20E7" w14:textId="77777777" w:rsidR="00E20348" w:rsidRPr="00E16926" w:rsidRDefault="00E20348" w:rsidP="00E20348">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Zwischen (Unternehmen 1) …………………………………………………………………………</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>…………………….</w:t>
-      </w:r>
+        <w:t>………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="307406AD" w14:textId="77777777" w:rsidR="00E20348" w:rsidRPr="00E16926" w:rsidRDefault="00E20348" w:rsidP="00E20348">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E30DCA2" w14:textId="77777777" w:rsidR="00E20348" w:rsidRPr="00E16926" w:rsidRDefault="00E20348" w:rsidP="00E20348">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -529,102 +573,122 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55573ED4" w14:textId="77777777" w:rsidR="00E20348" w:rsidRPr="00E16926" w:rsidRDefault="00E20348" w:rsidP="00E20348">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Unternehmen 2) ………………………………………………………………………………………</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>………..</w:t>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>……..</w:t>
       </w:r>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="0F12272E" w14:textId="77777777" w:rsidR="00E20348" w:rsidRPr="00E16926" w:rsidRDefault="00E20348" w:rsidP="00E20348">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4675D339" w14:textId="77777777" w:rsidR="00E20348" w:rsidRPr="00E16926" w:rsidRDefault="00E20348" w:rsidP="00E20348">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">mit Sitz in ………………………………………………………………………………………………. </w:t>
+        <w:t>mit Sitz in …………………………………………………………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E16926">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">……. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>..</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="3134FE6F" w14:textId="77777777" w:rsidR="00E20348" w:rsidRPr="00E16926" w:rsidRDefault="00E20348" w:rsidP="00E20348">
       <w:pPr>
         <w:ind w:left="4956"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>- nachfolgend Verkäufer genannt -</w:t>
@@ -901,198 +965,280 @@
       </w:pPr>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Liefertermin</w:t>
       </w:r>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Lieferzeitraum ist vom ………….. bis zum ………….Der Verkäufer verpflichtet sich, die unter </w:t>
+        <w:t>Lieferzeitraum ist vom ……</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E16926">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E16926">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. bis zum ……</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E16926">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E16926">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der Verkäufer verpflichtet sich, die unter </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Nummer 1</w:t>
       </w:r>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in diesem Vertrag genannte Menge ……….. (genaue Bezeichnung des Kaufgegenstandes) zu gleichen Teilen innerhalb dieses Zeitraums jeweils zum ……….. eines ………………. (Monats/Quartals/Jahres) an den Käufer zu liefern. </w:t>
+        <w:t xml:space="preserve"> in diesem Vertrag genannte Menge …</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E16926">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E16926">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. (genaue Bezeichnung des Kaufgegenstandes) zu gleichen Teilen innerhalb dieses Zeitraums jeweils zum …</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E16926">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E16926">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. eines ………………. (Monats/Quartals/Jahres) an den Käufer zu liefern. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Käufer seinerseits verpflichtet sich, die Lieferungen bis zum Vertragsende zu den jeweils vereinbarten Terminen anzunehmen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0730701F" w14:textId="77777777" w:rsidR="00E20348" w:rsidRPr="00E16926" w:rsidRDefault="00E20348" w:rsidP="00E20348">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Vertragsstrafen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kann</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> der Verkäufer die jeweilige Menge nicht liefern oder kann er die Teil-</w:t>
-[...8 lines deleted...]
-        <w:t>Lieferungen nicht termingerecht ausführen, ist er zur Zahlung einer Vertragsstrafe an den Käufer verpflichtet. Die Vertragsstrafe beträgt pro verspäteten Werktag ………... Prozent des Auftragswerts, wird aber insgesamt auf € ………... (in Worten: ……………………………………. Euro) je Teil-Lieferung begrenzt.</w:t>
+        <w:t xml:space="preserve"> der Verkäufer die jeweilige Menge nicht liefern oder kann er die Teil-Lieferungen nicht termingerecht ausführen, ist er zur Zahlung einer Vertragsstrafe an den Käufer verpflichtet. Die Vertragsstrafe beträgt pro verspäteten Werktag ………... Prozent des Auftragswerts, wird aber insgesamt auf € ………... (in Worten: ……………………………………. Euro) je Teil-Lieferung begrenzt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="684A0DAE" w14:textId="77777777" w:rsidR="00E20348" w:rsidRPr="00E16926" w:rsidRDefault="00E20348" w:rsidP="00E20348">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BFBC3CB" w14:textId="77777777" w:rsidR="00E20348" w:rsidRPr="00E16926" w:rsidRDefault="00E20348" w:rsidP="00E20348">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kaufpreis</w:t>
       </w:r>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Der Preis beträgt……………… Euro (in Worten: ……………………)  pro ….. (Maßeinheit/Menge). Der Kaufpreis gilt für die gesamte Vertragsdauer. Es handelt sich um Nettopreise, ohne die jeweils gültige gesetzliche Umsatzsteuer.</w:t>
+        <w:t>Der Preis beträgt……………… Euro (in Worten: ……………………)  pro</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E16926">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E16926">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. (Maßeinheit/Menge). Der Kaufpreis gilt für die gesamte Vertragsdauer. Es handelt sich um Nettopreise, ohne die jeweils gültige gesetzliche Umsatzsteuer.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Anmerkung: </w:t>
       </w:r>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(Diese Preis-Stabilitätsklausel könnte bei Waren, die großen Preisschwankungen (z.B. Rohstoffe) unterliegen, oder bei sehr langfristigen Verträgen problematisch werden. Man könnte vereinbaren, dass Preiserhöhungen des Herstellers (ggf. nur in gewissem Rahmen) weitergegeben werden dürfen.)</w:t>
@@ -1121,101 +1267,137 @@
       </w:pPr>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Zahlungsbedingungen</w:t>
       </w:r>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Der Käufer nimmt die Bezahlung so vor, dass der Betrag spätestens am …….. Tag nach Erhalt der Rechnung beim Verkäufer eingeht.</w:t>
+        <w:t xml:space="preserve">Der Käufer nimmt die Bezahlung so vor, dass der Betrag spätestens am </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E16926">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E16926">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Tag nach Erhalt der Rechnung beim Verkäufer eingeht.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Leistet</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> der Käufer die Zahlung innerhalb von ………. Tagen nach Rechnungserhalt, ist er zu einem Skontoabzug in Höhe von </w:t>
+        <w:t xml:space="preserve"> der Käufer die Zahlung innerhalb von ………. Tagen nach Rechnungserhalt, ist er zu einem Skontoabzug in Höhe von</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E16926">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>…. Prozent berechtigt.</w:t>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E16926">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Prozent berechtigt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71E3E238" w14:textId="77777777" w:rsidR="00E20348" w:rsidRPr="00E16926" w:rsidRDefault="00E20348" w:rsidP="00E20348">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E6A81B1" w14:textId="77777777" w:rsidR="00E20348" w:rsidRPr="00E16926" w:rsidRDefault="00E20348" w:rsidP="00E20348">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
@@ -1522,50 +1704,51 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59308F73" w14:textId="77777777" w:rsidR="00E20348" w:rsidRPr="00220B92" w:rsidRDefault="00E20348" w:rsidP="00E20348">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Eigentumsvorbehalt</w:t>
       </w:r>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Die gelieferte Ware (Vorbehaltsware) bleibt bis zur vollständigen Zahlung aller Forderungen aus diesem Vertrag Eigentum des Verkäufers.</w:t>
       </w:r>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1573,60 +1756,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00220B92">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Anmerkung: </w:t>
       </w:r>
       <w:r w:rsidRPr="00220B92">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">(Diese Formulierung stellt nur eine einfache Eigentumsvorbehaltsklausel dar. Muster </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">für einen verlängerten Eigentumsvorbehalt und für den Fall der Verarbeitung finden Sie in den Muster-AGB „Allgemeine Verkaufsbedingungen (AGB) für den kaufmännischen Verkehr“ </w:t>
+        <w:t xml:space="preserve">(Diese Formulierung stellt nur eine einfache Eigentumsvorbehaltsklausel dar. Muster für einen verlängerten Eigentumsvorbehalt und für den Fall der Verarbeitung finden Sie in den Muster-AGB „Allgemeine Verkaufsbedingungen (AGB) für den kaufmännischen Verkehr“ </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Paragraph</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00220B92">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36FC08C4" w14:textId="77777777" w:rsidR="00E20348" w:rsidRPr="00E16926" w:rsidRDefault="00E20348" w:rsidP="00E20348">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -2194,107 +2368,116 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5BF9209D" w14:textId="77777777" w:rsidR="00E20348" w:rsidRPr="00E16926" w:rsidRDefault="00E20348" w:rsidP="00E20348">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Die Parteien können sich auch auf die Durchführung eines Mediationsverfahren (Mediationsklausel) einigen. Es kann zusätzlich </w:t>
-[...8 lines deleted...]
-        <w:t>vereinbart werden, dass das Mediationsverfahren gescheitert sein muss, bevor der Rechtsweg beschritten werden kann.</w:t>
+        <w:t>Die Parteien können sich auch auf die Durchführung eines Mediationsverfahren (Mediationsklausel) einigen. Es kann zusätzlich vereinbart werden, dass das Mediationsverfahren gescheitert sein muss, bevor der Rechtsweg beschritten werden kann.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F65109B" w14:textId="77777777" w:rsidR="00E20348" w:rsidRPr="00E16926" w:rsidRDefault="00E20348" w:rsidP="00E20348">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="633B07E3" w14:textId="77777777" w:rsidR="00E20348" w:rsidRPr="00E16926" w:rsidRDefault="00E20348" w:rsidP="00E20348">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Muster für eine Mediationsklausel:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AAA79C9" w14:textId="77777777" w:rsidR="00E20348" w:rsidRPr="00E16926" w:rsidRDefault="00E20348" w:rsidP="00E20348">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Die Vertragsparteien verpflichten sich, im Falle einer sich aus diesem Vertrag ergebenden Streitigkeit vor der Klageerhebung bei einem ordentlichen Gericht oder Schiedsgericht eine Mediation gemäß der Mediationsordnung der Industrie- und Handelskammer  ….. (bitte vorab klären, welche IHK eine Mediationsstelle anbietet) durchzuführen.</w:t>
+        <w:t xml:space="preserve">Die Vertragsparteien verpflichten sich, im Falle einer sich aus diesem Vertrag ergebenden Streitigkeit vor der Klageerhebung bei einem ordentlichen Gericht oder Schiedsgericht eine Mediation gemäß der Mediationsordnung der Industrie- und Handelskammer </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E16926">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E16926">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. (bitte vorab klären, welche IHK eine Mediationsstelle anbietet) durchzuführen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="290F0A8F" w14:textId="77777777" w:rsidR="00E20348" w:rsidRPr="00E16926" w:rsidRDefault="00E20348" w:rsidP="00E20348">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4114D110" w14:textId="77777777" w:rsidR="00E20348" w:rsidRPr="00E16926" w:rsidRDefault="00E20348" w:rsidP="00E20348">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -2410,117 +2593,136 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Alle Streitigkeiten, die sich im Zusammenhang mit diesem Vertrag oder über </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00E16926">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>eine Gültigkeit ergeben, werden nach der Schiedsgerichtsordnung der Industrie- und Handelskammer  ….. unter Ausschluss des ordentlichen Rechtsweges endgültig entschieden. Das gerichtliche Mahnverfahren bleibt aber zulässig.</w:t>
+        <w:t xml:space="preserve">eine Gültigkeit ergeben, werden nach der Schiedsgerichtsordnung der Industrie- und Handelskammer </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E16926">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E16926">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. unter Ausschluss des ordentlichen Rechtsweges endgültig entschieden. Das gerichtliche Mahnverfahren bleibt aber zulässig.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2197C85B" w14:textId="77777777" w:rsidR="00E20348" w:rsidRPr="00E16926" w:rsidRDefault="00E20348" w:rsidP="00E20348">
       <w:pPr>
         <w:ind w:left="348"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56D15338" w14:textId="5E7952B9" w:rsidR="005D41B2" w:rsidRDefault="00E20348" w:rsidP="00584119">
+    <w:p w14:paraId="56D15338" w14:textId="649D2077" w:rsidR="005D41B2" w:rsidRPr="00EC4525" w:rsidRDefault="00E20348" w:rsidP="00790ED3">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009E34E0">
+      <w:r w:rsidRPr="00EC4525">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Möglich ist aber natürlich auch die Kombination von Mediation und bei Scheitern anschließendem Schiedsgerichtsverfahren.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="005D41B2" w:rsidSect="009E34E0">
-[...1 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId13"/>
+    <w:sectPr w:rsidR="005D41B2" w:rsidRPr="00EC4525">
+      <w:headerReference w:type="even" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="964" w:right="1021" w:bottom="833" w:left="1814" w:header="720" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:docGrid w:linePitch="299"/>
+      <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="010C322C" w14:textId="77777777" w:rsidR="00FE2A12" w:rsidRDefault="00FE2A12">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="70F67392" w14:textId="77777777" w:rsidR="00FE2A12" w:rsidRDefault="00FE2A12">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2531,204 +2733,138 @@
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2AA6E49E" w14:textId="77777777" w:rsidR="00FE2A12" w:rsidRDefault="00FE2A12">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2DCB7DFF" w14:textId="77777777" w:rsidR="00FE2A12" w:rsidRDefault="00FE2A12">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="53A85285" w14:textId="528D9EB0" w:rsidR="006D32EB" w:rsidRDefault="009E34E0">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0E2FB4AD" w14:textId="77777777" w:rsidR="00DD7B3D" w:rsidRDefault="00DD7B3D">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="162AA091" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+  </w:p>
+  <w:p w14:paraId="7C5E95DE" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
-        <w:noProof/>
+        <w:color w:val="808080"/>
       </w:rPr>
-      <w:drawing>
-[...40 lines deleted...]
-    </w:r>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="53A85285" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+      <w:rPr>
+        <w:color w:val="808080"/>
+      </w:rPr>
+    </w:pPr>
   </w:p>
   <w:p w14:paraId="7B728F4E" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="74F09F1D" w14:textId="61D3B08C" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="6027462C" w14:textId="618D824B" w:rsidR="00DD7B3D" w:rsidRDefault="009E34E0">
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6027462C" w14:textId="77777777" w:rsidR="00DD7B3D" w:rsidRDefault="00DD7B3D">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
-    <w:r>
-[...44 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05C63A2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2E365E14"/>
     <w:lvl w:ilvl="0" w:tplc="CFEACA74">
       <w:start w:val="4"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BFCEFD8A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4891,264 +5027,247 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="211767862">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="939920332">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1400593333">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="713578244">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="304354458">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1406302290">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="11"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...17 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="009563C8"/>
     <w:rsid w:val="00012AFF"/>
     <w:rsid w:val="00032300"/>
     <w:rsid w:val="000459BF"/>
     <w:rsid w:val="00060C90"/>
     <w:rsid w:val="000834FA"/>
     <w:rsid w:val="00086F57"/>
     <w:rsid w:val="000C07C6"/>
     <w:rsid w:val="00101FDB"/>
     <w:rsid w:val="001045FC"/>
     <w:rsid w:val="0011284E"/>
     <w:rsid w:val="00115A0D"/>
     <w:rsid w:val="001213DB"/>
     <w:rsid w:val="00136734"/>
     <w:rsid w:val="001535E9"/>
     <w:rsid w:val="00153B0E"/>
     <w:rsid w:val="0016349B"/>
     <w:rsid w:val="00187EFA"/>
     <w:rsid w:val="00190B1A"/>
     <w:rsid w:val="00192EC8"/>
+    <w:rsid w:val="001E301B"/>
     <w:rsid w:val="00201FD1"/>
     <w:rsid w:val="002237C2"/>
     <w:rsid w:val="00237445"/>
     <w:rsid w:val="00276DA0"/>
     <w:rsid w:val="0028243A"/>
     <w:rsid w:val="002C0749"/>
     <w:rsid w:val="002C3D04"/>
+    <w:rsid w:val="002E32C0"/>
     <w:rsid w:val="003021C1"/>
     <w:rsid w:val="00306468"/>
     <w:rsid w:val="00326A94"/>
     <w:rsid w:val="00342004"/>
     <w:rsid w:val="003714AD"/>
     <w:rsid w:val="00373C67"/>
     <w:rsid w:val="003832A7"/>
     <w:rsid w:val="00384CAB"/>
     <w:rsid w:val="00391D4F"/>
     <w:rsid w:val="003A4D4F"/>
     <w:rsid w:val="00400010"/>
     <w:rsid w:val="004310A4"/>
     <w:rsid w:val="00446658"/>
     <w:rsid w:val="004500DD"/>
     <w:rsid w:val="00455C7D"/>
     <w:rsid w:val="004A1282"/>
     <w:rsid w:val="005118C4"/>
     <w:rsid w:val="00513B54"/>
     <w:rsid w:val="00526CB3"/>
+    <w:rsid w:val="00541B4F"/>
+    <w:rsid w:val="00570E18"/>
     <w:rsid w:val="005A2EC4"/>
     <w:rsid w:val="005D41B2"/>
     <w:rsid w:val="005D6B25"/>
     <w:rsid w:val="0063287A"/>
     <w:rsid w:val="00654B19"/>
     <w:rsid w:val="00685C5E"/>
     <w:rsid w:val="006D32EB"/>
     <w:rsid w:val="007038AA"/>
     <w:rsid w:val="007417CB"/>
     <w:rsid w:val="00746FF8"/>
     <w:rsid w:val="00764ACA"/>
     <w:rsid w:val="00782FB8"/>
     <w:rsid w:val="0082279B"/>
     <w:rsid w:val="00827623"/>
     <w:rsid w:val="0084046D"/>
     <w:rsid w:val="00866CE9"/>
     <w:rsid w:val="008A2D42"/>
     <w:rsid w:val="008A7386"/>
     <w:rsid w:val="008F3207"/>
     <w:rsid w:val="00902FB8"/>
     <w:rsid w:val="00903B52"/>
     <w:rsid w:val="009563C8"/>
     <w:rsid w:val="00976663"/>
     <w:rsid w:val="009802B0"/>
     <w:rsid w:val="00991CC0"/>
     <w:rsid w:val="00997137"/>
     <w:rsid w:val="009D08BE"/>
     <w:rsid w:val="009D1DD0"/>
     <w:rsid w:val="009D3747"/>
-    <w:rsid w:val="009E34E0"/>
-    <w:rsid w:val="00A106A6"/>
     <w:rsid w:val="00A138C8"/>
     <w:rsid w:val="00A16A4F"/>
     <w:rsid w:val="00A23525"/>
     <w:rsid w:val="00A262CD"/>
     <w:rsid w:val="00A65576"/>
     <w:rsid w:val="00A679B3"/>
     <w:rsid w:val="00A96996"/>
     <w:rsid w:val="00AC0D12"/>
     <w:rsid w:val="00AD205A"/>
     <w:rsid w:val="00AD5AF1"/>
     <w:rsid w:val="00AE3DBF"/>
     <w:rsid w:val="00AF1DF0"/>
     <w:rsid w:val="00B02C6F"/>
     <w:rsid w:val="00B03F05"/>
     <w:rsid w:val="00B3618A"/>
     <w:rsid w:val="00B42C71"/>
     <w:rsid w:val="00B630F5"/>
     <w:rsid w:val="00B75D64"/>
     <w:rsid w:val="00B87977"/>
     <w:rsid w:val="00B93188"/>
     <w:rsid w:val="00BC2ED0"/>
     <w:rsid w:val="00BE65D1"/>
     <w:rsid w:val="00BF3B7B"/>
     <w:rsid w:val="00C04092"/>
     <w:rsid w:val="00C15D83"/>
     <w:rsid w:val="00C17B30"/>
     <w:rsid w:val="00C33F7F"/>
     <w:rsid w:val="00C3773A"/>
     <w:rsid w:val="00C4181B"/>
     <w:rsid w:val="00C543B4"/>
     <w:rsid w:val="00CC244A"/>
     <w:rsid w:val="00CD4E48"/>
     <w:rsid w:val="00D029F5"/>
     <w:rsid w:val="00D20C2F"/>
     <w:rsid w:val="00D665F3"/>
     <w:rsid w:val="00D74549"/>
     <w:rsid w:val="00DB152A"/>
     <w:rsid w:val="00DC0D91"/>
     <w:rsid w:val="00DC6CF6"/>
     <w:rsid w:val="00DD4B22"/>
     <w:rsid w:val="00DD7B3D"/>
     <w:rsid w:val="00E14FD5"/>
     <w:rsid w:val="00E20348"/>
     <w:rsid w:val="00E21725"/>
     <w:rsid w:val="00E3714A"/>
     <w:rsid w:val="00E66121"/>
     <w:rsid w:val="00E93A7B"/>
     <w:rsid w:val="00EC0BB1"/>
     <w:rsid w:val="00EC3795"/>
+    <w:rsid w:val="00EC4525"/>
     <w:rsid w:val="00EE78CC"/>
     <w:rsid w:val="00F70772"/>
     <w:rsid w:val="00F75A86"/>
-    <w:rsid w:val="00FC6E02"/>
     <w:rsid w:val="00FE2A12"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="463C335A"/>
   <w15:docId w15:val="{4DCA92C9-6692-4312-AD21-56AD3EAF4408}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5933,80 +6052,72 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Textkrper3Zchn">
     <w:name w:val="Textkörper 3 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Textkrper3"/>
     <w:rsid w:val="00764ACA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Textkrper-ZeileneinzugZchn">
     <w:name w:val="Textkörper-Zeileneinzug Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Textkrper-Zeileneinzug"/>
     <w:rsid w:val="00764ACA"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1860850060">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6271,56 +6382,58 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="82589c12-70c4-4c94-a25a-3c827aa5c9f9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101007AC43CE515D2804DAC7ADE3243597B14" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="d36f937f196cc11c9034c2c1754a79c3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xmlns:ns3="82589c12-70c4-4c94-a25a-3c827aa5c9f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="503caf83702f076935e2dbbd87d5e908" ns2:_="" ns3:_="">
     <xsd:import namespace="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <xsd:import namespace="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
@@ -6535,136 +6648,134 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70620485-F6DB-477D-906F-F50099ED4182}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4F34937-CFF5-462F-A7A3-ED64369A87B6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C162A223-ACCA-484A-9C36-B56F40253DDA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
+    <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E9F7581-4E7F-49AE-8D40-2E5D1C1C687F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C162A223-ACCA-484A-9C36-B56F40253DDA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4F34937-CFF5-462F-A7A3-ED64369A87B6}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
   <Words>1249</Words>
-  <Characters>8903</Characters>
+  <Characters>8907</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>74</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>318</Lines>
+  <Paragraphs>130</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10132</CharactersWithSpaces>
+  <CharactersWithSpaces>10026</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="120" baseType="variant">
       <vt:variant>
         <vt:i4>4063319</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>57</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@wiesbaden.ihk.de</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1572928</vt:i4>
       </vt:variant>
       <vt:variant>