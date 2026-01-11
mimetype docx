--- v0 (2025-11-06)
+++ v1 (2026-01-11)
@@ -1,60 +1,61 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="55B81875" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="55B81876" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="55B81877" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="55B81878" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="55B81879" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="55B8187A" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="55B8187B" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="55B8187C" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="55B8187D" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="55B8187E" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="55B8187F" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="55B81880" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00076D3B" w:rsidRDefault="006D32EB" w:rsidP="00782FB8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00076D3B">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t xml:space="preserve">Muster </w:t>
@@ -73,118 +74,120 @@
     </w:p>
     <w:p w14:paraId="55B81882" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00076D3B" w:rsidRDefault="007324D8" w:rsidP="00782FB8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00076D3B">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>Software-Pflegevertrag</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55B81883" w14:textId="77777777" w:rsidR="007324D8" w:rsidRDefault="007324D8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="55B81884" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="55B81885" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="55B81886" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="55B81887" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="55B81888" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="55B81889" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="55B8188A" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="55B8188B" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
-    <w:p w14:paraId="3850ECFC" w14:textId="77777777" w:rsidR="00801C0C" w:rsidRDefault="00801C0C" w:rsidP="00801C0C">
+    <w:p w14:paraId="55B8188C" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="32ACB1D9" w14:textId="77777777" w:rsidR="00D465E8" w:rsidRDefault="00D465E8" w:rsidP="00D465E8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212717203"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit freundlicher Unterstützung zur Verfügung gestellt vom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="13A04C80" wp14:editId="07A392E2">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="262FAF45" wp14:editId="0E63B0F4">
             <wp:extent cx="2247900" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="588512616" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2240280" cy="563880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55B8188C" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="55B8188D" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="55B8188E" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="55B8188F" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="55B81890" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="55B81891" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="55B81892" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="55B81893" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="55B81894" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="55B81895" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="3089E6E2" w14:textId="77777777" w:rsidR="005F5D99" w:rsidRPr="00076D3B" w:rsidRDefault="006D32EB" w:rsidP="005F5D99">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="005F5D99" w:rsidRPr="00076D3B">
@@ -341,51 +344,69 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00076D3B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aus Gründen der sprachlichen Vereinfachung wird auf die Nennung der drei Geschlechter verzichtet, wo eine geschlechtsneutrale Formulierung nicht möglich war. In diesen Fällen beziehen die verwendeten männlichen Begriffe die weiblichen und diversen Formen ebenso mit ein. </w:t>
       </w:r>
       <w:r w:rsidRPr="00076D3B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Mustervertrag ist nur ein Vorschlag für eine mögliche Regelung. Viele Festlegungen sind frei vereinbar. Der Verwender kann auch andere Formulierungen wählen. </w:t>
       </w:r>
       <w:r w:rsidRPr="00076D3B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret zu regelnde Situation und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
+        <w:t xml:space="preserve">Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00076D3B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zu regelnde Situation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00076D3B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
       </w:r>
       <w:r w:rsidRPr="00076D3B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Falls Sie einen maßgeschneiderten Vertrag benötigen, sollten Sie sich durch einen Rechtsanwalt Ihres Vertrauens beraten lassen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="644FD7EC" w14:textId="77777777" w:rsidR="005F5D99" w:rsidRPr="00076D3B" w:rsidRDefault="005F5D99" w:rsidP="005F5D99">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="661B727E" w14:textId="77777777" w:rsidR="005F5D99" w:rsidRPr="00B22407" w:rsidRDefault="005F5D99" w:rsidP="005F5D99">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
@@ -1287,51 +1308,67 @@
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E8FE3D1" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Die Software-Pflege erfolgt ausschließlich durch qualifiziertes Personal, das mit den im Leistungsschein bezeichneten Programmen vertraut ist (Anlage 1). Das </w:t>
+        <w:t xml:space="preserve">Die Software-Pflege erfolgt ausschließlich durch qualifiziertes Personal, das mit den im Leistungsschein </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004E5EEF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bezeichneten</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004E5EEF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Programmen vertraut ist (Anlage 1). Das </w:t>
       </w:r>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>zur effizienten Ausführung der Pflegearbeiten geeignete, dem neuesten Stand bewährter Technik entsprechende Werkzeug (Test-Programme, Test-Daten, Fehlersuch-Programme etc.) stellt der Anbieter zur Verfügung.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2123B3B3" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71B1ADB8" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
@@ -1492,51 +1529,67 @@
       <w:pPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E4184BD" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Der Kunde hat dem Anbieter im Bedarfsfall den Zugang zu den Datenverarbeitungsanlagen, auf denen die im Leistungsschein bezeichneten Programme (Anlage 1) installiert sind, zu gestatten. Der Kunde stellt die für die Durchführung aller Pflegearbeiten erforderlichen technischen Einrichtungen (Stromversorgung, Telefonverbindung und Datenübertragungsleitungen) in angemessenem Umfang kostenlos zur Verfügung.</w:t>
+        <w:t xml:space="preserve">Der Kunde hat dem Anbieter im Bedarfsfall den Zugang zu den Datenverarbeitungsanlagen, auf denen die im Leistungsschein </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004E5EEF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bezeichneten</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004E5EEF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Programme (Anlage 1) installiert sind, zu gestatten. Der Kunde stellt die für die Durchführung aller Pflegearbeiten erforderlichen technischen Einrichtungen (Stromversorgung, Telefonverbindung und Datenübertragungsleitungen) in angemessenem Umfang kostenlos zur Verfügung.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="628E2FB5" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03C92613" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
@@ -1745,51 +1798,67 @@
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54FDC372" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Eine zeitlich darüber hinausgehende Pflegebereitschaft bedarf der besonderen Vereinbarung und ist gesondert zu vergüten.     </w:t>
+        <w:t xml:space="preserve">Eine zeitlich </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004E5EEF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darüber hinausgehende</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004E5EEF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Pflegebereitschaft bedarf der besonderen Vereinbarung und ist gesondert zu vergüten.     </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="263FD3AB" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79A80622" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E003D57" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
@@ -1837,52 +1906,62 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Kunde benennt als Systemverantwortliche(n) Herrn/Frau </w:t>
       </w:r>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">…………… </w:t>
       </w:r>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">und als dessen Stellvertreter(in) Herrn/Frau </w:t>
       </w:r>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>…………… .</w:t>
-      </w:r>
+        <w:t>…………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004E5EEF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>… .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="7CAD036E" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1469903E" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -2001,51 +2080,67 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Vergütung für die Leistungen des Anbieters beträgt monatlich pauschal </w:t>
       </w:r>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">…………… </w:t>
       </w:r>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">€. Sie ist bei einer Erweiterung oder Änderung der zu pflegenden Programme anzupassen. </w:t>
+        <w:t xml:space="preserve">€. Sie ist bei einer Erweiterung oder Änderung der </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004E5EEF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zu pflegenden Programme</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004E5EEF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> anzupassen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62147F76" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="476ACD93" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
@@ -2053,51 +2148,67 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Vergütung ist jeweils monatlich im Voraus zu bezahlen. Die erste (Teil-) Rate in Höhe von </w:t>
       </w:r>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">…………… </w:t>
       </w:r>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">€ wird sofort nach Unterzeichnung dieses Vertrages und </w:t>
       </w:r>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Rechnungsstellung durch den Anbieter zur Zahlung fällig. Danach ist die monatliche Vergütung jeweils spätestens am letzten Werktag eines Monats für den darauf folgenden Monat zur Zahlung fällig.</w:t>
+        <w:t xml:space="preserve">Rechnungsstellung durch den Anbieter zur Zahlung fällig. Danach ist die monatliche Vergütung jeweils spätestens am letzten Werktag eines Monats für den </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004E5EEF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>darauf folgenden</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004E5EEF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Monat zur Zahlung fällig.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="675D55F8" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02B7F592" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
@@ -2209,80 +2320,112 @@
       <w:pPr>
         <w:rPr>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24DCA635" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Beide Parteien haben über alle ihnen bekannt werdenden geschäftlichen und betrieblichen Angelegenheiten Stillschweigen zu bewahren und sämtliche im Zusammenhang mit der Erfüllung dieses Vertrages stehenden Informationen auch über dessen Ablauf hinaus streng vertraulich zu behandeln. Gleiches gilt für personenbezogene Daten, die unter die Bestimmungen der Datenschutzgesetze fallen. Sind solche Daten betroffen, werden die Vertragsparteien Details in einem Vertrag zur Auftragsverarbeitung einvernehmlich regeln.</w:t>
+        <w:t xml:space="preserve">Beide Parteien haben über alle ihnen </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004E5EEF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bekannt werdenden</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004E5EEF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> geschäftlichen und betrieblichen Angelegenheiten Stillschweigen zu bewahren und sämtliche im Zusammenhang mit der Erfüllung dieses Vertrages stehenden Informationen auch über dessen Ablauf hinaus streng vertraulich zu behandeln. Gleiches gilt für personenbezogene Daten, die unter die Bestimmungen der Datenschutzgesetze fallen. Sind solche Daten betroffen, werden die Vertragsparteien Details in einem Vertrag zur Auftragsverarbeitung einvernehmlich regeln.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FE10683" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36C39F77" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Der Anbieter verpflichtet sich, Informationen, Unterlagen oder Daten im Sinne dieser Ziffer VII. Absatz 1 weder zu erheben noch zu speichern oder zu vervielfältigen oder sonst in irgendeiner Form außer zu Pflegezwecken zu nutzen oder zu verwerten. Die gespeicherten Daten sind zu löschen, wenn sie nicht mehr benötigt werden. Dies gilt nicht, solange eine gesetzliche Regelung die Speicherung der Daten erlaubt.</w:t>
+        <w:t xml:space="preserve">Der Anbieter verpflichtet sich, Informationen, Unterlagen oder Daten im Sinne dieser Ziffer VII. Absatz 1 weder zu erheben noch zu speichern oder zu vervielfältigen oder sonst in irgendeiner </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004E5EEF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Form</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004E5EEF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> außer zu Pflegezwecken zu nutzen oder zu verwerten. Die gespeicherten Daten sind zu löschen, wenn sie nicht mehr benötigt werden. Dies gilt nicht, solange eine gesetzliche Regelung die Speicherung der Daten erlaubt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09C963D6" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E07C6C9" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
@@ -2389,51 +2532,67 @@
       <w:pPr>
         <w:rPr>
           <w:spacing w:val="11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F4A2428" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Der Kunde erhält an den Vertragsgegenständen, die ihm der Anbieter im Rahmen seiner Pflegeverpflichtungen nach diesem Vertrag überlässt (z.B. Updates, ergänzende Programmhandbücher), ein einfaches, nicht exklusives und nicht übertragbares Nutzungsrecht.</w:t>
+        <w:t xml:space="preserve">Der Kunde erhält an den Vertragsgegenständen, die ihm der Anbieter im Rahmen seiner Pflegeverpflichtungen nach diesem Vertrag überlässt (z.B. Updates, ergänzende Programmhandbücher), ein </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004E5EEF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>einfaches</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004E5EEF">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, nicht exklusives und nicht übertragbares Nutzungsrecht.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A59F522" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="181E1B0E" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
@@ -3045,51 +3204,71 @@
         </w:rPr>
         <w:t>Der Vertrag kann von jeder Seite fristlos aus wichtigem Grund gekündigt werden. Ein wichtiger Grund liegt insbesondere vor, wenn</w:t>
       </w:r>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>………………………….</w:t>
       </w:r>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>bitte wählen Sie die für sich passende Formulierung z.B. wenn der Kunde aufgrund höherer Gewalt nicht mehr in der Lage ist, die Software weiter zu nutzen, der Anbieter wiederholt die vertraglich zugesicherte Reaktionszeit oder Zeit zur Beseitigung des Mangels deutlich überschreitet, wenn sich die Vermögenslage der jeweils anderen Partei wesentlich verschlechtert, insbesondere wenn über das Vermögen der jeweils anderen Partei ein Insolvenzverfahren eröffnet oder mangels Masse abgelehnt wird].</w:t>
+        <w:t xml:space="preserve">bitte wählen Sie die für sich passende Formulierung </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004E5EEF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>z.B.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004E5EEF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wenn der Kunde aufgrund höherer Gewalt nicht mehr in der Lage ist, die Software weiter zu nutzen, der Anbieter wiederholt die vertraglich zugesicherte Reaktionszeit oder Zeit zur Beseitigung des Mangels deutlich überschreitet, wenn sich die Vermögenslage der jeweils anderen Partei wesentlich verschlechtert, insbesondere wenn über das Vermögen der jeweils anderen Partei ein Insolvenzverfahren eröffnet oder mangels Masse abgelehnt wird].</w:t>
       </w:r>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Die fristlose Kündigung ist außerdem möglich, wenn eine Fortsetzung des Vertrages dem Kündigenden unter Berücksichtigung </w:t>
       </w:r>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>aller Umstände des Einzelfalls und unter Abwägung der Interessen beider Vertragsparteien nicht zugemutet werden kann.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DBD6CC4" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="426" w:hanging="426"/>
@@ -3235,58 +3414,69 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5221AA32" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Gegebenenfalls Ergänzung einer Mediations- oder Schiedsgerichtsklausel wie untenstehend erläutert]</w:t>
+        <w:t>Gegebenenfalls</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004E5EEF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ergänzung einer Mediations- oder Schiedsgerichtsklausel wie untenstehend erläutert]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="708B120F" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2240B7BF" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27D5DC40" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -3811,92 +4001,85 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="071A4B3A" w14:textId="77777777" w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidRDefault="00111B8F" w:rsidP="00111B8F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004E5EEF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Möglich ist auch die Kombination von Mediation und bei Scheitern ein anschließendes Schiedsgerichtsverfahren.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55B819B3" w14:textId="77777777" w:rsidR="005D41B2" w:rsidRDefault="005D41B2" w:rsidP="00101FDB">
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="005D41B2" w:rsidSect="00801C0C">
+    <w:sectPr w:rsidR="00111B8F" w:rsidRPr="004E5EEF" w:rsidSect="00D465E8">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
-      <w:footerReference w:type="first" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="964" w:right="1021" w:bottom="833" w:left="1814" w:header="720" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="095ED3AD" w14:textId="77777777" w:rsidR="00181641" w:rsidRDefault="00181641">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7F1BE150" w14:textId="77777777" w:rsidR="00181641" w:rsidRDefault="00181641">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -3907,57 +4090,57 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="55B819BD" w14:textId="77777777" w:rsidR="00DC16AD" w:rsidRPr="00666591" w:rsidRDefault="00DC16AD" w:rsidP="00666591">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:sz w:val="20"/>
@@ -4012,68 +4195,68 @@
         <w:rStyle w:val="Seitenzahl"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00506D66">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>13</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="55B819BF" w14:textId="410C32C8" w:rsidR="00DC16AD" w:rsidRPr="00076D3B" w:rsidRDefault="00DC16AD" w:rsidP="00076D3B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="55B819BF" w14:textId="15B992E1" w:rsidR="00DC16AD" w:rsidRPr="00076D3B" w:rsidRDefault="00DC16AD" w:rsidP="00076D3B">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00076D3B">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Stand: 1. Januar 202</w:t>
     </w:r>
-    <w:r w:rsidR="00413EEC">
+    <w:r w:rsidR="009402A2">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r w:rsidRPr="00076D3B">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                                                    Seite </w:t>
     </w:r>
     <w:r w:rsidRPr="00076D3B">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00076D3B">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
     </w:r>
     <w:r w:rsidRPr="00076D3B">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
@@ -4120,83 +4303,83 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>13</w:t>
     </w:r>
     <w:r w:rsidRPr="00076D3B">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="55B819C0" w14:textId="77777777" w:rsidR="00DC16AD" w:rsidRDefault="00DC16AD">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="55B819C1" w14:textId="77777777" w:rsidR="00DC16AD" w:rsidRDefault="00DC16AD">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7562122C" w14:textId="77777777" w:rsidR="00181641" w:rsidRDefault="00181641">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="593A5B1D" w14:textId="77777777" w:rsidR="00181641" w:rsidRDefault="00181641">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="55B819BA" w14:textId="565F1A6D" w:rsidR="00DC16AD" w:rsidRDefault="00801C0C">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="55B819B9" w14:textId="439E0346" w:rsidR="00DC16AD" w:rsidRDefault="00D465E8">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1985A124" wp14:editId="368397E1">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1FF07DA2" wp14:editId="68106439">
           <wp:extent cx="2481800" cy="409575"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
@@ -4210,52 +4393,115 @@
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="55B819BB" w14:textId="77777777" w:rsidR="00DC16AD" w:rsidRDefault="00DC16AD">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="55B819BC" w14:textId="5EE2CC52" w:rsidR="00DC16AD" w:rsidRDefault="00DC16AD">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="55B819BE" w14:textId="1A7F74E9" w:rsidR="00DC16AD" w:rsidRDefault="007140F7">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="55B819C3" wp14:editId="1D5EBDFB">
+          <wp:extent cx="2238375" cy="561975"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="2" name="Bild 2" descr="Logo Hessischer Industrie- und Handelskammertag."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="2" name="Bild 2" descr="Logo Hessischer Industrie- und Handelskammertag."/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2238375" cy="561975"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01B938D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="338E2086"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -6260,302 +6506,285 @@
   <w:num w:numId="15" w16cid:durableId="49504185">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="416903301">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1372848892">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="34039218">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1707825496">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1908226912">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1029838952">
     <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="24577"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...17 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00DA45BF"/>
     <w:rsid w:val="0001724F"/>
     <w:rsid w:val="000459BF"/>
     <w:rsid w:val="000739B4"/>
     <w:rsid w:val="00076C08"/>
     <w:rsid w:val="00076D3B"/>
     <w:rsid w:val="000834FA"/>
     <w:rsid w:val="00086F57"/>
     <w:rsid w:val="00090326"/>
     <w:rsid w:val="00091523"/>
     <w:rsid w:val="0009253F"/>
     <w:rsid w:val="000C00D5"/>
     <w:rsid w:val="00101FDB"/>
     <w:rsid w:val="001045FC"/>
     <w:rsid w:val="00111B8F"/>
     <w:rsid w:val="0011284E"/>
     <w:rsid w:val="00136734"/>
     <w:rsid w:val="00143FB0"/>
     <w:rsid w:val="001535E9"/>
     <w:rsid w:val="00153B0E"/>
     <w:rsid w:val="0016349B"/>
     <w:rsid w:val="00181641"/>
     <w:rsid w:val="00187EFA"/>
     <w:rsid w:val="00190B1A"/>
     <w:rsid w:val="001B002A"/>
     <w:rsid w:val="001D4F34"/>
+    <w:rsid w:val="001E301B"/>
     <w:rsid w:val="00201FD1"/>
     <w:rsid w:val="002237C2"/>
     <w:rsid w:val="00224585"/>
     <w:rsid w:val="00296947"/>
     <w:rsid w:val="002A4E73"/>
     <w:rsid w:val="002A5ED9"/>
     <w:rsid w:val="002B0F4E"/>
     <w:rsid w:val="002C0749"/>
     <w:rsid w:val="002C3D04"/>
     <w:rsid w:val="002D1BCB"/>
     <w:rsid w:val="002F6033"/>
     <w:rsid w:val="00342004"/>
     <w:rsid w:val="003601C0"/>
     <w:rsid w:val="00373C67"/>
     <w:rsid w:val="00391D4F"/>
     <w:rsid w:val="003B6E0E"/>
     <w:rsid w:val="003C72A0"/>
     <w:rsid w:val="00400010"/>
     <w:rsid w:val="00413EEC"/>
     <w:rsid w:val="00417DD8"/>
     <w:rsid w:val="004310A4"/>
     <w:rsid w:val="00436835"/>
     <w:rsid w:val="00443447"/>
     <w:rsid w:val="00446658"/>
     <w:rsid w:val="004E45F2"/>
     <w:rsid w:val="004E5EEF"/>
     <w:rsid w:val="00506D66"/>
     <w:rsid w:val="00507EC0"/>
     <w:rsid w:val="00526CB3"/>
     <w:rsid w:val="00530118"/>
+    <w:rsid w:val="00560028"/>
     <w:rsid w:val="005704AD"/>
     <w:rsid w:val="0058082E"/>
     <w:rsid w:val="0058509D"/>
     <w:rsid w:val="005A2EC4"/>
     <w:rsid w:val="005B5474"/>
     <w:rsid w:val="005D41B2"/>
     <w:rsid w:val="005D6B25"/>
     <w:rsid w:val="005F5D99"/>
     <w:rsid w:val="006355D0"/>
     <w:rsid w:val="00657861"/>
     <w:rsid w:val="00666591"/>
     <w:rsid w:val="0067204D"/>
     <w:rsid w:val="00680D24"/>
     <w:rsid w:val="006A30AC"/>
     <w:rsid w:val="006B2ED2"/>
     <w:rsid w:val="006D32EB"/>
     <w:rsid w:val="007038AA"/>
     <w:rsid w:val="007140F7"/>
     <w:rsid w:val="00721FFB"/>
     <w:rsid w:val="007324D8"/>
     <w:rsid w:val="0073496D"/>
     <w:rsid w:val="007417CB"/>
     <w:rsid w:val="00782FB8"/>
     <w:rsid w:val="007B5608"/>
     <w:rsid w:val="007D4E5E"/>
     <w:rsid w:val="007D5CD3"/>
-    <w:rsid w:val="00801C0C"/>
     <w:rsid w:val="008141B1"/>
     <w:rsid w:val="008245B4"/>
     <w:rsid w:val="0084046D"/>
     <w:rsid w:val="0084389E"/>
     <w:rsid w:val="00890AB9"/>
     <w:rsid w:val="008A7386"/>
     <w:rsid w:val="008B2035"/>
     <w:rsid w:val="008C2CF7"/>
     <w:rsid w:val="008E6935"/>
     <w:rsid w:val="00902FB8"/>
+    <w:rsid w:val="009402A2"/>
     <w:rsid w:val="00944A59"/>
     <w:rsid w:val="00962138"/>
     <w:rsid w:val="00976663"/>
     <w:rsid w:val="009802B0"/>
     <w:rsid w:val="00990D15"/>
     <w:rsid w:val="009A2E69"/>
     <w:rsid w:val="009A5AA2"/>
     <w:rsid w:val="009D08BE"/>
     <w:rsid w:val="009D1DD0"/>
     <w:rsid w:val="009D3747"/>
     <w:rsid w:val="009D7E2F"/>
     <w:rsid w:val="009F69E2"/>
     <w:rsid w:val="00A10581"/>
-    <w:rsid w:val="00A106A6"/>
     <w:rsid w:val="00A16A4F"/>
     <w:rsid w:val="00A17286"/>
     <w:rsid w:val="00A23525"/>
     <w:rsid w:val="00A831DE"/>
     <w:rsid w:val="00A84AE5"/>
     <w:rsid w:val="00A914A5"/>
     <w:rsid w:val="00A96996"/>
     <w:rsid w:val="00AB4BD8"/>
     <w:rsid w:val="00AC0D12"/>
     <w:rsid w:val="00AC79B9"/>
     <w:rsid w:val="00AF2173"/>
     <w:rsid w:val="00B03F05"/>
     <w:rsid w:val="00B24D42"/>
     <w:rsid w:val="00B30317"/>
     <w:rsid w:val="00B3069C"/>
     <w:rsid w:val="00B3618A"/>
     <w:rsid w:val="00B42C71"/>
     <w:rsid w:val="00B75D64"/>
     <w:rsid w:val="00B76F06"/>
     <w:rsid w:val="00B93188"/>
     <w:rsid w:val="00BC2ED0"/>
     <w:rsid w:val="00BC4EBB"/>
     <w:rsid w:val="00BD5DCF"/>
-    <w:rsid w:val="00BE4DA2"/>
     <w:rsid w:val="00BE65D1"/>
     <w:rsid w:val="00C03492"/>
     <w:rsid w:val="00C04092"/>
     <w:rsid w:val="00C15D83"/>
     <w:rsid w:val="00C31C44"/>
     <w:rsid w:val="00C4181B"/>
     <w:rsid w:val="00C543B4"/>
     <w:rsid w:val="00C90D30"/>
     <w:rsid w:val="00C9747A"/>
     <w:rsid w:val="00CA1C0B"/>
     <w:rsid w:val="00CA49CA"/>
     <w:rsid w:val="00CB0BFB"/>
     <w:rsid w:val="00CD4E48"/>
     <w:rsid w:val="00D2644C"/>
     <w:rsid w:val="00D34652"/>
+    <w:rsid w:val="00D465E8"/>
     <w:rsid w:val="00D6410B"/>
     <w:rsid w:val="00D665F3"/>
     <w:rsid w:val="00D74549"/>
     <w:rsid w:val="00DA45BF"/>
     <w:rsid w:val="00DA7FA1"/>
     <w:rsid w:val="00DC16AD"/>
     <w:rsid w:val="00DD4B22"/>
     <w:rsid w:val="00DD77A3"/>
     <w:rsid w:val="00E14FD5"/>
     <w:rsid w:val="00E21725"/>
     <w:rsid w:val="00E3714A"/>
     <w:rsid w:val="00E66121"/>
     <w:rsid w:val="00EB1519"/>
     <w:rsid w:val="00EB25BB"/>
     <w:rsid w:val="00EC3795"/>
     <w:rsid w:val="00F00578"/>
+    <w:rsid w:val="00F5650C"/>
     <w:rsid w:val="00F91D5B"/>
     <w:rsid w:val="00FA197D"/>
     <w:rsid w:val="00FB7055"/>
     <w:rsid w:val="00FD0931"/>
     <w:rsid w:val="00FF6421"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="24577"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="55B81875"/>
   <w15:docId w15:val="{E98A99F7-3FEC-4586-9B2D-D5B34B867E90}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7321,76 +7550,80 @@
     <w:name w:val="Überschrift 2 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift2"/>
     <w:rsid w:val="005F5D99"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="96"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="berschrift3Zchn">
     <w:name w:val="Überschrift 3 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift3"/>
     <w:rsid w:val="00111B8F"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="35666602">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7651,74 +7884,61 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...11 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="82589c12-70c4-4c94-a25a-3c827aa5c9f9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101007AC43CE515D2804DAC7ADE3243597B14" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="d36f937f196cc11c9034c2c1754a79c3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xmlns:ns3="82589c12-70c4-4c94-a25a-3c827aa5c9f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="503caf83702f076935e2dbbd87d5e908" ns2:_="" ns3:_="">
     <xsd:import namespace="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <xsd:import namespace="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -7929,134 +8149,147 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1916BCE-6D8E-4B04-9B17-4B49E134B9B2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d978a1e9-00ef-4ae4-b976-f4d556b3d736"/>
     <ds:schemaRef ds:uri="db575a55-87af-4d9b-8312-76231871612f"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37A53878-304D-4DEB-A0A3-76B2448D5712}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1F211999-78B4-420F-ACC1-31ACB7D98FEB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C25618FB-052B-44E5-9EB9-B20D48DE0956}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
   <Words>3108</Words>
-  <Characters>20917</Characters>
+  <Characters>20916</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>174</Lines>
-  <Paragraphs>47</Paragraphs>
+  <Lines>522</Lines>
+  <Paragraphs>124</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>software-pflegevertrag</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IHK Offenbach</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23978</CharactersWithSpaces>
+  <CharactersWithSpaces>23900</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="150" baseType="variant">
       <vt:variant>
         <vt:i4>4063319</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>72</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@wiesbaden.ihk.de</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5767260</vt:i4>
       </vt:variant>
       <vt:variant>