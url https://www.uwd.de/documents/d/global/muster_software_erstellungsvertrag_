--- v0 (2025-10-08)
+++ v1 (2026-01-12)
@@ -1,58 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="03A765FD" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="48005A60" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="5097E8F2" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="6ED05E1C" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="4AB73BFA" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="7284BD8F" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="69690BAF" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="7DF238C6" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="5078FBF7" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="4C670C45" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="284E8F3B" w14:textId="77777777" w:rsidR="00007DC0" w:rsidRPr="00813FDC" w:rsidRDefault="00813FDC" w:rsidP="00007DC0">
       <w:pPr>
         <w:pStyle w:val="berschrift2"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00813FDC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="72"/>
@@ -74,118 +73,120 @@
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>Software</w:t>
       </w:r>
       <w:r w:rsidRPr="00813FDC">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>erstellung</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D2749A3" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="6740F26A" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="41A0C49E" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="4FA3C1C1" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="584CF994" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="1C0F9542" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="1CDDCD6F" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="041EE79B" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
-    <w:p w14:paraId="30A7D557" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
-    <w:p w14:paraId="7CCC664F" w14:textId="77777777" w:rsidR="00943D64" w:rsidRDefault="00943D64" w:rsidP="00943D64">
+    <w:p w14:paraId="3853D895" w14:textId="77777777" w:rsidR="00F10C3B" w:rsidRDefault="00F10C3B" w:rsidP="00F10C3B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212717203"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit freundlicher Unterstützung zur Verfügung gestellt vom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="487DF23D" wp14:editId="22C2ECA6">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03A8A7C5" wp14:editId="7838E9A9">
             <wp:extent cx="2247900" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="588512616" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2240280" cy="563880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="30A7D557" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="31B02EA4" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="4EFA20B8" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="6CC61632" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="064E76D3" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="0B313D78" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="7B0FDCA3" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="2A905453" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="7DFFB869" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="56528031" w14:textId="77777777" w:rsidR="00007DC0" w:rsidRDefault="00007DC0" w:rsidP="00782FB8"/>
     <w:p w14:paraId="360CAEF1" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00782FB8" w:rsidRDefault="006D32EB" w:rsidP="00782FB8">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FA036E8" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="60673693" w14:textId="77777777" w:rsidR="001A290B" w:rsidRPr="0038291F" w:rsidRDefault="001A290B" w:rsidP="001A290B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -381,51 +382,69 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aus Gründen der sprachlichen Vereinfachung wird auf die Nennung der drei Geschlechter verzichtet, wo eine geschlechtsneutrale Formulierung nicht möglich war. In diesen Fällen beziehen die verwendeten männlichen Begriffe die weiblichen und diversen Formen ebenso mit ein. </w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Mustervertrag ist nur ein Vorschlag für eine mögliche Regelung. Viele Festlegungen sind frei vereinbar. Der Verwender kann auch andere Formulierungen wählen. </w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret zu regelnde Situation und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
+        <w:t xml:space="preserve">Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0038291F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zu regelnde Situation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0038291F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Falls Sie einen maßgeschneiderten Vertrag benötigen, sollten Sie sich durch einen Rechtsanwalt Ihres Vertrauens beraten lassen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="194150F2" w14:textId="77777777" w:rsidR="001A290B" w:rsidRPr="0038291F" w:rsidRDefault="001A290B" w:rsidP="001A290B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79CB22BC" w14:textId="77777777" w:rsidR="001A290B" w:rsidRPr="0038291F" w:rsidRDefault="001A290B" w:rsidP="0038291F">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:jc w:val="left"/>
         <w:rPr>
@@ -1199,50 +1218,51 @@
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> möglich ist.]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28BA21C3" w14:textId="3FA861C4" w:rsidR="001A290B" w:rsidRPr="0038291F" w:rsidRDefault="00EB254F" w:rsidP="001A290B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07ADFC20" w14:textId="77777777" w:rsidR="001A290B" w:rsidRPr="0038291F" w:rsidRDefault="001A290B" w:rsidP="001A290B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38AE19A3" w14:textId="77777777" w:rsidR="001A290B" w:rsidRPr="0038291F" w:rsidRDefault="001A290B" w:rsidP="0038291F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1414,51 +1434,71 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53060A82" w14:textId="77777777" w:rsidR="006E1D7F" w:rsidRPr="00BB1387" w:rsidRDefault="006E1D7F" w:rsidP="00842597">
       <w:pPr>
         <w:ind w:left="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EB254F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">[Hier </w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00EB254F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Hier</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00EB254F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00174085" w:rsidRPr="00EB254F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kann ferner</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB1387">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ein Passus zur </w:t>
       </w:r>
       <w:r w:rsidR="00CB12F0" w:rsidRPr="00BB1387">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1616,59 +1656,135 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) fertig zu stellen und </w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>AG</w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> zu übergeben. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="654DD48D" w14:textId="77777777" w:rsidR="001A290B" w:rsidRPr="0038291F" w:rsidRDefault="001A290B" w:rsidP="00934096">
+    <w:p w14:paraId="654DD48D" w14:textId="245877A0" w:rsidR="001A290B" w:rsidRPr="0038291F" w:rsidRDefault="002A573C" w:rsidP="00934096">
       <w:pPr>
         <w:ind w:left="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ü</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A573C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">berschreitet der </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A573C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A573C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> die genannte Frist um mehr als … [Zeitraum] nach Setzung einer angemessenen Nachfrist durch den </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A573C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AG,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A573C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ist dieser berechtigt, sich vom </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A573C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ertrag zu lösen. Eine bereits gezahlte (Teil-)Vergütung ist zurückzuzahle</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="75E02499" w14:textId="77777777" w:rsidR="001A290B" w:rsidRPr="0038291F" w:rsidRDefault="001A290B" w:rsidP="00934096">
       <w:pPr>
         <w:ind w:left="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Termin wird bei von </w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1694,100 +1810,108 @@
     </w:p>
     <w:p w14:paraId="2EBFDBBC" w14:textId="77777777" w:rsidR="001A290B" w:rsidRPr="0038291F" w:rsidRDefault="001A290B" w:rsidP="0038291F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Installation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="115D8C5F" w14:textId="2DC5ED46" w:rsidR="001A290B" w:rsidRPr="0038291F" w:rsidRDefault="001A290B" w:rsidP="0038291F">
+    <w:p w14:paraId="115D8C5F" w14:textId="27E0A0D3" w:rsidR="001A290B" w:rsidRPr="0038291F" w:rsidRDefault="001A290B" w:rsidP="0038291F">
       <w:pPr>
         <w:ind w:left="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>AN</w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> installiert </w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VG</w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> binnen einer Frist von 14 Tagen nach dem in </w:t>
       </w:r>
       <w:r w:rsidR="00A84201">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ziffer 5</w:t>
+        <w:t xml:space="preserve">Ziffer </w:t>
+      </w:r>
+      <w:r w:rsidR="002A573C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IV</w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vereinbarten Fertigstellungstermin auf folgender Hardware des</w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> AG</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CDEE084" w14:textId="77777777" w:rsidR="001A290B" w:rsidRPr="0038291F" w:rsidRDefault="001A290B" w:rsidP="0038291F">
       <w:pPr>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -2349,51 +2473,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Abnahme</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="327C7972" w14:textId="77777777" w:rsidR="00BD3E4E" w:rsidRPr="00BD3E4E" w:rsidRDefault="001A290B" w:rsidP="00934096">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD3E4E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>AN</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD3E4E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> weist binnen einer Woche nach erfolgter erster Einweisung durch angemessene Abnahmetests die Funktion des Vertragsgegenstandes nach.</w:t>
       </w:r>
       <w:r w:rsidR="00BD3E4E" w:rsidRPr="00BD3E4E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Der </w:t>
       </w:r>
       <w:r w:rsidR="00BD3E4E" w:rsidRPr="00BD3E4E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2875,51 +2998,69 @@
         <w:t>AN</w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> den Quellcode einem vom </w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>AG</w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> zu benennenden Notar zu übergeben, der auf Anforderung von </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0038291F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zu benennenden Notar</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0038291F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zu übergeben, der auf Anforderung von </w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>AG</w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> diesen an einen Dritten aushändigen darf, falls </w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3098,50 +3239,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00934096" w14:paraId="4173F711" w14:textId="77777777" w:rsidTr="00934096">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4363" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="792AAEDC" w14:textId="77777777" w:rsidR="00934096" w:rsidRPr="0038291F" w:rsidRDefault="00934096" w:rsidP="00934096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0038291F">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>zuzüglich gesetzlicher Me</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>hrwertsteuer von (z.Zt. 19 %)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4216" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75831971" w14:textId="77777777" w:rsidR="00934096" w:rsidRDefault="00934096" w:rsidP="00934096">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -3292,51 +3434,50 @@
       <w:pPr>
         <w:ind w:left="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="288526BE" w14:textId="788CC1C0" w:rsidR="00934096" w:rsidRDefault="001A290B" w:rsidP="00BB1387">
       <w:pPr>
         <w:ind w:left="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Zusätzliche Aufträge werden mit EURO .................... pro Stunde vergütet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="172C13D4" w14:textId="77777777" w:rsidR="00934096" w:rsidRDefault="00934096" w:rsidP="001A290B">
       <w:pPr>
         <w:ind w:left="2124" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11016676" w14:textId="4AF1CF9F" w:rsidR="001A290B" w:rsidRPr="00934096" w:rsidRDefault="001A290B" w:rsidP="00934096">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3889,140 +4030,209 @@
         <w:t>AN</w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> stellt </w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>AG</w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ferner von allen Ansprüchen frei, die Dritte wegen Schutzrechtsverletzungen gegen </w:t>
+        <w:t xml:space="preserve"> ferner </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0038291F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">von allen Ansprüchen frei, die Dritte wegen Schutzrechtsverletzungen gegen </w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>AG</w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> geltend machen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74532843" w14:textId="77777777" w:rsidR="001A290B" w:rsidRPr="0038291F" w:rsidRDefault="001A290B" w:rsidP="00934096">
       <w:pPr>
         <w:ind w:left="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="353C7BD7" w14:textId="77777777" w:rsidR="001A290B" w:rsidRPr="00934096" w:rsidRDefault="001A290B" w:rsidP="00934096">
+    <w:p w14:paraId="353C7BD7" w14:textId="0AE4B123" w:rsidR="001A290B" w:rsidRDefault="002A573C" w:rsidP="00934096">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00934096">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Schriftform; </w:t>
+      </w:r>
+      <w:r w:rsidR="001A290B" w:rsidRPr="00934096">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gerichtsstand, anwendbares Recht</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C67B75A" w14:textId="77777777" w:rsidR="001A290B" w:rsidRPr="0038291F" w:rsidRDefault="001A290B" w:rsidP="00934096">
-[...1 lines deleted...]
-        <w:ind w:left="708"/>
+    <w:p w14:paraId="508A72C0" w14:textId="77777777" w:rsidR="002A573C" w:rsidRDefault="002A573C" w:rsidP="002A573C">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B6287C4" w14:textId="1D43E3E4" w:rsidR="002A573C" w:rsidRPr="00934096" w:rsidRDefault="002A573C" w:rsidP="002A573C">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A573C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Änderungen oder Ergänzungen dieses Projektvertrages bedürfen zu ihrer Wirksamkeit der Schriftform. Dies gilt auch für die Aufhebung, Änderung oder Ergänzung dieser Schriftformklausel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A573C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C67B75A" w14:textId="77777777" w:rsidR="001A290B" w:rsidRPr="002A573C" w:rsidRDefault="001A290B" w:rsidP="002A573C">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0038291F">
+      <w:r w:rsidRPr="002A573C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Auf den Vertrag ist deutsches Recht mit Ausnahme des UN-Kaufrechts und des Internationalen Privatrechts anzuwenden.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61F1E623" w14:textId="77777777" w:rsidR="001A290B" w:rsidRPr="0038291F" w:rsidRDefault="001A290B" w:rsidP="00934096">
-[...1 lines deleted...]
-        <w:ind w:left="708"/>
+    <w:p w14:paraId="61F1E623" w14:textId="77777777" w:rsidR="001A290B" w:rsidRPr="0038291F" w:rsidRDefault="001A290B" w:rsidP="002A573C">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Für Streitigkeiten aus diesem Vertrag ist das Gericht am Sitz von </w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">AG </w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">örtlich zuständig, soweit </w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4080,95 +4290,199 @@
       <w:pPr>
         <w:ind w:left="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00934096">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>An dieser Stelle kann auf Wunsch eine Schlichtungsvereinbarung und/oder Schiedsgerichtsvereinbarung getroffen werden. Zur Vereinbarung einer Schlichtungsklausel und/oder Schiedsklausel - siehe Erläuterung unten!</w:t>
       </w:r>
       <w:r w:rsidR="004374F1">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A8F88D1" w14:textId="77777777" w:rsidR="004374F1" w:rsidRDefault="004374F1">
-[...35 lines deleted...]
-    <w:p w14:paraId="550E796D" w14:textId="77777777" w:rsidR="001A290B" w:rsidRPr="00842597" w:rsidRDefault="001A290B" w:rsidP="00842597">
+    <w:p w14:paraId="37364C46" w14:textId="420CD1FD" w:rsidR="002A573C" w:rsidRPr="002A573C" w:rsidRDefault="002A573C" w:rsidP="002A573C">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A573C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Salvatorische Klausel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DB22A4F" w14:textId="77777777" w:rsidR="002A573C" w:rsidRDefault="002A573C" w:rsidP="001A290B">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A99330B" w14:textId="4E6DAD93" w:rsidR="002A573C" w:rsidRPr="002A573C" w:rsidRDefault="002A573C" w:rsidP="001A290B">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A573C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ollten einzelne Bestimmungen dieses </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A573C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ertrages ganz oder teilweise unwirksam oder nichtig sein oder werden</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A573C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bleibt die Wirksamkeit der übrigen Bestimmungen unberührt. Die Parteien verpflichten sich, die unwirksame oder nichtige Bestimmung durch eine andere wirksame Bestimmung zu ersetzen, die dem gewollten wirtschaftlichen Zweck am nächsten kommt. Dasselbe gilt im Fall einer Lücke.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C7DDC7B" w14:textId="77777777" w:rsidR="002A573C" w:rsidRPr="002A573C" w:rsidRDefault="002A573C" w:rsidP="001A290B">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A8F88D1" w14:textId="77777777" w:rsidR="004374F1" w:rsidRDefault="004374F1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="030E890B" w14:textId="77777777" w:rsidR="001A290B" w:rsidRPr="00934096" w:rsidRDefault="001A290B" w:rsidP="001A290B">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="330B56D2" w14:textId="77777777" w:rsidR="001A290B" w:rsidRPr="0038291F" w:rsidRDefault="001A290B" w:rsidP="001A290B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="550E796D" w14:textId="77777777" w:rsidR="001A290B" w:rsidRPr="00842597" w:rsidRDefault="001A290B" w:rsidP="00842597">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00842597">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Schlussbestimmungen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27551AD9" w14:textId="77777777" w:rsidR="001A290B" w:rsidRPr="0038291F" w:rsidRDefault="001A290B" w:rsidP="00842597">
       <w:pPr>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0038291F">
@@ -4487,51 +4801,71 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="585BB0DD" w14:textId="77777777" w:rsidR="001A290B" w:rsidRPr="0038291F" w:rsidRDefault="001A290B" w:rsidP="001A290B">
       <w:pPr>
         <w:ind w:left="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Die Vertragsparteien verpflichten sich, bei Meinungsverschiedenheiten ein Schlichtungsverfahren mit dem Ziel durchzuführen, eine interessengerechte und faire Vereinbarung im Wege einer Mediation mit Unterstützung eines neutralen Schlichters unter Berücksichtigung der wirtschaftlichen, rechtlichen, persönlichen und sozialen Gegebenheiten zu erarbeiten. Alle Streitigkeiten, die sich im Zusammenhang mit diesem Vertrag  oder über seine Gültigkeit ergeben, werden vor Einschaltung der Gerichte nach der Schlichtungsordnung der Institution der Industrie- und Handelskammer ...............(z.B. XXXXX = Name der nächstgelegenen IHK mit Schlichtungsstelle) geschlichtet.</w:t>
+        <w:t xml:space="preserve">Die Vertragsparteien verpflichten sich, bei Meinungsverschiedenheiten ein Schlichtungsverfahren mit dem Ziel durchzuführen, eine interessengerechte und faire Vereinbarung im Wege einer Mediation mit Unterstützung eines neutralen Schlichters unter Berücksichtigung der wirtschaftlichen, rechtlichen, persönlichen und sozialen Gegebenheiten zu erarbeiten. Alle Streitigkeiten, die sich im Zusammenhang mit diesem </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0038291F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Vertrag  oder</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0038291F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> über seine Gültigkeit ergeben, werden vor Einschaltung der Gerichte nach der Schlichtungsordnung der Institution der Industrie- und Handelskammer ...............(z.B. XXXXX = Name der nächstgelegenen IHK mit Schlichtungsstelle) geschlichtet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="509CE13B" w14:textId="77777777" w:rsidR="001A290B" w:rsidRPr="0038291F" w:rsidRDefault="001A290B" w:rsidP="001A290B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D797F95" w14:textId="77777777" w:rsidR="001A290B" w:rsidRPr="0038291F" w:rsidRDefault="001A290B" w:rsidP="001A290B">
       <w:pPr>
         <w:pStyle w:val="Textkrper2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
@@ -4752,235 +5086,197 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Alle Streitigkeiten, die sich im Zusammenhang mit diesem Vertrag oder über seine Gültigkeit ergeben, werden nach der Schiedsgerichtsordnung der Industrie- und Handelskammer ............. unter Ausschluss des ordentlichen Rechtsweges endgültig entschieden. </w:t>
       </w:r>
       <w:r w:rsidRPr="0038291F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Das gerichtliche Mahnverfahren bleibt aber zulässig.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AECB5C1" w14:textId="77777777" w:rsidR="001A290B" w:rsidRPr="0038291F" w:rsidRDefault="001A290B" w:rsidP="001A290B">
       <w:pPr>
         <w:ind w:left="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4605A3F3" w14:textId="77777777" w:rsidR="00E61EB7" w:rsidRDefault="00E61EB7" w:rsidP="00E61EB7">
-[...6 lines deleted...]
-    </w:p>
     <w:p w14:paraId="494BF3E5" w14:textId="77777777" w:rsidR="005D41B2" w:rsidRDefault="005D41B2" w:rsidP="005D41B2">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="005D41B2" w:rsidSect="00943D64">
+    <w:sectPr w:rsidR="005D41B2">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="964" w:right="1021" w:bottom="833" w:left="1814" w:header="720" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:docGrid w:linePitch="299"/>
+      <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5846F23C" w14:textId="77777777" w:rsidR="00111771" w:rsidRDefault="00111771">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7113FC96" w14:textId="77777777" w:rsidR="00111771" w:rsidRDefault="00111771">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6922EA6F" w14:textId="77777777" w:rsidR="00111771" w:rsidRDefault="00111771">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3F3D18D8" w14:textId="77777777" w:rsidR="00111771" w:rsidRDefault="00111771">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="69302973" w14:textId="24112920" w:rsidR="006D32EB" w:rsidRDefault="00943D64">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="75F58F9A" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+  </w:p>
+  <w:p w14:paraId="6892F78F" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
-        <w:noProof/>
+        <w:color w:val="808080"/>
       </w:rPr>
-      <w:drawing>
-[...40 lines deleted...]
-    </w:r>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="69302973" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+      <w:rPr>
+        <w:color w:val="808080"/>
+      </w:rPr>
+    </w:pPr>
   </w:p>
   <w:p w14:paraId="77B30E52" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2B394F0F" w14:textId="074A965D" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="032671EA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C7D4B264"/>
     <w:lvl w:ilvl="0" w:tplc="37C289E2">
       <w:start w:val="15"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5300,50 +5596,136 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14DC6D70"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F5404EC8"/>
+    <w:lvl w:ilvl="0" w:tplc="0407000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17485201"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="68201850"/>
     <w:lvl w:ilvl="0" w:tplc="741A8000">
       <w:start w:val="4"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3552" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4272" w:hanging="360"/>
@@ -5391,51 +5773,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7872" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8592" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9312" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1AF1422E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5EDC9E16"/>
     <w:lvl w:ilvl="0" w:tplc="FC62D734">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w14:cntxtAlts w14:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5483,51 +5865,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="210023B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD4C6006"/>
     <w:lvl w:ilvl="0" w:tplc="8196FA32">
       <w:start w:val="4"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -5575,51 +5957,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22500DCC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EA382768"/>
     <w:lvl w:ilvl="0" w:tplc="FC62D734">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w14:cntxtAlts w14:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5667,51 +6049,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CB55BB7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0F58FD92"/>
     <w:lvl w:ilvl="0" w:tplc="04070015">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -5753,51 +6135,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="313F7CE1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="38DCB2A4"/>
     <w:lvl w:ilvl="0" w:tplc="741A8000">
       <w:start w:val="4"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3552" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4272" w:hanging="360"/>
@@ -5845,51 +6227,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7872" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8592" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9312" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="326F09BB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E01079C4"/>
     <w:lvl w:ilvl="0" w:tplc="B95C80EE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w14:cntxtAlts w14:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
@@ -5939,51 +6321,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37F4502A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AFC839A0"/>
     <w:lvl w:ilvl="0" w:tplc="5F00F620">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
@@ -6028,51 +6410,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CEE47E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2574216A"/>
     <w:lvl w:ilvl="0" w:tplc="16447CBA">
       <w:start w:val="4"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
         <w14:cntxtAlts w14:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6121,51 +6503,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EB84D68"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A92A56AC"/>
     <w:lvl w:ilvl="0" w:tplc="16447CBA">
       <w:start w:val="4"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3552" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4272" w:hanging="360"/>
@@ -6213,51 +6595,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7872" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8592" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9312" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40D55FAF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="015C7CD0"/>
     <w:lvl w:ilvl="0" w:tplc="16447CBA">
       <w:start w:val="4"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3552" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4272" w:hanging="360"/>
@@ -6305,51 +6687,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7872" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8592" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9312" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44C611AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0F58FD92"/>
     <w:lvl w:ilvl="0" w:tplc="04070015">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6391,51 +6773,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48C03C49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0EB8E630"/>
     <w:lvl w:ilvl="0" w:tplc="FC62D734">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w14:cntxtAlts w14:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -6483,51 +6865,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E165C2C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C00877D4"/>
     <w:lvl w:ilvl="0" w:tplc="04070015">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6569,51 +6951,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61BB7F49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F3629606"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -6655,51 +7037,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62657E63"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8BE5E50"/>
     <w:lvl w:ilvl="0" w:tplc="16447CBA">
       <w:start w:val="4"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3552" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4272" w:hanging="360"/>
@@ -6747,51 +7129,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7872" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8592" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9312" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65E140F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7E46D818"/>
     <w:lvl w:ilvl="0" w:tplc="16447CBA">
       <w:start w:val="4"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3552" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4272" w:hanging="360"/>
@@ -6839,51 +7221,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7872" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8592" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9312" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C31518F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="32CAF634"/>
     <w:lvl w:ilvl="0" w:tplc="16447CBA">
       <w:start w:val="4"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3552" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4272" w:hanging="360"/>
@@ -6931,51 +7313,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7872" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8592" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9312" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DE83001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6D34BDB4"/>
     <w:lvl w:ilvl="0" w:tplc="FC62D734">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w14:cntxtAlts w14:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="2A1CBD9E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -7026,51 +7408,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F253DC8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C1686C32"/>
     <w:lvl w:ilvl="0" w:tplc="04070015">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7112,51 +7494,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72AE559F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FECC6A3E"/>
     <w:lvl w:ilvl="0" w:tplc="26CA7594">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -7204,51 +7586,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74F523E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C584FEFE"/>
     <w:lvl w:ilvl="0" w:tplc="16447CBA">
       <w:start w:val="4"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3552" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4272" w:hanging="360"/>
@@ -7296,51 +7678,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7872" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8592" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9312" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76EA35CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="191A6234"/>
     <w:lvl w:ilvl="0" w:tplc="D13C87CC">
       <w:start w:val="3"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -7388,51 +7770,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7CA471DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EFDED870"/>
     <w:lvl w:ilvl="0" w:tplc="16447CBA">
       <w:start w:val="4"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3552" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4272" w:hanging="360"/>
@@ -7480,51 +7862,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7872" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8592" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9312" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7D905E13"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7988FA8C"/>
     <w:lvl w:ilvl="0" w:tplc="741A8000">
       <w:start w:val="4"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3552" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4272" w:hanging="360"/>
@@ -7572,51 +7954,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7872" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8592" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9312" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F203BAC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F8EA86C"/>
     <w:lvl w:ilvl="0" w:tplc="B7189C84">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -7664,51 +8046,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F7329B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E090AEDE"/>
     <w:lvl w:ilvl="0" w:tplc="FC62D734">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w14:cntxtAlts w14:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -7761,377 +8143,370 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1213806717">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1451897629">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="545459256">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1291134716">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="181012342">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="726105848">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="647251817">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="2078359911">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1843813979">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1955597226">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="2140562242">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1539780791">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="647251817">
-[...14 lines deleted...]
-  <w:num w:numId="12" w16cid:durableId="1539780791">
+  <w:num w:numId="13" w16cid:durableId="733429172">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="733429172">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="14" w16cid:durableId="1189099577">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="165288804">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="220679242">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="808741142">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="346298381">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1728533985">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="94058346">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="2079280347">
-    <w:abstractNumId w:val="30"/>
+    <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="35349089">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="1631933632">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="621955787">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1421609037">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1811240875">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="624845249">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1079910672">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="802963291">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1415397937">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1941182946">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="686713423">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="72705"/>
+    <o:shapedefaults v:ext="edit" spidmax="80897"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...17 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00CD7959"/>
     <w:rsid w:val="00007DC0"/>
     <w:rsid w:val="00035CF3"/>
     <w:rsid w:val="000459BF"/>
     <w:rsid w:val="00056ED1"/>
     <w:rsid w:val="00076891"/>
     <w:rsid w:val="00086F57"/>
     <w:rsid w:val="000B639A"/>
     <w:rsid w:val="000C0189"/>
     <w:rsid w:val="001020B6"/>
+    <w:rsid w:val="00103889"/>
     <w:rsid w:val="00111771"/>
     <w:rsid w:val="00114BDD"/>
     <w:rsid w:val="00130B91"/>
     <w:rsid w:val="001535E9"/>
     <w:rsid w:val="0016349B"/>
     <w:rsid w:val="00174085"/>
     <w:rsid w:val="00182FCA"/>
     <w:rsid w:val="001A290B"/>
     <w:rsid w:val="001C22B4"/>
+    <w:rsid w:val="001E301B"/>
     <w:rsid w:val="001E5324"/>
     <w:rsid w:val="001F46AB"/>
     <w:rsid w:val="00201FD1"/>
+    <w:rsid w:val="0020479E"/>
     <w:rsid w:val="002237C2"/>
     <w:rsid w:val="0024257A"/>
     <w:rsid w:val="002A0445"/>
+    <w:rsid w:val="002A573C"/>
     <w:rsid w:val="002B3817"/>
+    <w:rsid w:val="002B6C11"/>
     <w:rsid w:val="002C0749"/>
     <w:rsid w:val="002C1180"/>
     <w:rsid w:val="002C3D04"/>
     <w:rsid w:val="002C52CC"/>
     <w:rsid w:val="002D56EA"/>
+    <w:rsid w:val="002E32C0"/>
     <w:rsid w:val="002F4DA9"/>
     <w:rsid w:val="0032348E"/>
     <w:rsid w:val="00346894"/>
     <w:rsid w:val="00352ACC"/>
     <w:rsid w:val="00366490"/>
     <w:rsid w:val="0038291F"/>
     <w:rsid w:val="00391D4F"/>
     <w:rsid w:val="003C1071"/>
+    <w:rsid w:val="003F6BCD"/>
     <w:rsid w:val="00400010"/>
     <w:rsid w:val="00416A7B"/>
     <w:rsid w:val="0043077E"/>
     <w:rsid w:val="004374F1"/>
     <w:rsid w:val="00446658"/>
     <w:rsid w:val="0045065B"/>
+    <w:rsid w:val="004634F6"/>
     <w:rsid w:val="004B2D0A"/>
     <w:rsid w:val="004B66D5"/>
     <w:rsid w:val="004D7293"/>
     <w:rsid w:val="004D7494"/>
     <w:rsid w:val="005040BB"/>
     <w:rsid w:val="00510939"/>
     <w:rsid w:val="00526144"/>
     <w:rsid w:val="00526CB3"/>
     <w:rsid w:val="00532398"/>
+    <w:rsid w:val="00547199"/>
     <w:rsid w:val="00553D7E"/>
     <w:rsid w:val="005A78D9"/>
     <w:rsid w:val="005C211A"/>
     <w:rsid w:val="005D41B2"/>
     <w:rsid w:val="005D6B25"/>
     <w:rsid w:val="005E1BB2"/>
     <w:rsid w:val="00614DE1"/>
     <w:rsid w:val="00615952"/>
     <w:rsid w:val="00633471"/>
     <w:rsid w:val="0063592C"/>
     <w:rsid w:val="00673306"/>
     <w:rsid w:val="006D32EB"/>
     <w:rsid w:val="006E0957"/>
     <w:rsid w:val="006E1D7F"/>
     <w:rsid w:val="007038AA"/>
     <w:rsid w:val="007417CB"/>
     <w:rsid w:val="00751679"/>
     <w:rsid w:val="0077370D"/>
     <w:rsid w:val="00782FB8"/>
     <w:rsid w:val="007E1E9B"/>
     <w:rsid w:val="00810978"/>
     <w:rsid w:val="00813FDC"/>
     <w:rsid w:val="0084046D"/>
     <w:rsid w:val="00842597"/>
     <w:rsid w:val="008558E3"/>
     <w:rsid w:val="00876151"/>
     <w:rsid w:val="0089504A"/>
     <w:rsid w:val="00896F29"/>
     <w:rsid w:val="008B4F20"/>
     <w:rsid w:val="008B6EB4"/>
+    <w:rsid w:val="008D5C31"/>
     <w:rsid w:val="00934096"/>
     <w:rsid w:val="00934FFD"/>
-    <w:rsid w:val="00943D64"/>
     <w:rsid w:val="0095348A"/>
     <w:rsid w:val="00976663"/>
     <w:rsid w:val="009802B0"/>
     <w:rsid w:val="009C07FD"/>
     <w:rsid w:val="009D08BE"/>
-    <w:rsid w:val="00A106A6"/>
     <w:rsid w:val="00A126EF"/>
     <w:rsid w:val="00A1340D"/>
     <w:rsid w:val="00A16A4F"/>
     <w:rsid w:val="00A23525"/>
     <w:rsid w:val="00A84201"/>
+    <w:rsid w:val="00AC69F3"/>
     <w:rsid w:val="00AD5CE4"/>
     <w:rsid w:val="00B0018F"/>
     <w:rsid w:val="00B03F05"/>
     <w:rsid w:val="00B13BA4"/>
     <w:rsid w:val="00B3618A"/>
     <w:rsid w:val="00B53362"/>
     <w:rsid w:val="00BB1387"/>
     <w:rsid w:val="00BB2A34"/>
     <w:rsid w:val="00BC2ED0"/>
     <w:rsid w:val="00BD2B97"/>
     <w:rsid w:val="00BD3E4E"/>
     <w:rsid w:val="00BE65D1"/>
     <w:rsid w:val="00BF0069"/>
     <w:rsid w:val="00BF44A6"/>
     <w:rsid w:val="00C07F5B"/>
     <w:rsid w:val="00C15D83"/>
     <w:rsid w:val="00C34867"/>
     <w:rsid w:val="00C4181B"/>
     <w:rsid w:val="00C56BEB"/>
     <w:rsid w:val="00CA55F8"/>
     <w:rsid w:val="00CB12F0"/>
     <w:rsid w:val="00CC7712"/>
     <w:rsid w:val="00CD4E48"/>
     <w:rsid w:val="00CD7959"/>
     <w:rsid w:val="00CF4FBD"/>
     <w:rsid w:val="00D13880"/>
     <w:rsid w:val="00D1392E"/>
     <w:rsid w:val="00D17FFD"/>
     <w:rsid w:val="00D61172"/>
     <w:rsid w:val="00D64217"/>
     <w:rsid w:val="00D74549"/>
     <w:rsid w:val="00DD4B22"/>
-    <w:rsid w:val="00DF6BC0"/>
     <w:rsid w:val="00E02779"/>
     <w:rsid w:val="00E03980"/>
     <w:rsid w:val="00E06B60"/>
     <w:rsid w:val="00E14FD5"/>
     <w:rsid w:val="00E164A2"/>
     <w:rsid w:val="00E21725"/>
     <w:rsid w:val="00E61EB7"/>
     <w:rsid w:val="00E64D26"/>
     <w:rsid w:val="00E83C9C"/>
     <w:rsid w:val="00E8414E"/>
     <w:rsid w:val="00E97564"/>
     <w:rsid w:val="00EA3245"/>
     <w:rsid w:val="00EB254F"/>
     <w:rsid w:val="00EC3795"/>
     <w:rsid w:val="00EE365B"/>
     <w:rsid w:val="00F00F0E"/>
     <w:rsid w:val="00F1039E"/>
+    <w:rsid w:val="00F10C3B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="72705"/>
+    <o:shapedefaults v:ext="edit" spidmax="80897"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="601FF7A1"/>
   <w15:docId w15:val="{8EF64A08-4795-44E5-B3FE-5720EDFD7B32}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8850,65 +9225,72 @@
     <w:basedOn w:val="Kommentartext"/>
     <w:next w:val="Kommentartext"/>
     <w:link w:val="KommentarthemaZchn"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E83C9C"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarthemaZchn">
     <w:name w:val="Kommentarthema Zchn"/>
     <w:basedOn w:val="KommentartextZchn"/>
     <w:link w:val="Kommentarthema"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E83C9C"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Hervorhebung">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="002A573C"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9474,75 +9856,75 @@
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FB473D85-7C2C-4F57-AD10-D8F3B5ACB64F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC3106A7-1633-485E-AA9B-434044068EE8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>1695</Words>
-  <Characters>11947</Characters>
+  <Words>1808</Words>
+  <Characters>12604</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>99</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>355</Lines>
+  <Paragraphs>99</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13615</CharactersWithSpaces>
+  <CharactersWithSpaces>14419</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="144" baseType="variant">
       <vt:variant>
         <vt:i4>4063319</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>69</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@wiesbaden.ihk.de</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1572928</vt:i4>
       </vt:variant>
       <vt:variant>