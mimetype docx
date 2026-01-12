--- v0 (2025-10-08)
+++ v1 (2026-01-12)
@@ -12,204 +12,190 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7C7EEEBC" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="7C7EEEBD" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="7C7EEEBE" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="7C7EEEBF" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="7C7EEEC0" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="7C7EEEC1" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="7C7EEEC2" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="7C7EEEC3" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="7C7EEEC4" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="7C7EEEC5" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
-    <w:p w14:paraId="7C7EEEC6" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="000A043B" w:rsidRDefault="006D32EB" w:rsidP="00782FB8">
+    <w:p w14:paraId="7C7EEEC6" w14:textId="4A97FA3B" w:rsidR="006D32EB" w:rsidRPr="000A043B" w:rsidRDefault="006D32EB" w:rsidP="00782FB8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A043B">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
-        <w:t xml:space="preserve">Muster </w:t>
+        <w:t>Muster</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C7EEEC7" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="000A043B" w:rsidRDefault="006D32EB">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C7EEEC8" w14:textId="77777777" w:rsidR="00611E40" w:rsidRPr="000A043B" w:rsidRDefault="000A043B" w:rsidP="00611E40">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A043B">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>Subunternehmervertrag</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C7EEEC9" w14:textId="77777777" w:rsidR="00611E40" w:rsidRPr="000A043B" w:rsidRDefault="00611E40" w:rsidP="00611E40">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A043B">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>(allgemein)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34C52FCA" w14:textId="77777777" w:rsidR="005C3132" w:rsidRDefault="005C3132" w:rsidP="005C3132">
+    <w:p w14:paraId="7C7EEECA" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="71C5FDD4" w14:textId="77777777" w:rsidR="00353B2A" w:rsidRDefault="00353B2A" w:rsidP="00353B2A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212717203"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Mit freundlicher Unterstützung zur Verfügung gestellt vom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="13D35680" wp14:editId="2DAA163D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="53A7B52F" wp14:editId="63DEBFFD">
             <wp:extent cx="2247900" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="588512616" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2240280" cy="563880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="719FA03E" w14:textId="77777777" w:rsidR="005C3132" w:rsidRDefault="005C3132" w:rsidP="005C3132">
-[...7 lines deleted...]
-    <w:p w14:paraId="7C7EEECA" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="7C7EEECB" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="7C7EEECC" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="7C7EEECD" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="7C7EEECE" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="7C7EEECF" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
     <w:p w14:paraId="7C7EEED0" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="000A043B" w:rsidRDefault="006D32EB" w:rsidP="000A043B">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="000A043B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -908,69 +894,51 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE1E93">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Geschäfts- und Lieferbedingungen des Subunternehmers werden (nicht) Bestandteil. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE1E93">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> streichen)</w:t>
+        <w:t>(nicht zutreffendes streichen)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EE8992D" w14:textId="77777777" w:rsidR="004342F1" w:rsidRDefault="004342F1" w:rsidP="004342F1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE1E93">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Technische Bestandteile:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C49314F" w14:textId="77777777" w:rsidR="004342F1" w:rsidRDefault="004342F1" w:rsidP="004342F1">
       <w:pPr>
@@ -984,69 +952,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AE1E93">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>das Leistungsverzeichnis, Leistungsbeschr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">eibung, Pläne, Muster, Raumbuch </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE1E93">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> streichen)</w:t>
+        <w:t>(nicht zutreffendes streichen)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EF574FF" w14:textId="77777777" w:rsidR="004342F1" w:rsidRPr="000A043B" w:rsidRDefault="004342F1" w:rsidP="004342F1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A043B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vorschriften der Berufsgenossenschaften und der zuständigen Behörden,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1996378D" w14:textId="77777777" w:rsidR="004342F1" w:rsidRPr="000A043B" w:rsidRDefault="004342F1" w:rsidP="004342F1">
       <w:pPr>
@@ -1107,69 +1057,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A043B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Subunternehmer bestätigt, sämtliche Ausschreibungsunterlagen erhalten zu haben, insbesondere die Leistungsbeschreibung, die Vormerkungen zum Leistungsverzeichnis, Zeichnungen, Pläne, Muster</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE1E93">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> streichen)</w:t>
+        <w:t>(nicht zutreffendes streichen)</w:t>
       </w:r>
       <w:r w:rsidRPr="000A043B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Widersprüche zum Leistungsverzeichnis, zur Leistungsbeschreibung, zu den Plänen usw. gehen zu Lasten des Generalunternehmers.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EE26A4C" w14:textId="77777777" w:rsidR="004342F1" w:rsidRDefault="004342F1" w:rsidP="004342F1">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F14BA6E" w14:textId="77777777" w:rsidR="004342F1" w:rsidRPr="000A043B" w:rsidRDefault="004342F1" w:rsidP="004342F1">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -2210,69 +2142,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61B1861E" w14:textId="77777777" w:rsidR="004342F1" w:rsidRPr="000A043B" w:rsidRDefault="004342F1" w:rsidP="004342F1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A043B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Im </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> der von ihm zu vertretenden Nichteinhaltung der Vertragstermine haftet der Subunternehmer angemessen für alle Schäden und Nachteile, die dem Generalunternehmer entstehen.</w:t>
+        <w:t>Im Falle der von ihm zu vertretenden Nichteinhaltung der Vertragstermine haftet der Subunternehmer angemessen für alle Schäden und Nachteile, die dem Generalunternehmer entstehen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7273277A" w14:textId="77777777" w:rsidR="004342F1" w:rsidRPr="000A043B" w:rsidRDefault="004342F1" w:rsidP="004342F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46BE79D1" w14:textId="77777777" w:rsidR="004342F1" w:rsidRPr="00C121CB" w:rsidRDefault="004342F1" w:rsidP="004342F1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
@@ -2430,72 +2344,64 @@
         </w:rPr>
         <w:t>Die Vereinbarung einer Vertragsstrafe schließt die Geltendmachung weitergehender Ansprüchen nicht aus. Bereits entstandene Vertragsstrafen entfallen nicht durch Vereinbarung neuer Termine.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C121CB">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00C121CB">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Heben die Parteien einen urspr. vereinbarten jedoch überschrittenen Fertigstellungstermin einverständlich auf und vereinbaren, dass die Restarbeiten bis zu einem neuen Termin zum vertraglich vereinbarten Preis fertig gestellt werden sollen, ist davon auszugehen,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> dass die ursprüngliche </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> dass die ursprüngliche Vertrags</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C121CB">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>strafenregelung</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>Vertrags</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>en</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C121CB">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> nicht mehr gelten soll, es sei denn, es wurde dazu eine neue Regelung getroffen.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04E8E825" w14:textId="77777777" w:rsidR="004342F1" w:rsidRPr="000A043B" w:rsidRDefault="004342F1" w:rsidP="004342F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="761E845E" w14:textId="77777777" w:rsidR="004342F1" w:rsidRPr="00C121CB" w:rsidRDefault="004342F1" w:rsidP="004342F1">
       <w:pPr>
         <w:numPr>
@@ -2574,69 +2480,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Subunternehmer verpflichtet sich, Mindestlohnvorschriften und Vorschriften über Mindestbedingungen am Arbeitsplatz einzuhalten und bestätigt dies auf Verlangen des Generalunternehmers diesem schriftlich. </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE2219">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE2219">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Wegen der Nachunternehmerhaftung für den Mindestlohn kann es sich anbieten, mit dem Subunternehmer eine Freistellungsklausel zu vereinbaren. (Diese gilt dann nur im Innenverhältnis.)  Dabei sollte der Generalunternehmer auch die eventuell folgende Nachunternehmerkette und deren Zahlung des Mindestlohns berücksichtigen.) </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE2219">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Gleiches gilt für etwaige Verpflichtungen gegenüber Urlaubs- und Sozialkassen </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> hier eine Ausfallhaftung des </w:t>
+        <w:t xml:space="preserve">Gleiches gilt für etwaige Verpflichtungen gegenüber Urlaubs- und Sozialkassen soweit hier eine Ausfallhaftung des </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE2219">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Generalunternehmers bestehen kann.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE2219">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE2219">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Die Vorschriften bezüglich der Urlaubskassen und die Vorschriften nach dem Arbeitnehmerentsendegesetz verpflichten bislang nur bestimmte Branchen. Soweit eine Beauftragung in einer solchen Branche gegeben ist, empfiehlt sich aus Haftungsgründen die Einholung einer entsprechenden Erklärung des Subunternehmers, da sonst direkte Haftung des Generalunternehmers droht. Sofern der Generalunternehmer sicher ist, dass eine Verpflichtung nach den angeführten Vorschriften nicht vorliegt, kann auf die Klausel auch verzichtet werden.)</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE2219">
         <w:rPr>
@@ -3303,67 +3191,51 @@
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>zwei</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD5ABA">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Jahre und für Bauwerke </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>vier</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD5ABA">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Jahre. Die Gewährleistungsfrist nach BGB </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> soweit es sich nicht um Bauwerke handelt - zwei Jahre bei einem Werk, dessen Erfolg in der Herstellung, Wartung oder Veränderung einer Sache oder in der Erbringung von Planungs- oder Überwachungsleistungen hierfür besteht,</w:t>
+        <w:t xml:space="preserve"> Jahre. Die Gewährleistungsfrist nach BGB beträgt soweit es sich nicht um Bauwerke handelt - zwei Jahre bei einem Werk, dessen Erfolg in der Herstellung, Wartung oder Veränderung einer Sache oder in der Erbringung von Planungs- oder Überwachungsleistungen hierfür besteht,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD5ABA">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>fünf Jahre bei Bauwerken und einem Werk, dessen Erfolg in der Erbringung von Planungs- oder Überwachungsleistungen hierfür besteht,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD5ABA">
         <w:rPr>
           <w:i/>
@@ -3828,65 +3700,56 @@
         </w:rPr>
         <w:t>Der Subunternehmer verpflichtet sich, übernommenen Datensätze von (Bestands)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidRPr="000A043B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kunden nach den geltenden Vorschriften der Datenschutzgrundverordnung zu verarbeiten.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD5ABA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00DD5ABA">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Hier</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> müssen die zutreffenden Vorschriften der DSGVO abhängig von Unternehmensart, -struktur </w:t>
+        <w:t xml:space="preserve">Hier müssen die zutreffenden Vorschriften der DSGVO abhängig von Unternehmensart, -struktur </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>und -größe konkretisiert werden)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C457D46" w14:textId="77777777" w:rsidR="004342F1" w:rsidRPr="001F3247" w:rsidRDefault="004342F1" w:rsidP="004342F1">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50E3CDAE" w14:textId="77777777" w:rsidR="004342F1" w:rsidRPr="00A64C31" w:rsidRDefault="004342F1" w:rsidP="004342F1">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
@@ -4338,67 +4201,57 @@
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A17202">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Schlussbestimmungen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A17202">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Sollte</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> eine Bestimmung dieses Vertrages unwirksam oder undurchführbar sein oder werden, so werden die übrigen Bestimmungen des Vertrages davon nicht </w:t>
+        <w:t xml:space="preserve">Sollte eine Bestimmung dieses Vertrages unwirksam oder undurchführbar sein oder werden, so werden die übrigen Bestimmungen des Vertrages davon nicht </w:t>
       </w:r>
       <w:r w:rsidRPr="00A17202">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>betroffen. Die Vertragspartner verpflichten sich, die unwirksame Bestimmung durch eine Bestimmung zu ersetzen, welche der der unwirksamen möglichst nahekommt und durch welche der beabsichtigte Vertragszweck in rechtlich zulässiger Weise erreicht werden kann. Entsprechendes gilt für Regelungslücken.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C15C57E" w14:textId="77777777" w:rsidR="004342F1" w:rsidRPr="000A043B" w:rsidRDefault="004342F1" w:rsidP="004342F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A4662CA" w14:textId="77777777" w:rsidR="004342F1" w:rsidRPr="000A043B" w:rsidRDefault="004342F1" w:rsidP="004342F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -4470,141 +4323,132 @@
     <w:p w14:paraId="447F414C" w14:textId="77777777" w:rsidR="004342F1" w:rsidRPr="000A043B" w:rsidRDefault="004342F1" w:rsidP="004342F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………………………                                             ……………………….</w:t>
       </w:r>
       <w:r w:rsidRPr="000A043B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60F8DA86" w14:textId="77777777" w:rsidR="004342F1" w:rsidRPr="000A043B" w:rsidRDefault="004342F1" w:rsidP="004342F1">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="7C7EEFD5" w14:textId="6C0D4FED" w:rsidR="005D41B2" w:rsidRDefault="004342F1" w:rsidP="000F2EB0">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A043B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Unterschrift Generalunternehmer</w:t>
       </w:r>
       <w:r w:rsidRPr="000A043B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000A043B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000A043B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000A043B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Unterschrift Subunternehmer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C7EEFD5" w14:textId="77777777" w:rsidR="005D41B2" w:rsidRDefault="005D41B2" w:rsidP="000F2EB0">
-[...6 lines deleted...]
-    <w:sectPr w:rsidR="005D41B2">
+    <w:sectPr w:rsidR="005D41B2" w:rsidSect="00CF2D43">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="964" w:right="1021" w:bottom="833" w:left="1814" w:header="720" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:titlePg/>
+      <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="47A721DB" w14:textId="77777777" w:rsidR="00423CB5" w:rsidRDefault="00423CB5">
+    <w:p w14:paraId="030EC9DB" w14:textId="77777777" w:rsidR="00423CB5" w:rsidRDefault="00423CB5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="08742E2B" w14:textId="77777777" w:rsidR="00423CB5" w:rsidRDefault="00423CB5">
+    <w:p w14:paraId="02E65D80" w14:textId="77777777" w:rsidR="00423CB5" w:rsidRDefault="00423CB5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
@@ -4615,80 +4459,80 @@
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="7C7EEFE4" w14:textId="08BE3FB8" w:rsidR="000A043B" w:rsidRPr="000A043B" w:rsidRDefault="000A043B" w:rsidP="000A043B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7C7EEFE4" w14:textId="37216694" w:rsidR="000A043B" w:rsidRPr="000A043B" w:rsidRDefault="000A043B" w:rsidP="000A043B">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000A043B">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>S</w:t>
     </w:r>
     <w:r w:rsidR="006D4C02">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>tand: 1. Januar 202</w:t>
     </w:r>
-    <w:r w:rsidR="009837D8">
+    <w:r w:rsidR="001A2F77">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                                                     </w:t>
     </w:r>
     <w:r w:rsidRPr="000A043B">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r w:rsidRPr="000A043B">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="000A043B">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
     </w:r>
@@ -4741,197 +4585,197 @@
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
     <w:r w:rsidRPr="000A043B">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="7C7EEFE5" w14:textId="77777777" w:rsidR="000A043B" w:rsidRDefault="000A043B">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7C7EEFE6" w14:textId="77777777" w:rsidR="000A043B" w:rsidRDefault="000A043B">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="29D04D35" w14:textId="77777777" w:rsidR="00423CB5" w:rsidRDefault="00423CB5">
+    <w:p w14:paraId="27BAC801" w14:textId="77777777" w:rsidR="00423CB5" w:rsidRDefault="00423CB5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="167951AA" w14:textId="77777777" w:rsidR="00423CB5" w:rsidRDefault="00423CB5">
+    <w:p w14:paraId="2AA135A3" w14:textId="77777777" w:rsidR="00423CB5" w:rsidRDefault="00423CB5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="7C7EEFDC" w14:textId="705E2386" w:rsidR="006D32EB" w:rsidRDefault="005C3132">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7C7EEFDB" w14:textId="59DCD28B" w:rsidR="006D32EB" w:rsidRDefault="00353B2A">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6685BDF1" wp14:editId="33D4C6E7">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="07860AFF" wp14:editId="3C608CB6">
           <wp:extent cx="2481800" cy="409575"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2485708" cy="410220"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7C7EEFDD" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
+  <w:p w14:paraId="7C7EEFDC" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7C7EEFDE" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7C7EEFDF" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
-      <w:object w:dxaOrig="8933" w:dyaOrig="9214" w14:anchorId="7C7EEFE7">
+      <w:object w:dxaOrig="8925" w:dyaOrig="9210" w14:anchorId="7C7EEFE7">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:447pt;height:460.5pt" fillcolor="window">
+        <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:446.25pt;height:460.5pt" fillcolor="window">
           <v:imagedata r:id="rId2" o:title=""/>
         </v:shape>
-        <o:OLEObject Type="Embed" ProgID="MSWordArt.2" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1787558470" r:id="rId3">
+        <o:OLEObject Type="Embed" ProgID="MSWordArt.2" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1829211606" r:id="rId3">
           <o:FieldCodes>\s</o:FieldCodes>
         </o:OLEObject>
       </w:object>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="7C7EEFE2" w14:textId="0BD2079E" w:rsidR="00D14642" w:rsidRDefault="00D14642">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7C7EEFE2" w14:textId="45975676" w:rsidR="00D14642" w:rsidRDefault="00D14642">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7C7EEFE3" w14:textId="77777777" w:rsidR="00D14642" w:rsidRDefault="00D14642">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="*"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01F70DDA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4EF6975E"/>
     <w:lvl w:ilvl="0" w:tplc="E0E2E3B4">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
@@ -6816,403 +6660,394 @@
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1382747281">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="748388220">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="96683685">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1613587724">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="349843313">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="462768678">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="12"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:docVars>
-[...17 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00BC2ED0"/>
     <w:rsid w:val="0003770D"/>
     <w:rsid w:val="000459BF"/>
     <w:rsid w:val="00045EFD"/>
     <w:rsid w:val="00046780"/>
     <w:rsid w:val="00066648"/>
     <w:rsid w:val="00076E47"/>
     <w:rsid w:val="00080DBB"/>
     <w:rsid w:val="0008231B"/>
     <w:rsid w:val="00083BF0"/>
     <w:rsid w:val="00086F57"/>
     <w:rsid w:val="00087C15"/>
     <w:rsid w:val="00093661"/>
     <w:rsid w:val="0009373D"/>
     <w:rsid w:val="00093D81"/>
     <w:rsid w:val="00095EC9"/>
     <w:rsid w:val="000A043B"/>
     <w:rsid w:val="000A459A"/>
     <w:rsid w:val="000C1386"/>
     <w:rsid w:val="000C7FBC"/>
+    <w:rsid w:val="000D42FF"/>
     <w:rsid w:val="000E1AFC"/>
     <w:rsid w:val="000F2EB0"/>
     <w:rsid w:val="000F4BBC"/>
     <w:rsid w:val="001101C4"/>
     <w:rsid w:val="0011180E"/>
     <w:rsid w:val="00175429"/>
     <w:rsid w:val="001848A2"/>
     <w:rsid w:val="001936E1"/>
     <w:rsid w:val="00195F48"/>
     <w:rsid w:val="00196EE7"/>
     <w:rsid w:val="001974EF"/>
+    <w:rsid w:val="001A2F77"/>
     <w:rsid w:val="001B0012"/>
     <w:rsid w:val="001B71BA"/>
     <w:rsid w:val="001C3B5B"/>
     <w:rsid w:val="001C61D7"/>
+    <w:rsid w:val="001E301B"/>
     <w:rsid w:val="001F3247"/>
     <w:rsid w:val="00201FD1"/>
     <w:rsid w:val="00207353"/>
     <w:rsid w:val="002172D9"/>
     <w:rsid w:val="00221FC7"/>
     <w:rsid w:val="00222A17"/>
     <w:rsid w:val="002235F5"/>
     <w:rsid w:val="00227524"/>
     <w:rsid w:val="0023556E"/>
     <w:rsid w:val="002451DB"/>
     <w:rsid w:val="0026467F"/>
     <w:rsid w:val="0026506C"/>
     <w:rsid w:val="002661A6"/>
     <w:rsid w:val="002850EA"/>
     <w:rsid w:val="0029096B"/>
     <w:rsid w:val="002C0749"/>
+    <w:rsid w:val="002E32C0"/>
     <w:rsid w:val="002E34BD"/>
     <w:rsid w:val="002E52D6"/>
     <w:rsid w:val="002F1A96"/>
     <w:rsid w:val="00304CC6"/>
     <w:rsid w:val="0031551E"/>
     <w:rsid w:val="00331058"/>
     <w:rsid w:val="00333F48"/>
     <w:rsid w:val="00345C2B"/>
+    <w:rsid w:val="00353B2A"/>
     <w:rsid w:val="0035566E"/>
     <w:rsid w:val="0036558C"/>
     <w:rsid w:val="00374FA4"/>
     <w:rsid w:val="00383658"/>
     <w:rsid w:val="00394062"/>
     <w:rsid w:val="003A5247"/>
     <w:rsid w:val="003A6644"/>
     <w:rsid w:val="003B6F99"/>
+    <w:rsid w:val="003C6E09"/>
     <w:rsid w:val="003E4835"/>
     <w:rsid w:val="003F5E1D"/>
     <w:rsid w:val="00400010"/>
     <w:rsid w:val="0040160F"/>
     <w:rsid w:val="004032C6"/>
     <w:rsid w:val="00421DBB"/>
     <w:rsid w:val="00423CB5"/>
     <w:rsid w:val="004241A5"/>
     <w:rsid w:val="00427343"/>
     <w:rsid w:val="00432D22"/>
     <w:rsid w:val="004342F1"/>
     <w:rsid w:val="00451FAA"/>
     <w:rsid w:val="0046007B"/>
     <w:rsid w:val="0048161D"/>
     <w:rsid w:val="004905F3"/>
     <w:rsid w:val="00493D07"/>
     <w:rsid w:val="004B0CF8"/>
     <w:rsid w:val="004B226F"/>
     <w:rsid w:val="004B35FF"/>
     <w:rsid w:val="004D5C4E"/>
     <w:rsid w:val="004F06E8"/>
     <w:rsid w:val="004F35ED"/>
     <w:rsid w:val="004F522E"/>
     <w:rsid w:val="00500DB2"/>
     <w:rsid w:val="00502719"/>
     <w:rsid w:val="00506DEB"/>
     <w:rsid w:val="00515C29"/>
     <w:rsid w:val="00536F31"/>
     <w:rsid w:val="0053734E"/>
     <w:rsid w:val="00553552"/>
     <w:rsid w:val="00555ED5"/>
     <w:rsid w:val="0057073F"/>
     <w:rsid w:val="00571423"/>
     <w:rsid w:val="00583E9E"/>
     <w:rsid w:val="0059234B"/>
     <w:rsid w:val="00596B81"/>
     <w:rsid w:val="005B2A38"/>
     <w:rsid w:val="005B433C"/>
     <w:rsid w:val="005C149D"/>
-    <w:rsid w:val="005C3132"/>
     <w:rsid w:val="005D0723"/>
     <w:rsid w:val="005D41B2"/>
     <w:rsid w:val="005D4EDF"/>
     <w:rsid w:val="005E1646"/>
     <w:rsid w:val="005E3312"/>
     <w:rsid w:val="005E4237"/>
     <w:rsid w:val="005E759A"/>
     <w:rsid w:val="00611E40"/>
     <w:rsid w:val="006311C3"/>
     <w:rsid w:val="00644C22"/>
     <w:rsid w:val="00664DE6"/>
     <w:rsid w:val="0067062E"/>
     <w:rsid w:val="006732AF"/>
     <w:rsid w:val="0068503D"/>
     <w:rsid w:val="006961F6"/>
     <w:rsid w:val="006B0731"/>
     <w:rsid w:val="006B51B0"/>
     <w:rsid w:val="006C72B4"/>
     <w:rsid w:val="006D2FFB"/>
     <w:rsid w:val="006D32EB"/>
     <w:rsid w:val="006D4C02"/>
     <w:rsid w:val="006E22A8"/>
     <w:rsid w:val="006E3049"/>
     <w:rsid w:val="006E3A62"/>
     <w:rsid w:val="006F5442"/>
     <w:rsid w:val="0070206C"/>
     <w:rsid w:val="007038AA"/>
     <w:rsid w:val="0073309B"/>
     <w:rsid w:val="00771C8D"/>
     <w:rsid w:val="00772751"/>
     <w:rsid w:val="00782FB8"/>
     <w:rsid w:val="0079700F"/>
     <w:rsid w:val="007A3F60"/>
     <w:rsid w:val="007C64D2"/>
     <w:rsid w:val="007D4F9E"/>
     <w:rsid w:val="007F16E5"/>
     <w:rsid w:val="008306B0"/>
+    <w:rsid w:val="00833C11"/>
     <w:rsid w:val="0084046D"/>
     <w:rsid w:val="00845C71"/>
     <w:rsid w:val="0086188E"/>
     <w:rsid w:val="00862AA4"/>
     <w:rsid w:val="00865EFA"/>
     <w:rsid w:val="00876A9F"/>
     <w:rsid w:val="0087711E"/>
     <w:rsid w:val="00882B41"/>
     <w:rsid w:val="00890642"/>
+    <w:rsid w:val="00892063"/>
     <w:rsid w:val="008941CE"/>
     <w:rsid w:val="008A282B"/>
     <w:rsid w:val="008A7A67"/>
     <w:rsid w:val="008B2B86"/>
     <w:rsid w:val="008B2DB6"/>
-    <w:rsid w:val="008B54BE"/>
     <w:rsid w:val="008C0A60"/>
     <w:rsid w:val="008D702D"/>
     <w:rsid w:val="008E465E"/>
     <w:rsid w:val="008E68D6"/>
     <w:rsid w:val="008F463D"/>
     <w:rsid w:val="008F5898"/>
     <w:rsid w:val="00906E22"/>
     <w:rsid w:val="00916817"/>
     <w:rsid w:val="00937F26"/>
     <w:rsid w:val="0094557A"/>
     <w:rsid w:val="00950DF3"/>
     <w:rsid w:val="00951A71"/>
     <w:rsid w:val="0095649B"/>
     <w:rsid w:val="00961052"/>
     <w:rsid w:val="00963799"/>
     <w:rsid w:val="00970987"/>
     <w:rsid w:val="00973B08"/>
     <w:rsid w:val="00974AFD"/>
     <w:rsid w:val="00976663"/>
     <w:rsid w:val="009837D8"/>
     <w:rsid w:val="009A47C9"/>
     <w:rsid w:val="009A5ADB"/>
     <w:rsid w:val="009B0332"/>
     <w:rsid w:val="009B2FE7"/>
     <w:rsid w:val="009B4DB8"/>
     <w:rsid w:val="009C0B9F"/>
     <w:rsid w:val="009D08BE"/>
     <w:rsid w:val="009E1227"/>
     <w:rsid w:val="009E35F2"/>
     <w:rsid w:val="009E6F99"/>
     <w:rsid w:val="009E78AC"/>
+    <w:rsid w:val="00A00214"/>
     <w:rsid w:val="00A02CA0"/>
-    <w:rsid w:val="00A106A6"/>
     <w:rsid w:val="00A17202"/>
     <w:rsid w:val="00A17ABE"/>
     <w:rsid w:val="00A17BB0"/>
     <w:rsid w:val="00A203F5"/>
     <w:rsid w:val="00A23525"/>
     <w:rsid w:val="00A468FA"/>
     <w:rsid w:val="00A84067"/>
     <w:rsid w:val="00A937C9"/>
     <w:rsid w:val="00AB31BA"/>
     <w:rsid w:val="00AB3BF2"/>
     <w:rsid w:val="00AB7222"/>
     <w:rsid w:val="00AC377C"/>
+    <w:rsid w:val="00AD0713"/>
     <w:rsid w:val="00AE176F"/>
     <w:rsid w:val="00AE1E93"/>
     <w:rsid w:val="00AF17E6"/>
     <w:rsid w:val="00B2060F"/>
     <w:rsid w:val="00B64F1D"/>
     <w:rsid w:val="00B85DF5"/>
     <w:rsid w:val="00B8652A"/>
     <w:rsid w:val="00BA0AA8"/>
     <w:rsid w:val="00BA5EAE"/>
     <w:rsid w:val="00BA686A"/>
+    <w:rsid w:val="00BA7622"/>
     <w:rsid w:val="00BB1A2B"/>
     <w:rsid w:val="00BC2ED0"/>
     <w:rsid w:val="00BF4EB3"/>
     <w:rsid w:val="00C03A42"/>
     <w:rsid w:val="00C07DE8"/>
     <w:rsid w:val="00C121CB"/>
     <w:rsid w:val="00C1225C"/>
     <w:rsid w:val="00C60299"/>
     <w:rsid w:val="00C633FB"/>
     <w:rsid w:val="00C71609"/>
     <w:rsid w:val="00C73BDB"/>
     <w:rsid w:val="00C75757"/>
     <w:rsid w:val="00C82D95"/>
     <w:rsid w:val="00C83E50"/>
     <w:rsid w:val="00C91E1C"/>
     <w:rsid w:val="00C921E9"/>
     <w:rsid w:val="00C9736B"/>
     <w:rsid w:val="00CA1F0E"/>
     <w:rsid w:val="00CA2CD0"/>
     <w:rsid w:val="00CB7F55"/>
     <w:rsid w:val="00CC6BCA"/>
     <w:rsid w:val="00CE4EF1"/>
     <w:rsid w:val="00CF22DD"/>
+    <w:rsid w:val="00CF2D43"/>
+    <w:rsid w:val="00D0184C"/>
     <w:rsid w:val="00D14642"/>
     <w:rsid w:val="00D15D38"/>
     <w:rsid w:val="00D33E5F"/>
     <w:rsid w:val="00D46D98"/>
     <w:rsid w:val="00D50C91"/>
     <w:rsid w:val="00D51299"/>
     <w:rsid w:val="00D6410B"/>
     <w:rsid w:val="00D74549"/>
     <w:rsid w:val="00DB69F2"/>
     <w:rsid w:val="00DD4810"/>
     <w:rsid w:val="00DD5ABA"/>
     <w:rsid w:val="00DE5B92"/>
     <w:rsid w:val="00DF55B8"/>
     <w:rsid w:val="00E037E8"/>
     <w:rsid w:val="00E66D17"/>
     <w:rsid w:val="00E703B9"/>
     <w:rsid w:val="00E81089"/>
     <w:rsid w:val="00E96CAD"/>
     <w:rsid w:val="00EB5B41"/>
     <w:rsid w:val="00ED43AC"/>
     <w:rsid w:val="00EF2197"/>
     <w:rsid w:val="00F07C28"/>
     <w:rsid w:val="00F17320"/>
     <w:rsid w:val="00F25A4C"/>
     <w:rsid w:val="00F26B47"/>
     <w:rsid w:val="00F30D11"/>
     <w:rsid w:val="00F435E7"/>
     <w:rsid w:val="00F6183E"/>
+    <w:rsid w:val="00FA5878"/>
     <w:rsid w:val="00FA6F34"/>
     <w:rsid w:val="00FB4C04"/>
     <w:rsid w:val="00FD0C35"/>
     <w:rsid w:val="00FD0E7E"/>
     <w:rsid w:val="00FE2219"/>
     <w:rsid w:val="00FF15BB"/>
     <w:rsid w:val="00FF33E3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7C7EEEBC"/>
   <w15:docId w15:val="{C180B6D6-5E4B-496A-B30E-508D914F1580}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7922,51 +7757,51 @@
     <w:link w:val="Kommentarthema"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A937C9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="berschrift1Zchn">
     <w:name w:val="Überschrift 1 Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="berschrift1"/>
     <w:rsid w:val="004342F1"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1864123499">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
@@ -8261,50 +8096,65 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="82589c12-70c4-4c94-a25a-3c827aa5c9f9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101007AC43CE515D2804DAC7ADE3243597B14" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="d36f937f196cc11c9034c2c1754a79c3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xmlns:ns3="82589c12-70c4-4c94-a25a-3c827aa5c9f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="503caf83702f076935e2dbbd87d5e908" ns2:_="" ns3:_="">
     <xsd:import namespace="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <xsd:import namespace="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -8515,141 +8365,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0050B1C5-C504-461B-BA3D-B0A77676847F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{40134AE4-6271-4C88-B4B9-1BB1559497FB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
+    <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{916E2E06-1965-4F5B-AC6B-FAA85AA20AC1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6EB0809-F488-40C8-AFDC-16DAB955854F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2683</Words>
-  <Characters>16903</Characters>
+  <Words>2682</Words>
+  <Characters>16900</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>140</Lines>
   <Paragraphs>39</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19547</CharactersWithSpaces>
+  <CharactersWithSpaces>19543</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="144" baseType="variant">
       <vt:variant>
         <vt:i4>4063319</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>69</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@wiesbaden.ihk.de</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5767260</vt:i4>
       </vt:variant>
       <vt:variant>