--- v0 (2025-10-08)
+++ v1 (2026-01-12)
@@ -1,58 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="394CB155" w14:textId="36483DAF" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="0C733706" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRDefault="007C4E0E"/>
     <w:p w14:paraId="4E3BE6A4" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="6B0BF678" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="44FB5214" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="7888A619" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="2D590F4F" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="4CAD17D9" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="2778CAFB" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="600FCF48" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="598FDDAA" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="7F379ACC" w14:textId="007A01BB" w:rsidR="006D32EB" w:rsidRPr="00782FB8" w:rsidRDefault="00614942" w:rsidP="00782FB8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="80"/>
           <w:szCs w:val="80"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="80"/>
           <w:szCs w:val="80"/>
         </w:rPr>
         <w:t>Muster</w:t>
@@ -100,182 +99,176 @@
     </w:p>
     <w:p w14:paraId="33940D77" w14:textId="77777777" w:rsidR="001C6588" w:rsidRPr="00CF5456" w:rsidRDefault="001C6588" w:rsidP="001C6588">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Helv" w:hAnsi="Helv" w:cs="Helv"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51D55988" w14:textId="77777777" w:rsidR="001C6588" w:rsidRPr="00CF5456" w:rsidRDefault="001C6588" w:rsidP="001C6588">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Helv" w:hAnsi="Helv" w:cs="Helv"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00D8A54E" w14:textId="77777777" w:rsidR="001C6588" w:rsidRPr="00CF5456" w:rsidRDefault="001C6588" w:rsidP="001C6588">
-[...59 lines deleted...]
-    <w:p w14:paraId="447E3C2B" w14:textId="77777777" w:rsidR="00DA761D" w:rsidRDefault="00DA761D" w:rsidP="00DA761D">
+    <w:p w14:paraId="14C7C0FC" w14:textId="77777777" w:rsidR="0088051C" w:rsidRDefault="0088051C" w:rsidP="0088051C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212717203"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit freundlicher Unterstützung zur Verfügung gestellt vom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="09953399" wp14:editId="3BE926DC">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4E4349D4" wp14:editId="06743265">
             <wp:extent cx="2247900" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="588512616" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2240280" cy="563880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39D70986" w14:textId="77777777" w:rsidR="00DA761D" w:rsidRDefault="00DA761D" w:rsidP="00DA761D">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="00D8A54E" w14:textId="77777777" w:rsidR="001C6588" w:rsidRPr="00CF5456" w:rsidRDefault="001C6588" w:rsidP="001C6588">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helv" w:hAnsi="Helv" w:cs="Helv"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="124A4E39" w14:textId="77777777" w:rsidR="001C6588" w:rsidRPr="00CF5456" w:rsidRDefault="001C6588" w:rsidP="001C6588">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helv" w:hAnsi="Helv" w:cs="Helv"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47A78C9E" w14:textId="77777777" w:rsidR="001C6588" w:rsidRPr="00CF5456" w:rsidRDefault="001C6588" w:rsidP="001C6588">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helv" w:hAnsi="Helv" w:cs="Helv"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01CA5950" w14:textId="77777777" w:rsidR="00611DB0" w:rsidRPr="00CF5456" w:rsidRDefault="00611DB0" w:rsidP="001C6588">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helv" w:hAnsi="Helv" w:cs="Helv"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AD10E01" w14:textId="77777777" w:rsidR="00611DB0" w:rsidRPr="00CF5456" w:rsidRDefault="00611DB0" w:rsidP="001C6588">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helv" w:hAnsi="Helv" w:cs="Helv"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51132231" w14:textId="77777777" w:rsidR="001C6588" w:rsidRPr="00CF5456" w:rsidRDefault="001C6588" w:rsidP="00782FB8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Helv" w:hAnsi="Helv" w:cs="Helv"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66139CDF" w14:textId="77777777" w:rsidR="00701631" w:rsidRPr="00CF5456" w:rsidRDefault="00701631" w:rsidP="00782FB8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Helv" w:hAnsi="Helv" w:cs="Helv"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19760682" w14:textId="77777777" w:rsidR="00701631" w:rsidRPr="00CF5456" w:rsidRDefault="00701631" w:rsidP="00782FB8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Helv" w:hAnsi="Helv" w:cs="Helv"/>
@@ -499,51 +492,69 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00614942">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aus Gründen der sprachlichen Vereinfachung wird auf die Nennung der drei Geschlechter verzichtet, wo eine geschlechtsneutrale Formulierung nicht möglich war. In diesen Fällen beziehen die verwendeten männlichen Begriffe die weiblichen und diversen Formen ebenso mit ein. </w:t>
       </w:r>
       <w:r w:rsidRPr="00614942">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Mustervertrag ist nur ein Vorschlag für eine mögliche Regelung. Viele Festlegungen sind frei vereinbar. Der Verwender kann auch andere Formulierungen wählen. </w:t>
       </w:r>
       <w:r w:rsidRPr="00614942">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret zu regelnde Situation und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
+        <w:t xml:space="preserve">Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00614942">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zu regelnde Situation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00614942">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
       </w:r>
       <w:r w:rsidRPr="00614942">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Falls Sie einen maßgeschneiderten Vertrag benötigen, sollten Sie sich durch einen Rechtsanwalt Ihres Vertrauens beraten lassen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27B7A0E4" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRPr="00614942" w:rsidRDefault="00782FB8" w:rsidP="00614942">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4AA41442" w14:textId="77777777" w:rsidR="00B84D8E" w:rsidRPr="00614942" w:rsidRDefault="006D32EB" w:rsidP="00614942">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
@@ -627,51 +638,69 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00614942">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Zwischen ................................................................................................</w:t>
       </w:r>
       <w:r w:rsidR="00614942">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>......................</w:t>
       </w:r>
       <w:r w:rsidR="00614942">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
-        <w:t>…………………………………………………………………………………………………..</w:t>
+        <w:t>……………………………………………………………………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00614942">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00614942">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00614942">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Name und Adresse des Arbeitgebers)</w:t>
       </w:r>
       <w:r w:rsidRPr="00614942">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00614942">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
@@ -1039,52 +1068,62 @@
       <w:r w:rsidRPr="00614942">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Beginn des Arbeitsverhältnisses</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20D45193" w14:textId="1DA8AE88" w:rsidR="00B84D8E" w:rsidRDefault="00B84D8E" w:rsidP="00614942">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00614942">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Das Arbeitsverhältnis beginnt am  ....................</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Das Arbeitsverhältnis beginnt </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00614942">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>am  ....................</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="6B3C5ED0" w14:textId="77777777" w:rsidR="007424EE" w:rsidRPr="00614942" w:rsidRDefault="007424EE" w:rsidP="00614942">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6247BD90" w14:textId="77777777" w:rsidR="007424EE" w:rsidRPr="00614942" w:rsidRDefault="007424EE" w:rsidP="007424EE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00614942">
         <w:rPr>
@@ -1092,113 +1131,131 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tätigkeit</w:t>
       </w:r>
       <w:r w:rsidRPr="00D71827">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>und Ort</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="754032A6" w14:textId="77777777" w:rsidR="007424EE" w:rsidRPr="00614942" w:rsidRDefault="007424EE" w:rsidP="007424EE">
+    <w:p w14:paraId="754032A6" w14:textId="77777777" w:rsidR="007424EE" w:rsidRDefault="007424EE" w:rsidP="007424EE">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00614942">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Arbeitnehmer wird in Teilzeit als ............................................. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in…………………………………</w:t>
       </w:r>
       <w:r w:rsidRPr="00614942">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">eingestellt. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AE3F561" w14:textId="42936280" w:rsidR="007424EE" w:rsidRPr="00614942" w:rsidRDefault="007424EE" w:rsidP="007424EE">
-[...14 lines deleted...]
-        <w:t>Anmerkung: Bei der Angabe der Tätigkeiten empfiehlt sich keine zu starke Einengung, da bei einer Änderung der Arbeitnehmer ansonsten zustimmen muss oder eine sozial gerechtfertigte Änderungskündigung auszusprechen ist.</w:t>
+    <w:p w14:paraId="3DDC0B93" w14:textId="60529E3F" w:rsidR="00912808" w:rsidRDefault="00912808" w:rsidP="007424EE">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Insbesondere gehören folgende Tätigkeiten zu seinem Arbeitsbereich:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44768D96" w14:textId="38983328" w:rsidR="00912808" w:rsidRPr="00614942" w:rsidRDefault="00912808" w:rsidP="007424EE">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56495371" w14:textId="77777777" w:rsidR="007424EE" w:rsidRPr="00614942" w:rsidRDefault="007424EE" w:rsidP="007424EE">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="561301A6" w14:textId="4915A118" w:rsidR="007424EE" w:rsidRDefault="007424EE" w:rsidP="007424EE">
+    <w:p w14:paraId="561301A6" w14:textId="5E5215B6" w:rsidR="007424EE" w:rsidRDefault="007424EE" w:rsidP="007424EE">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00614942">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Er verpflichtet sich, </w:t>
       </w:r>
       <w:r w:rsidR="00555639">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">bei betrieblichen Erfordernissen des Arbeitgebers </w:t>
       </w:r>
       <w:r w:rsidRPr="00614942">
@@ -1269,51 +1326,51 @@
       <w:r w:rsidR="007C4E0E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ist</w:t>
       </w:r>
       <w:r w:rsidR="007C4E0E" w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00555639">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Als vorübergehend gilt ein Zeitraum von zusammenhängend nicht mehr als drei Monaten.</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="323310DA" w14:textId="77777777" w:rsidR="007424EE" w:rsidRDefault="007424EE" w:rsidP="007424EE">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C1A42F9" w14:textId="77777777" w:rsidR="007424EE" w:rsidRDefault="007424EE" w:rsidP="007424EE">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1334,83 +1391,114 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19329780" w14:textId="77777777" w:rsidR="00B84D8E" w:rsidRPr="00614942" w:rsidRDefault="00B84D8E" w:rsidP="00614942">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00614942">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Probezeit</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44EACC09" w14:textId="77777777" w:rsidR="00B84D8E" w:rsidRPr="00614942" w:rsidRDefault="00B84D8E" w:rsidP="00614942">
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00614942">
+    <w:p w14:paraId="44EACC09" w14:textId="51422655" w:rsidR="00B84D8E" w:rsidRPr="00614942" w:rsidRDefault="00B84D8E" w:rsidP="00614942">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00614942">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Das Arbeitsverhältnis wird auf unbestimmte Zeit geschlossen. Die ersten sechs Monate </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00912808">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> drei Monate) gelten als Probezeit. Während der Probezeit kann das Arbeitsverhältnis beiderseits mit einer Frist von zwei Wochen gekündigt werden.</w:t>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00912808" w:rsidRPr="00912808">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Anmerkung</w:t>
+      </w:r>
+      <w:r w:rsidR="00912808">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: eine Verkürzung ist möglich</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00912808">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00614942">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gelten als Probezeit. Während der Probezeit kann das Arbeitsverhältnis beiderseits mit einer Frist von zwei Wochen gekündigt werden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EA25A7F" w14:textId="1F7FFCB6" w:rsidR="00B84D8E" w:rsidRDefault="00B84D8E" w:rsidP="00614942">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C0E8F30" w14:textId="77777777" w:rsidR="00F04E66" w:rsidRPr="00614942" w:rsidRDefault="00F04E66" w:rsidP="00614942">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D7A81DF" w14:textId="77777777" w:rsidR="00B84D8E" w:rsidRPr="00CD7639" w:rsidRDefault="00B84D8E" w:rsidP="00614942">
       <w:pPr>
         <w:numPr>
@@ -1426,50 +1514,51 @@
       <w:r w:rsidRPr="00CD7639">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Arbeitszeit</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4617D7F9" w14:textId="4BB66202" w:rsidR="00EE0BAE" w:rsidRDefault="00EE0BAE" w:rsidP="00EE0BAE">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Die regelmäßige wöchentliche Arbeitszeit beträgt ….... Stunden. Beginn</w:t>
       </w:r>
       <w:r w:rsidR="00555639">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Ende </w:t>
       </w:r>
       <w:r w:rsidR="00555639">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">und Pausen </w:t>
@@ -1525,77 +1614,95 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17246D4C" w14:textId="77777777" w:rsidR="00EE0BAE" w:rsidRDefault="00EE0BAE" w:rsidP="00EE0BAE">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………………………………………………………………………………………….</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B81BB2C" w14:textId="345E6EDD" w:rsidR="00EE0BAE" w:rsidRPr="00994069" w:rsidRDefault="00EE0BAE" w:rsidP="00EE0BAE">
+    <w:p w14:paraId="6B81BB2C" w14:textId="3CE69651" w:rsidR="00EE0BAE" w:rsidRPr="00994069" w:rsidRDefault="00912808" w:rsidP="00EE0BAE">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Anmerkung: Bei Schichtarbeit sämtliche Einteilungsmöglichkeiten auflisten</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00555639">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE0BAE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t>Anmerkung: Bei Schichtarbeit sämtliche Einteilungsmöglichkeiten auflisten</w:t>
+      </w:r>
+      <w:r w:rsidR="00555639">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>: Schichtsystem, Schichtrhythmus und Voraussetzungen für Schichtänderungen.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AF67A86" w14:textId="77777777" w:rsidR="00EE0BAE" w:rsidRDefault="00EE0BAE" w:rsidP="00EE0BAE">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CC7441E" w14:textId="77777777" w:rsidR="00EE0BAE" w:rsidRDefault="00EE0BAE" w:rsidP="00EE0BAE">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -1819,66 +1926,82 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B40FC34" w14:textId="0ACAF858" w:rsidR="005A0CA2" w:rsidRPr="00B54A7B" w:rsidRDefault="005A0CA2" w:rsidP="005A0CA2">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B54A7B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Arbeitnehmer ist bei Einführung von Kurzarbeit damit einverstanden, dass die Arbeitszeit vorübergehend verkürzt und für die Dauer der Arbeitszeitverkürzung die Vergütung entsprechend reduziert wird.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67182EDB" w14:textId="77777777" w:rsidR="005A0CA2" w:rsidRDefault="005A0CA2" w:rsidP="005A0CA2">
+    <w:p w14:paraId="67182EDB" w14:textId="21742684" w:rsidR="005A0CA2" w:rsidRDefault="00912808" w:rsidP="005A0CA2">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0CA2">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t>Anmerkung: Sollte ein Betriebsrat bestehen, müsste mit diesem eine Betriebsvereinbarung über die Kurzarbeit geschlossen werden.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25CA6AD7" w14:textId="77777777" w:rsidR="005A0CA2" w:rsidRPr="00614942" w:rsidRDefault="005A0CA2" w:rsidP="00B54A7B">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6171876E" w14:textId="77777777" w:rsidR="00B84D8E" w:rsidRPr="00CD7639" w:rsidRDefault="00B84D8E" w:rsidP="00614942">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD7639">
@@ -1897,102 +2020,110 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00614942">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Arbeitnehmer erhält eine monatliche Bruttovergütung von ............. € / einen Stundenlohn von derzeit   ................. Euro.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DDA4C24" w14:textId="6C93696F" w:rsidR="003132F2" w:rsidRDefault="003132F2" w:rsidP="00CD7639">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44A6A9A3" w14:textId="77777777" w:rsidR="00EE0BAE" w:rsidRDefault="00EE0BAE" w:rsidP="00EE0BAE">
+    <w:p w14:paraId="44A6A9A3" w14:textId="3D3FC8D0" w:rsidR="00EE0BAE" w:rsidRDefault="00EE0BAE" w:rsidP="00EE0BAE">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Diese ist zum Ende des jeweiligen Kalendermonats fällig und wird -wie sämtliche folgenden Gehaltsbestandteile- bargeldlos auf folgendes Konto des </w:t>
+        <w:t xml:space="preserve">Diese ist zum Ende des jeweiligen Kalendermonats fällig und wird -wie sämtliche </w:t>
+      </w:r>
+      <w:r w:rsidR="003E2A02">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>weiteren</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Gehaltsbestandteile- bargeldlos auf folgendes Konto des Arbeitnehmers ausgezahlt: …………………………………...………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48C6ABE7" w14:textId="77777777" w:rsidR="00EE0BAE" w:rsidRDefault="00EE0BAE" w:rsidP="00EE0BAE">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08BDA705" w14:textId="77777777" w:rsidR="00EE0BAE" w:rsidRDefault="00EE0BAE" w:rsidP="00EE0BAE">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Arbeitnehmers ausgezahlt: …………………………………...………………………………………………………….</w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t>Weitere Gehaltsbestandteile sind:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EBD2615" w14:textId="77777777" w:rsidR="00EE0BAE" w:rsidRDefault="00EE0BAE" w:rsidP="00EE0BAE">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="696AE777" w14:textId="77777777" w:rsidR="00EE0BAE" w:rsidRDefault="00EE0BAE" w:rsidP="00EE0BAE">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -2273,51 +2404,69 @@
     <w:p w14:paraId="38593C17" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5263071C" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRPr="00685F2D" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Der Arbeitgeber gewährt zusätzlich einen vertraglichen Urlaub von weiteren …….. Arbeitstagen. Bei der Gewährung von Urlaub wird zuerst der gesetzliche Urlaub eingebracht.</w:t>
+        <w:t xml:space="preserve">Der Arbeitgeber gewährt zusätzlich einen vertraglichen Urlaub von weiteren </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00685F2D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Arbeitstagen. Bei der Gewährung von Urlaub wird zuerst der gesetzliche Urlaub eingebracht.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C14A553" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRPr="00685F2D" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F17270F" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -2346,134 +2495,182 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Im Ein- und Austrittsjahr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> erhält der Arbeitnehmer für jeden vollen Beschäftigungsmonat ein Zwölftel des vertraglichen Zusatzurlaubs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36425659" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="29F75D64" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
+    <w:p w14:paraId="29F75D64" w14:textId="5C2FDB92" w:rsidR="007C4E0E" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Für den vertraglichen </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Zusatzu</w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rlaub gilt abweichend von dem gesetzlichen Mindesturlaub, dass der Urlaubsanspruch </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">am 31.Dezember </w:t>
+        <w:t>am 31.</w:t>
+      </w:r>
+      <w:r w:rsidR="003E2A02">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dezember </w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>des jeweiligen Kalenderjahres (</w:t>
       </w:r>
+      <w:r w:rsidR="003E2A02" w:rsidRPr="003E2A02">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Anmerkung </w:t>
+      </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>oder:</w:t>
+        <w:t>oder</w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mit Ablauf des</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Übertragungszeitraums am 31.März </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2A02">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mit Ablauf des Übertragungszeitraums am 31.</w:t>
+      </w:r>
+      <w:r w:rsidR="003E2A02" w:rsidRPr="003E2A02">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E2A02">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>März des Folgejahres)</w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">des Folgejahres) auch dann verfällt, wenn er wegen Arbeitsunfähigkeit des Arbeitnehmers nicht genommen werden kann. </w:t>
+        <w:t xml:space="preserve"> auch dann verfällt, wenn er wegen Arbeitsunfähigkeit des Arbeitnehmers nicht genommen werden kann. </w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Der gesetzliche Urlaub verfällt in diesem Fall erst 15 Monate nach Ende des Urlaubsjahres.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11C67CA1" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRPr="00685F2D" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06A7E1EA" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRPr="00685F2D" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
@@ -2497,51 +2694,50 @@
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F6C81F8" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRPr="00685F2D" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Die recht</w:t>
       </w:r>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>liche Behandlung des Urlaubs richtet sich im Übrigen nach den gesetzlichen Bestimmungen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5589185E" w14:textId="20C2B8C6" w:rsidR="00B84D8E" w:rsidRPr="00614942" w:rsidRDefault="00B84D8E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D86276A" w14:textId="77777777" w:rsidR="00B84D8E" w:rsidRPr="00CD7639" w:rsidRDefault="00B84D8E" w:rsidP="00614942">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -2556,53 +2752,54 @@
       <w:r w:rsidRPr="00CD7639">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Krankheit</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C1A79BC" w14:textId="6B6E3541" w:rsidR="007C4E0E" w:rsidRPr="00685F2D" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Die </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk130557802"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk130557802"/>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Entgeltfortzahlung im Krankheitsfall richtet sich nach den gesetzlichen Bestimmungen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EBD0FF8" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRPr="00685F2D" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="561A5B82" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -2818,51 +3015,51 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B8B1D0E" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Arbeitgeber ist berechtigt, die Vorlage der Arbeitsunfähigkeitsbescheinigung früher zu verlangen.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="5C6089DA" w14:textId="7E95618F" w:rsidR="00D6480D" w:rsidRDefault="00D6480D" w:rsidP="005A0CA2">
       <w:pPr>
         <w:ind w:left="283"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C586391" w14:textId="77777777" w:rsidR="007424EE" w:rsidRPr="00CF5456" w:rsidRDefault="007424EE" w:rsidP="00CF5456">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CF5456">
@@ -2936,63 +3133,67 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Die betriebliche Altersversorgung wir durchgeführt von………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CC60F27" w14:textId="77777777" w:rsidR="007424EE" w:rsidRDefault="007424EE" w:rsidP="007424EE">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="75400037" w14:textId="77777777" w:rsidR="007424EE" w:rsidRDefault="007424EE" w:rsidP="007424EE">
+    <w:p w14:paraId="75400037" w14:textId="77777777" w:rsidR="007424EE" w:rsidRPr="003E2A02" w:rsidRDefault="007424EE" w:rsidP="007424EE">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E2A02">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Alternativ:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33552EE6" w14:textId="77777777" w:rsidR="007424EE" w:rsidRDefault="007424EE" w:rsidP="007424EE">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65F4FD34" w14:textId="77777777" w:rsidR="007424EE" w:rsidRPr="00994069" w:rsidRDefault="007424EE" w:rsidP="007424EE">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3070,184 +3271,117 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20DDE592" w14:textId="77777777" w:rsidR="00B84D8E" w:rsidRPr="00CF5456" w:rsidRDefault="00B84D8E" w:rsidP="00614942">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD7639">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Verschwiegenheitspflicht</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BBCC37D" w14:textId="77777777" w:rsidR="00677114" w:rsidRPr="00614942" w:rsidRDefault="00677114" w:rsidP="00CD7639">
+    <w:p w14:paraId="7BBCC37D" w14:textId="3BCF9451" w:rsidR="00677114" w:rsidRPr="00614942" w:rsidRDefault="00677114" w:rsidP="00CD7639">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00614942">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Der Arbeitnehmer verpflichtet sich, während der Dauer des Arbeitsverhältnisses und auch nach dem Ausscheiden, über alle Geschäftsgeheimnisse sowie betriebliche Angelegenheiten vertraulicher Natur, die als solche von der Geschäftsleitung schriftlich oder mündlich bezeichnet werden bzw. offensichtlich als solche zu erkennen sind, Stillschweigen zu bewahren und ohne ausdrückliche Genehmigung der Geschäftsleitung keinen dritten Personen zugänglich zu machen. Der Arbeitnehmer hat die Anweisungen und Maßnahmen des Arbeitgebers zur Geheimhaltung zu beachten.</w:t>
       </w:r>
       <w:r w:rsidRPr="00614942">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="141414"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Im Zweifelsfall wird der Arbeitnehmer eine Weisung des Arbeitgebers zur Vertraulichkeit bestimmter Tatsachen einholen.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-          <w:i/>
+      <w:r w:rsidR="00497D4C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
           <w:color w:val="141414"/>
-          <w:sz w:val="20"/>
-[...67 lines deleted...]
-        <w:t xml:space="preserve"> seitens der Arbeitgeber; es kann daher empfehlenswert sein, die wesentlichen, von solchen Geheimhaltungsmaßnahmen betroffenen Informationen (abstrakt) zu beschreiben: „Als Geschäftsgeheimnisse geheim zu halten sind insbesondere...“</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Die Geheimhaltungspflicht umfasst insbesondere folgenden Geschäftsgeheimnisse: ………………………………………………………………….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AECEA8B" w14:textId="77777777" w:rsidR="00B84D8E" w:rsidRPr="00614942" w:rsidRDefault="00B84D8E" w:rsidP="00CD7639">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5DEEA193" w14:textId="77777777" w:rsidR="00B84D8E" w:rsidRPr="00614942" w:rsidRDefault="00B84D8E" w:rsidP="00CD7639">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00614942">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Für jeden Fall der Zuwiderhandlung gegen diese Verpflichtung verpflichtet er sich, eine Vertragsstrafe in Höhe einer Bruttomonatsvergütung zu zahlen. Die Geltendmachung eines weiteren Schadens bleibt dem Arbeitgeber vorbehalten.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26B95E65" w14:textId="77777777" w:rsidR="00B84D8E" w:rsidRPr="00614942" w:rsidRDefault="00B84D8E" w:rsidP="00CD7639">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="306701F0" w14:textId="77777777" w:rsidR="00B84D8E" w:rsidRDefault="00B84D8E" w:rsidP="00CD7639">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00614942">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -3461,142 +3595,134 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Beendigung des Arbeitsverhältnisses durch Kündigung oder Aufhebungsvertrag bedarf für ihre Wirksamkeit der Schriftform, die elektronische Form ist ausgeschlossen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3414C1F7" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B61F8A0" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk110516325"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk110516325"/>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Nach Ablauf der Probezeit finden die gesetzlichen Kündigungsfristen </w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Hlk110516212"/>
-      <w:bookmarkStart w:id="3" w:name="_Hlk110516184"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk110516212"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk110516184"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(§ 622 BGB) </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Anwendung. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p w14:paraId="188BC813" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45875259" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Danach kann ein Arbeitsverhältnis mit einer Kündigungsfrist von vier Wochen zum Fünfzehnten oder zum Ende eines Kalendermonats gekündigt werden.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="736F0B2D" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="060CBE4E" w14:textId="592DA0CF" w:rsidR="007C4E0E" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
+    <w:p w14:paraId="060CBE4E" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Die Kündigungsfristen für Arbeitgeber verlängern sich bei längerem Bestehen des Arbeitsverhältnisses wie folgt:</w:t>
-      </w:r>
-[...6 lines deleted...]
-        <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="31ED5AAD" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79BC7C5B" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -3770,106 +3896,115 @@
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D73E75B" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRPr="00685F2D" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Jede gesetzliche Verlängerung der Kündigungsfrist zugunsten des Arbeitnehmers gilt in gleicher Weise auch zugunsten des Arbeitgebers. </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="127F92D6" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRPr="00685F2D" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4330CA1F" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRPr="00685F2D" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Der Arbeitgeber ist berechtigt, den Arbeitnehmer bis zur Beendigung des Arbeitsverhältnisses freizustellen. Die Freistellung erfolgt unter Anrechnung der dem Arbeitnehmer eventuell noch zustehenden Urlaubsansprüche sowie eventueller Guthaben auf dem Arbeitszeitkonto. In der Zeit der Freistellung hat sich der Arbeitnehmer einen durch Verwendung seiner Arbeitskraft erzielten Verdienst auf den Vergütungsanspruch gegenüber dem Arbeitgeber anrechnen zu lassen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41C6F1CF" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRPr="00685F2D" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08377748" w14:textId="33E2F780" w:rsidR="007C4E0E" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
+    <w:p w14:paraId="08377748" w14:textId="69E35FD6" w:rsidR="007C4E0E" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00685F2D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Das Arbeitsverhältnis endet ohne Kündigung spätestens mit Ablauf des Monats, in dem der Arbeitnehmer das für ihn gesetzlich festgelegte Renteneintrittsalter vollendet hat. </w:t>
+        <w:t>Das Arbeitsverhältnis endet ohne Kündigung spätestens mit Ablauf des Monats, in dem der Arbeitnehmer das für ihn gesetzlich festgelegte Renteneintrittsalter vollendet hat</w:t>
+      </w:r>
+      <w:r w:rsidR="00497D4C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oder ihm ein Bescheid eines Rentenversicherungsträgers über die Gewährung einer unbefristeten Rente wegen vollständiger Erwerbsminderung zugestellt wird.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="253DC5BD" w14:textId="77777777" w:rsidR="007C4E0E" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="667D2983" w14:textId="52E7B9E8" w:rsidR="00B84D8E" w:rsidRDefault="007C4E0E" w:rsidP="007C4E0E">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00797100">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -3947,82 +4082,90 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71EDC799" w14:textId="77777777" w:rsidR="00EF7449" w:rsidRPr="00CD7639" w:rsidRDefault="00EF7449" w:rsidP="00EF7449">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD7639">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Vertragsstrafe</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A0F327D" w14:textId="2A4017A0" w:rsidR="00EF7449" w:rsidRDefault="00EF7449" w:rsidP="00EF7449">
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> 5 beschränkt. Das Recht des Arbeitgebers, weitergehende Schadensersatzansprüche geltend zu machen, bleibt unberührt.</w:t>
+    <w:p w14:paraId="4A0F327D" w14:textId="436EBC32" w:rsidR="00EF7449" w:rsidRDefault="00EF7449" w:rsidP="00EF7449">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00614942">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Der Arbeitnehmer verpflichtet sich für den Fall, dass er das Arbeitsverhältnis nicht oder verspätet antritt, die Arbeit unberechtigt vorübergehend verweigert, das Arbeitsverhältnis vertragswidrig beendet oder den Arbeitgeber durch vertragswidriges Verhalten zur außerordentlichen Kündigung veranlasst, dem Arbeitgeber eine Vertragsstrafe zu zahlen. Als Vertragsstrafe wird ein sich aus der Bruttomonatsvergütung nach </w:t>
+      </w:r>
+      <w:r w:rsidR="00497D4C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ziffer VI</w:t>
+      </w:r>
+      <w:r w:rsidR="003E2A02">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00614942">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> zu errechnendes Bruttotagegeld für jeden Tag der Zuwiderhandlung vereinbart, insgesamt jedoch nicht mehr als das in der gesetzlichen Mindestkündigungsfrist ansonsten zu zahlende Arbeitsentgelt. Die Vertragsstrafe ist der Höhe nach auf maximal eine Bruttomonatsvergütung beschränkt. Das Recht des Arbeitgebers, weitergehende Schadensersatzansprüche geltend zu machen, bleibt unberührt.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="730069F5" w14:textId="77777777" w:rsidR="00EF7449" w:rsidRDefault="00EF7449" w:rsidP="006478E8">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A7E3C70" w14:textId="77777777" w:rsidR="006478E8" w:rsidRDefault="006478E8" w:rsidP="00CF5456">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -4156,68 +4299,68 @@
       </w:r>
       <w:r w:rsidR="00555639">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Die Ausschlussfrist beginnt, wenn der Anspruch entstanden ist und der Anspruchsteller </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00555639">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>von den anspruchsbegründenden Umständen</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00555639">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Kenntnis erlangt </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00555639">
+        <w:t xml:space="preserve"> Kenntnis erlangt oder ohne grobe Fahrlässigkeit erlangen müsste. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00614942">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hiervon unberührt bleiben </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00614942">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">oder ohne grobe Fahrlässigkeit erlangen müsste. </w:t>
-[...7 lines deleted...]
-        <w:t>Hiervon unberührt bleiben Ansprüche</w:t>
+        <w:t>Ansprüche</w:t>
       </w:r>
       <w:r w:rsidR="00555639">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007C52E6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>für Schäden aus der Verletzung des Lebens, des Körpers oder Gesundheit, aus vorsätzlicher Vertragsverletzung und vorsätzlicher unerlaubter Handlung.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18938F51" w14:textId="77777777" w:rsidR="00B84D8E" w:rsidRPr="00614942" w:rsidRDefault="00B84D8E" w:rsidP="00CD7639">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -4599,230 +4742,204 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00614942">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00614942">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Unterschrift Arbeitnehmer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="173AC34C" w14:textId="77777777" w:rsidR="005D41B2" w:rsidRDefault="005D41B2" w:rsidP="00101FDB">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="76057943" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="003132F2">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="173AC34C" w14:textId="77777777" w:rsidR="005D41B2" w:rsidRDefault="005D41B2" w:rsidP="0088051C">
+      <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="005D41B2" w:rsidSect="00DA761D">
+    <w:sectPr w:rsidR="005D41B2">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="964" w:right="1021" w:bottom="833" w:left="1814" w:header="720" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:docGrid w:linePitch="299"/>
+      <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0AD4F396" w14:textId="77777777" w:rsidR="00A66E2A" w:rsidRDefault="00A66E2A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="35B41A98" w14:textId="77777777" w:rsidR="00A66E2A" w:rsidRDefault="00A66E2A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helv">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="44630670" w14:textId="77777777" w:rsidR="00A66E2A" w:rsidRDefault="00A66E2A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2116289D" w14:textId="77777777" w:rsidR="00A66E2A" w:rsidRDefault="00A66E2A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="1997980F" w14:textId="56269431" w:rsidR="006D32EB" w:rsidRDefault="00DA761D">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="17FF1FB0" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+  </w:p>
+  <w:p w14:paraId="316F658D" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
-        <w:noProof/>
+        <w:color w:val="808080"/>
       </w:rPr>
-      <w:drawing>
-[...40 lines deleted...]
-    </w:r>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="1997980F" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+      <w:rPr>
+        <w:color w:val="808080"/>
+      </w:rPr>
+    </w:pPr>
   </w:p>
   <w:p w14:paraId="67B13603" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="147204A2" w14:textId="3EF4697C" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00F028A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B0E4CABA"/>
     <w:lvl w:ilvl="0" w:tplc="4F584702">
       <w:start w:val="4"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -5611,299 +5728,286 @@
   <w:num w:numId="3" w16cid:durableId="729958648">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="306906571">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="64618726">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1972636168">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1442916537">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1207066540">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1427654472">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="52225"/>
+    <o:shapedefaults v:ext="edit" spidmax="58369"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...17 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="002B465C"/>
     <w:rsid w:val="00026416"/>
     <w:rsid w:val="000459BF"/>
     <w:rsid w:val="000659FF"/>
     <w:rsid w:val="000834FA"/>
     <w:rsid w:val="00086F57"/>
     <w:rsid w:val="000A0998"/>
     <w:rsid w:val="000D3FA7"/>
     <w:rsid w:val="000E67C5"/>
+    <w:rsid w:val="000E6D99"/>
     <w:rsid w:val="00101FDB"/>
     <w:rsid w:val="001045FC"/>
+    <w:rsid w:val="0011138C"/>
     <w:rsid w:val="0011284E"/>
     <w:rsid w:val="00136734"/>
     <w:rsid w:val="001535E9"/>
     <w:rsid w:val="00153B0E"/>
     <w:rsid w:val="0016349B"/>
     <w:rsid w:val="001673C0"/>
     <w:rsid w:val="001803EF"/>
     <w:rsid w:val="00187EFA"/>
     <w:rsid w:val="00190B1A"/>
     <w:rsid w:val="001C4F1D"/>
     <w:rsid w:val="001C6588"/>
+    <w:rsid w:val="001E301B"/>
     <w:rsid w:val="00201FD1"/>
     <w:rsid w:val="002237C2"/>
     <w:rsid w:val="002B465C"/>
     <w:rsid w:val="002C0749"/>
     <w:rsid w:val="002C3D04"/>
     <w:rsid w:val="002E0605"/>
     <w:rsid w:val="002E165D"/>
+    <w:rsid w:val="002E32C0"/>
     <w:rsid w:val="002E402E"/>
     <w:rsid w:val="003132F2"/>
     <w:rsid w:val="00332768"/>
     <w:rsid w:val="00342004"/>
     <w:rsid w:val="00373C67"/>
     <w:rsid w:val="00391D4F"/>
     <w:rsid w:val="003D26DB"/>
+    <w:rsid w:val="003E2A02"/>
     <w:rsid w:val="00400010"/>
     <w:rsid w:val="0040066A"/>
     <w:rsid w:val="0042232D"/>
     <w:rsid w:val="004310A4"/>
     <w:rsid w:val="00446658"/>
     <w:rsid w:val="004523A9"/>
     <w:rsid w:val="00456486"/>
-    <w:rsid w:val="004739EB"/>
-    <w:rsid w:val="00487335"/>
+    <w:rsid w:val="00462242"/>
+    <w:rsid w:val="00497D4C"/>
     <w:rsid w:val="004E1313"/>
-    <w:rsid w:val="004F5CB3"/>
     <w:rsid w:val="00504EBF"/>
+    <w:rsid w:val="005071DD"/>
     <w:rsid w:val="005135F2"/>
     <w:rsid w:val="00526CB3"/>
     <w:rsid w:val="0055305B"/>
     <w:rsid w:val="00555639"/>
     <w:rsid w:val="0059624E"/>
     <w:rsid w:val="005A0CA2"/>
     <w:rsid w:val="005A2EC4"/>
     <w:rsid w:val="005D41B2"/>
     <w:rsid w:val="005D6B25"/>
     <w:rsid w:val="005E096F"/>
     <w:rsid w:val="00611DB0"/>
     <w:rsid w:val="00614942"/>
     <w:rsid w:val="00617732"/>
+    <w:rsid w:val="00620B47"/>
     <w:rsid w:val="0064085A"/>
     <w:rsid w:val="00644A5E"/>
     <w:rsid w:val="006478E8"/>
-    <w:rsid w:val="00657A31"/>
     <w:rsid w:val="00677114"/>
     <w:rsid w:val="006D32EB"/>
     <w:rsid w:val="00700A19"/>
     <w:rsid w:val="00701631"/>
     <w:rsid w:val="007038AA"/>
     <w:rsid w:val="00710F3F"/>
     <w:rsid w:val="00710F55"/>
     <w:rsid w:val="007417CB"/>
     <w:rsid w:val="007424EE"/>
     <w:rsid w:val="0074624D"/>
     <w:rsid w:val="00764797"/>
     <w:rsid w:val="00777D64"/>
     <w:rsid w:val="00782FB8"/>
     <w:rsid w:val="007C4E0E"/>
     <w:rsid w:val="007C52E6"/>
     <w:rsid w:val="007E039C"/>
     <w:rsid w:val="008178C5"/>
     <w:rsid w:val="0084046D"/>
+    <w:rsid w:val="0088051C"/>
     <w:rsid w:val="008A7386"/>
     <w:rsid w:val="008B1B54"/>
     <w:rsid w:val="008C43D7"/>
     <w:rsid w:val="00902FB8"/>
+    <w:rsid w:val="00912808"/>
     <w:rsid w:val="0094732C"/>
     <w:rsid w:val="00972288"/>
     <w:rsid w:val="00976663"/>
     <w:rsid w:val="009802B0"/>
     <w:rsid w:val="00985784"/>
-    <w:rsid w:val="00994718"/>
     <w:rsid w:val="00995FB6"/>
     <w:rsid w:val="009D08BE"/>
     <w:rsid w:val="009D1DD0"/>
     <w:rsid w:val="009D3747"/>
-    <w:rsid w:val="00A106A6"/>
     <w:rsid w:val="00A114A9"/>
     <w:rsid w:val="00A16A4F"/>
     <w:rsid w:val="00A23525"/>
     <w:rsid w:val="00A362CC"/>
     <w:rsid w:val="00A66E2A"/>
+    <w:rsid w:val="00A80582"/>
     <w:rsid w:val="00A83D60"/>
     <w:rsid w:val="00A96996"/>
     <w:rsid w:val="00AA39C5"/>
     <w:rsid w:val="00AA408D"/>
     <w:rsid w:val="00AA413B"/>
     <w:rsid w:val="00AC0D12"/>
     <w:rsid w:val="00AC378D"/>
+    <w:rsid w:val="00AC69F3"/>
     <w:rsid w:val="00AC6EB0"/>
     <w:rsid w:val="00AE62FC"/>
     <w:rsid w:val="00B03F05"/>
     <w:rsid w:val="00B3618A"/>
     <w:rsid w:val="00B42C71"/>
     <w:rsid w:val="00B54A7B"/>
     <w:rsid w:val="00B6746E"/>
     <w:rsid w:val="00B75D64"/>
     <w:rsid w:val="00B84D8E"/>
     <w:rsid w:val="00B93188"/>
+    <w:rsid w:val="00B93E5F"/>
     <w:rsid w:val="00BC2ED0"/>
     <w:rsid w:val="00BE65D1"/>
     <w:rsid w:val="00C04092"/>
     <w:rsid w:val="00C15D83"/>
     <w:rsid w:val="00C4181B"/>
     <w:rsid w:val="00C543B4"/>
     <w:rsid w:val="00C65DB0"/>
+    <w:rsid w:val="00C75549"/>
     <w:rsid w:val="00CD4E48"/>
     <w:rsid w:val="00CD7639"/>
     <w:rsid w:val="00CE4B91"/>
+    <w:rsid w:val="00CF2C9A"/>
     <w:rsid w:val="00CF5456"/>
-    <w:rsid w:val="00D23AC7"/>
     <w:rsid w:val="00D24073"/>
     <w:rsid w:val="00D330E1"/>
     <w:rsid w:val="00D376EA"/>
     <w:rsid w:val="00D551F0"/>
-    <w:rsid w:val="00D6410B"/>
     <w:rsid w:val="00D6480D"/>
     <w:rsid w:val="00D665F3"/>
     <w:rsid w:val="00D71827"/>
     <w:rsid w:val="00D74549"/>
     <w:rsid w:val="00D926DB"/>
-    <w:rsid w:val="00DA761D"/>
     <w:rsid w:val="00DD4B22"/>
     <w:rsid w:val="00DE26A5"/>
     <w:rsid w:val="00DE44A3"/>
     <w:rsid w:val="00DF3FE0"/>
     <w:rsid w:val="00E14FD5"/>
     <w:rsid w:val="00E16631"/>
     <w:rsid w:val="00E21725"/>
     <w:rsid w:val="00E2292F"/>
     <w:rsid w:val="00E3714A"/>
     <w:rsid w:val="00E42060"/>
-    <w:rsid w:val="00E539AD"/>
     <w:rsid w:val="00E66121"/>
     <w:rsid w:val="00EC3795"/>
     <w:rsid w:val="00EE0BAE"/>
     <w:rsid w:val="00EF7449"/>
     <w:rsid w:val="00F04E66"/>
     <w:rsid w:val="00F22F03"/>
     <w:rsid w:val="00F74CD0"/>
     <w:rsid w:val="00F76E21"/>
     <w:rsid w:val="00FB437D"/>
     <w:rsid w:val="00FB7C0A"/>
     <w:rsid w:val="00FE01F3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="52225"/>
+    <o:shapedefaults v:ext="edit" spidmax="58369"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="32556956"/>
   <w15:docId w15:val="{8EF64A08-4795-44E5-B3FE-5720EDFD7B32}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6561,102 +6665,98 @@
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000A0998"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listenabsatz">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00AA39C5"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1456411310">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1506363908">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1507555288">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beck-online.beck.de/?typ=reference&amp;y=100&amp;g=SGB_III&amp;p=95" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6926,65 +7026,50 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101007AC43CE515D2804DAC7ADE3243597B14" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="d36f937f196cc11c9034c2c1754a79c3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xmlns:ns3="82589c12-70c4-4c94-a25a-3c827aa5c9f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="503caf83702f076935e2dbbd87d5e908" ns2:_="" ns3:_="">
     <xsd:import namespace="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <xsd:import namespace="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -7195,126 +7280,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="82589c12-70c4-4c94-a25a-3c827aa5c9f9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D026320-1F95-41C0-B160-1FDB1C0A6F3C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96AF5647-6350-401B-BD1B-3335B28D25F3}">
-[...18 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0917EE6A-5D0C-4906-8576-10151E0A5E6D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{892C84B4-E628-4B81-BECD-FFD4509F2062}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{972725B4-F239-4C28-BA41-DB1FB3B8BE79}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96AF5647-6350-401B-BD1B-3335B28D25F3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
+    <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>2169</Words>
-  <Characters>16435</Characters>
+  <Words>2118</Words>
+  <Characters>16169</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>136</Lines>
-  <Paragraphs>37</Paragraphs>
+  <Lines>475</Lines>
+  <Paragraphs>207</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>IHK Darmstadt</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18567</CharactersWithSpaces>
+  <CharactersWithSpaces>18080</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="144" baseType="variant">
       <vt:variant>
         <vt:i4>4063319</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>69</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@wiesbaden.ihk.de</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5767260</vt:i4>
       </vt:variant>
       <vt:variant>