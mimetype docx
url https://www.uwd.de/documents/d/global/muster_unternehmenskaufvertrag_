--- v0 (2025-10-19)
+++ v1 (2026-03-03)
@@ -11,51 +11,51 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5E3E140B" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="5E3E140C" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="5E3E140D" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="5E3E140E" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="5E3E140F" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="5E3E1410" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="5E3E1411" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="5E3E1412" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="5E3E1413" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="5E3E1414" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="5E3E1415" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00571398" w:rsidRDefault="006D32EB" w:rsidP="00782FB8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t xml:space="preserve">Muster </w:t>
       </w:r>
@@ -76,120 +76,122 @@
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>Unternehmenskaufvertrag</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E3E1418" w14:textId="77777777" w:rsidR="00150BBD" w:rsidRPr="00571398" w:rsidRDefault="00150BBD" w:rsidP="00150BBD">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E3E1419" w14:textId="77777777" w:rsidR="00150BBD" w:rsidRDefault="00150BBD" w:rsidP="00150BBD"/>
     <w:p w14:paraId="5E3E141A" w14:textId="77777777" w:rsidR="00150BBD" w:rsidRDefault="00150BBD" w:rsidP="00150BBD"/>
     <w:p w14:paraId="5E3E141B" w14:textId="77777777" w:rsidR="00150BBD" w:rsidRDefault="00150BBD" w:rsidP="00150BBD"/>
-    <w:p w14:paraId="5E3E141C" w14:textId="77777777" w:rsidR="00150BBD" w:rsidRDefault="00150BBD" w:rsidP="00150BBD"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="232CB0DE" w14:textId="77777777" w:rsidR="00381258" w:rsidRDefault="00381258" w:rsidP="00381258">
+    <w:p w14:paraId="514E4548" w14:textId="77777777" w:rsidR="00B14403" w:rsidRDefault="00B14403" w:rsidP="00B14403">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212717203"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit freundlicher Unterstützung zur Verfügung gestellt vom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="048A0713" wp14:editId="3E3E0FE3">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="42C4C10F" wp14:editId="112F377E">
             <wp:extent cx="2247900" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="588512616" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2240280" cy="563880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="5E3E141C" w14:textId="77777777" w:rsidR="00150BBD" w:rsidRDefault="00150BBD" w:rsidP="00150BBD"/>
+    <w:p w14:paraId="5E3E141D" w14:textId="77777777" w:rsidR="00150BBD" w:rsidRDefault="00150BBD" w:rsidP="00150BBD"/>
+    <w:p w14:paraId="5E3E141E" w14:textId="77777777" w:rsidR="00150BBD" w:rsidRDefault="00150BBD" w:rsidP="00150BBD"/>
     <w:p w14:paraId="5E3E141F" w14:textId="77777777" w:rsidR="00150BBD" w:rsidRDefault="00150BBD" w:rsidP="00150BBD"/>
     <w:p w14:paraId="5E3E1420" w14:textId="77777777" w:rsidR="00150BBD" w:rsidRDefault="00150BBD" w:rsidP="00150BBD"/>
     <w:p w14:paraId="5E3E1421" w14:textId="77777777" w:rsidR="00150BBD" w:rsidRDefault="00150BBD" w:rsidP="00150BBD"/>
     <w:p w14:paraId="5E3E1422" w14:textId="77777777" w:rsidR="00150BBD" w:rsidRDefault="00150BBD" w:rsidP="00150BBD"/>
     <w:p w14:paraId="5E3E1423" w14:textId="77777777" w:rsidR="00150BBD" w:rsidRDefault="00150BBD" w:rsidP="00150BBD"/>
     <w:p w14:paraId="5E3E1424" w14:textId="77777777" w:rsidR="00150BBD" w:rsidRDefault="00150BBD" w:rsidP="00150BBD"/>
     <w:p w14:paraId="5E3E1425" w14:textId="77777777" w:rsidR="00150BBD" w:rsidRDefault="00150BBD" w:rsidP="00150BBD"/>
     <w:p w14:paraId="5E3E1426" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00571398" w:rsidRDefault="006D32EB" w:rsidP="00571398">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -387,51 +389,69 @@
         <w:t xml:space="preserve"> und diversen</w:t>
       </w:r>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Formen ebenso mit ein. </w:t>
       </w:r>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Mustervertrag ist nur ein Vorschlag für eine mögliche Regelung. Viele Festlegungen sind frei vereinbar. Der Verwender kann auch andere Formulierungen wählen. </w:t>
       </w:r>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret zu regelnde Situation und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
+        <w:t xml:space="preserve">Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00571398">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zu regelnde Situation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00571398">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
       </w:r>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Falls Sie einen maßgeschneiderten Vertrag benötigen, sollten Sie sich durch einen Rechtsanwalt Ihres Vertrauens beraten lassen.</w:t>
       </w:r>
       <w:r w:rsidR="006D32EB" w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E3E1431" w14:textId="77777777" w:rsidR="005E7E5E" w:rsidRPr="00571398" w:rsidRDefault="005E7E5E" w:rsidP="00571398">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -539,100 +559,136 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Name/Firma</w:t>
       </w:r>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>………………………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="00105CAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>…………………..</w:t>
+        <w:t>……………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00105CAA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00105CAA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E3E1438" w14:textId="77777777" w:rsidR="003E46D9" w:rsidRPr="00571398" w:rsidRDefault="003E46D9" w:rsidP="00571398">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E3E1439" w14:textId="77777777" w:rsidR="00105CAA" w:rsidRDefault="00105CAA" w:rsidP="00571398">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Anschrift</w:t>
       </w:r>
       <w:r w:rsidR="003E46D9" w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>………………………………………………………</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>…………………..</w:t>
+        <w:t>……………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E3E143A" w14:textId="77777777" w:rsidR="003E46D9" w:rsidRPr="00571398" w:rsidRDefault="003E46D9" w:rsidP="00105CAA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>- Verkäufer -</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E3E143B" w14:textId="77777777" w:rsidR="003E46D9" w:rsidRPr="00571398" w:rsidRDefault="003E46D9" w:rsidP="00571398">
       <w:pPr>
@@ -678,51 +734,69 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Name/Firma</w:t>
       </w:r>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>………………………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="00105CAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>…………………..</w:t>
+        <w:t>……………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00105CAA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00105CAA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E3E143E" w14:textId="77777777" w:rsidR="003E46D9" w:rsidRPr="00571398" w:rsidRDefault="003E46D9" w:rsidP="00571398">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E3E143F" w14:textId="77777777" w:rsidR="00105CAA" w:rsidRDefault="003E46D9" w:rsidP="00571398">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -735,51 +809,69 @@
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00105CAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nschrift</w:t>
       </w:r>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>………………………………………………………</w:t>
       </w:r>
       <w:r w:rsidR="00105CAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>…………………..</w:t>
+        <w:t>……………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00105CAA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00105CAA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E3E1440" w14:textId="77777777" w:rsidR="003E46D9" w:rsidRPr="00571398" w:rsidRDefault="003E46D9" w:rsidP="00105CAA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>- Käufer -</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E3E1441" w14:textId="77777777" w:rsidR="003E46D9" w:rsidRPr="00571398" w:rsidRDefault="003E46D9" w:rsidP="00571398">
       <w:pPr>
@@ -876,51 +968,69 @@
         </w:rPr>
         <w:t xml:space="preserve">Der Verkäufer verkauft folgende/s Firma/Unternehmen: </w:t>
       </w:r>
       <w:r w:rsidRPr="00105CAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00105CAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00105CAA" w:rsidRPr="00105CAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>……………………………………..</w:t>
+        <w:t>………………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00105CAA" w:rsidRPr="00105CAA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00105CAA" w:rsidRPr="00105CAA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00105CAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Firma oder Geschäftsbezeichnung, unter der </w:t>
       </w:r>
       <w:r w:rsidRPr="00105CAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00105CAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>A</w:t>
@@ -1013,51 +1123,65 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00105CAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
         <w:t>Der Verkäufer überträgt das Recht zur Fortführung der bisher verwendeten Firma, ohne dass der Käufer jedoch zur Fortführung verpflichtet ist. Der Käufer ist berechtigt, die Firma durch einen Inhaberzusatz zu ergänzen.</w:t>
       </w:r>
       <w:r w:rsidR="00105CAA" w:rsidRPr="00105CAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00105CAA" w:rsidRPr="00105CAA">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>(Ziffer 2 entfällt, wenn das Unternehmen nicht im Handelsregister eingetragen ist und nur das Gewerbe angemeldet hat. Ohne Handelsregistereintrag besteht der Unternehmensname aus dem Vor- und Zunamen des Inhabers. Der neue Inhaber muss daher unter seinem Vor- und Zunamen auftreten. Die Parteien können jedoch vereinbaren, dass der Käufer berechtigt ist, die ergänzende Geschäftsbezeichnung/das Unternehmenslogo weiterzuführen. Z.B.: Der Käufer ist berechtigt, aber nicht verpflichtet, das Unternehmen unter der  in Abs. 1 genannten Geschäftsbezeichnung</w:t>
+        <w:t xml:space="preserve">(Ziffer 2 entfällt, wenn das Unternehmen nicht im Handelsregister eingetragen ist und nur das Gewerbe angemeldet hat. Ohne Handelsregistereintrag besteht der Unternehmensname aus dem Vor- und Zunamen des Inhabers. Der neue Inhaber muss daher unter seinem Vor- und Zunamen auftreten. Die Parteien können jedoch vereinbaren, dass der Käufer berechtigt ist, die ergänzende Geschäftsbezeichnung/das Unternehmenslogo weiterzuführen. Z.B.: Der Käufer ist berechtigt, aber nicht verpflichtet, das Unternehmen unter </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00105CAA" w:rsidRPr="00105CAA">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>der  in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00105CAA" w:rsidRPr="00105CAA">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Abs. 1 genannten Geschäftsbezeichnung</w:t>
       </w:r>
       <w:r w:rsidR="00105CAA" w:rsidRPr="00105CAA">
         <w:rPr>
           <w:i/>
           <w:u w:color="BFBFBF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00105CAA" w:rsidRPr="00105CAA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>zu führen.</w:t>
       </w:r>
       <w:r w:rsidR="00105CAA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00105CAA" w:rsidRPr="00105CAA">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Ist das Unternehmen im Handelsregister eingetragen, muss wegen der Handelsregisteränderungen ein Notar eingeschaltet werden. Bei GmbH-Anteilen erfolgt die Übertragung grundsätzlich notariell</w:t>
@@ -1525,65 +1649,75 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E3E144D" w14:textId="77777777" w:rsidR="003E46D9" w:rsidRPr="00571398" w:rsidRDefault="003E46D9" w:rsidP="00571398">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Bei allen An- und Ummeldungen sowie Anträgen, Anzeigen und Mitteilungen an Behörden und Dritte wirkt der Verkäufer </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00105CAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> auf Wunsch des Käufers/</w:t>
+        <w:t xml:space="preserve"> auf</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00571398">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Wunsch des Käufers/</w:t>
       </w:r>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>oder</w:t>
       </w:r>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> soweit erforderlich</w:t>
       </w:r>
       <w:r w:rsidR="00105CAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1720,67 +1854,103 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der vereinbarte Kaufpreis beträgt </w:t>
       </w:r>
       <w:r w:rsidR="00105CAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>………………..</w:t>
+        <w:t>…………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00105CAA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00105CAA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Worten </w:t>
       </w:r>
       <w:r w:rsidR="00105CAA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>………..………</w:t>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00105CAA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00105CAA">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.………</w:t>
       </w:r>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) Euro.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E3E1453" w14:textId="77777777" w:rsidR="003E46D9" w:rsidRPr="00571398" w:rsidRDefault="003E46D9" w:rsidP="00571398">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E3E1454" w14:textId="77777777" w:rsidR="003E46D9" w:rsidRPr="00571398" w:rsidRDefault="003E46D9" w:rsidP="00571398">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
@@ -1819,97 +1989,206 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>fällig und auf das Kont</w:t>
       </w:r>
       <w:r w:rsidR="009A7A05">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">o des Verkäufers bei der </w:t>
       </w:r>
       <w:r w:rsidR="009A7A05">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009A7A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
         <w:t>Bank:</w:t>
       </w:r>
       <w:r w:rsidR="00105CAA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>……………..…</w:t>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00105CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>……</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00105CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00105CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>.…</w:t>
       </w:r>
       <w:r w:rsidR="009A7A05">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>……….</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00571398">
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009A7A05">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00571398">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
         <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00571398">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
         <w:t>IBAN:</w:t>
       </w:r>
       <w:r w:rsidR="00105CAA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>……………..…</w:t>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00105CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>……</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00105CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00105CAA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>.…</w:t>
       </w:r>
       <w:r w:rsidR="009A7A05">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>………..</w:t>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009A7A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009A7A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="de-DE"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:br/>
         <w:t>zu überweisen. (Es zählt das Datum des Zahlungseingangs.)</w:t>
       </w:r>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E3E1455" w14:textId="77777777" w:rsidR="003E46D9" w:rsidRPr="00571398" w:rsidRDefault="003E46D9" w:rsidP="00571398">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:rPr>
@@ -1959,69 +2238,109 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der vereinbarte Kaufpreis beträgt </w:t>
       </w:r>
       <w:r w:rsidR="00F23537">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>………………..</w:t>
+        <w:t>…………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F23537">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F23537">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in Worten </w:t>
       </w:r>
       <w:r w:rsidR="00F23537">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>………………..</w:t>
+        <w:t>…………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F23537">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F23537">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>) Euro.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E3E1457" w14:textId="77777777" w:rsidR="003E46D9" w:rsidRPr="00571398" w:rsidRDefault="003E46D9" w:rsidP="00571398">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00571398">
@@ -2038,141 +2357,221 @@
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F23537">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Am ………………..</w:t>
+        <w:t>Am …………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F23537">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F23537">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003E46D9" w:rsidRPr="00F23537">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Übergabestichtag) wird ein Teilzahlungsbetrag in Höhe von</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ………………..</w:t>
+        <w:t xml:space="preserve"> …………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00287D46" w:rsidRPr="00F23537">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Euro </w:t>
       </w:r>
       <w:r w:rsidR="003E46D9" w:rsidRPr="00F23537">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>fällig. Den Kaufpre</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>isrest in Höhe von ………………..</w:t>
+        <w:t>isrest in Höhe von …………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00287D46" w:rsidRPr="00F23537">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003E46D9" w:rsidRPr="00F23537">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Euro wird der Käufer in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">………. </w:t>
       </w:r>
       <w:r w:rsidR="003E46D9" w:rsidRPr="00F23537">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Monatsraten je  </w:t>
+        <w:t xml:space="preserve">Monatsraten </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003E46D9" w:rsidRPr="00F23537">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">je  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>…………….</w:t>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>………….</w:t>
       </w:r>
       <w:r w:rsidR="00287D46" w:rsidRPr="00F23537">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003E46D9" w:rsidRPr="00F23537">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Euro zahlen. Der jewei</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2310,67 +2709,98 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Bank: </w:t>
       </w:r>
       <w:r w:rsidR="009A7A05">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E3E145C" w14:textId="77777777" w:rsidR="003E46D9" w:rsidRPr="00571398" w:rsidRDefault="003E46D9" w:rsidP="00571398">
       <w:pPr>
         <w:ind w:left="360" w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IBAN:</w:t>
       </w:r>
       <w:r w:rsidR="009A7A05">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>……………………………..</w:t>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009A7A05">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>……………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009A7A05">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009A7A05">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Es zählt das Datum des Zahlungseingangs.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E3E145D" w14:textId="77777777" w:rsidR="003E46D9" w:rsidRPr="00571398" w:rsidRDefault="003E46D9" w:rsidP="00571398">
       <w:pPr>
         <w:ind w:left="360" w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E3E145E" w14:textId="77777777" w:rsidR="003E46D9" w:rsidRPr="00571398" w:rsidRDefault="003E46D9" w:rsidP="00571398">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
@@ -2393,51 +2823,71 @@
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gerät der Käufer mit _______ aufeinander folgenden Teilzahlungen ganz oder teilweise in Verzug, ist der Verkäufer berechtigt, die sofortige Zahlung der ganzen Restsumme auf einmal zu verlangen oder ohne vorherige Fristsetzung vom Vertrag zurückzutreten.</w:t>
       </w:r>
       <w:r w:rsidR="009A7A05">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="009A7A05" w:rsidRPr="009A7A05">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Alternativ könnten z.B. auch Sicherheiten wie z.B. Eigentumsvorbehalt, Bürgschaften  oder Schadensersatzpflichten vereinbart werden.</w:t>
+        <w:t xml:space="preserve">Alternativ könnten z.B. auch Sicherheiten wie z.B. Eigentumsvorbehalt, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009A7A05" w:rsidRPr="009A7A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Bürgschaften  oder</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009A7A05" w:rsidRPr="009A7A05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Schadensersatzpflichten vereinbart werden.</w:t>
       </w:r>
       <w:r w:rsidR="009A7A05">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E3E145F" w14:textId="77777777" w:rsidR="003E46D9" w:rsidRPr="00571398" w:rsidRDefault="003E46D9" w:rsidP="00571398">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E3E1460" w14:textId="77777777" w:rsidR="003E46D9" w:rsidRPr="00571398" w:rsidRDefault="003E46D9" w:rsidP="00571398">
       <w:pPr>
@@ -2586,60 +3036,70 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Eigentumsübertragung</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E3E1464" w14:textId="77777777" w:rsidR="003E46D9" w:rsidRPr="00571398" w:rsidRDefault="003E46D9" w:rsidP="00571398">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Das Eigentum an allen verkauften Gegenständen geht – soweit gesetzlich zulässig – erst mit vollständiger Zahlung des Kaufpreises auf den Käufer über; dies gilt insbesondere für das Eigentum an beweglichen Sachen (Eigentumsvorbehalt).</w:t>
+        <w:t>Das Eigentum an allen verkauften Gegenständen geht – soweit gesetzlich zulässig – erst mit vollständiger Zahlung des Kaufpreises auf den Käufer über; dies gilt insbesondere für das Eigentum an beweglichen Sachen (Eigentumsvorbehalt</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00571398">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="009A7A05">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009A7A05" w:rsidRPr="009A7A05">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Bei Vereinbarung einer Ratenzahlung sowie eines teilweisen Eigentumsvorbehaltes ist hier ggf. eine andere Formulierung erforderlich.</w:t>
       </w:r>
       <w:r w:rsidR="009A7A05">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E3E1465" w14:textId="77777777" w:rsidR="00FD7F1B" w:rsidRPr="00571398" w:rsidRDefault="00FD7F1B" w:rsidP="00571398">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2954,51 +3414,69 @@
     </w:p>
     <w:p w14:paraId="5E3E146F" w14:textId="15F350B2" w:rsidR="003E46D9" w:rsidRPr="00571398" w:rsidRDefault="003E46D9" w:rsidP="00571398">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Die Gegenstände nach Anlage 1 werden in ihrem gegenwärtigen Zustand übergeben. Nicht von dem Verkäufer zu vertretene Verschlechterungen oder sonstige Veränderungen begründen keine Rechte des Käufers. Hinsichtlich des </w:t>
+        <w:t xml:space="preserve">Die Gegenstände nach Anlage 1 werden in ihrem gegenwärtigen Zustand übergeben. Nicht von dem Verkäufer </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00571398">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zu vertretene Verschlechterungen</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00571398">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oder sonstige Veränderungen begründen keine Rechte des Käufers. Hinsichtlich des </w:t>
       </w:r>
       <w:r w:rsidR="000B2DC5" w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Aktivvermögens bestehen</w:t>
       </w:r>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> keine Veräußerungsbeschränkungen und Rechte Dritter. Die zur Abwicklung fälliger Liefer- und Leistungsverpflichtungen des Betriebes angeschafften</w:t>
       </w:r>
       <w:r w:rsidR="004C080D" w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3076,84 +3554,104 @@
         </w:rPr>
         <w:t>Dem Kaufvertrag l</w:t>
       </w:r>
       <w:r w:rsidR="004C080D" w:rsidRPr="00BC11D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ie</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC11D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>gen folgende Unterlagen zugrunde: Bilanzen des Unternehmens vom</w:t>
       </w:r>
       <w:r w:rsidR="0016295C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ………….</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> ……</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0016295C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00BC11D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, Gewinn- und Verlustrechnungen vom </w:t>
       </w:r>
       <w:r w:rsidR="0016295C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>……………</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC11D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, betriebswirtschaftliche Auswertungen vom</w:t>
       </w:r>
       <w:r w:rsidR="0016295C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> …………….</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> ………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0016295C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00BC11D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, ggf. sonstige Unterlagen. Der Verkäufer versichert, dass diese Unterlagen nach bestem Wissen und Gewissen erstellt wurden und ihm keine Informationen vorliegen, die diesen vorgelegten Betriebsdaten widersprechen.</w:t>
       </w:r>
       <w:r w:rsidR="00BA5F8E" w:rsidRPr="00BC11D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC11D2" w:rsidRPr="00BC11D2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00BA5F8E" w:rsidRPr="00BC11D2">
@@ -3352,51 +3850,69 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E3E1477" w14:textId="48A8DA8E" w:rsidR="003E46D9" w:rsidRPr="00571398" w:rsidRDefault="003E46D9" w:rsidP="00571398">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Der Verkäufer versichert dem Käufer  sämtliche geschäftlichen Unterlagen vorgelegt zu haben. Er verpflichtet sich und ermächtigt sämtliche Betriebsangehörige, seinen Steuerberater, seine Banken und ggf. Behörden, dem Käufer die für den Kauf erforderlichen und gewünschten Auskünfte nach bestem Wissen zu erteilen.</w:t>
+        <w:t xml:space="preserve">Der Verkäufer versichert dem </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00571398">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Käufer  sämtliche</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00571398">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> geschäftlichen Unterlagen vorgelegt zu haben. Er verpflichtet sich und ermächtigt sämtliche Betriebsangehörige, seinen Steuerberater, seine Banken und ggf. Behörden, dem Käufer die für den Kauf erforderlichen und gewünschten Auskünfte nach bestem Wissen zu erteilen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E3E1478" w14:textId="77777777" w:rsidR="003E46D9" w:rsidRPr="00571398" w:rsidRDefault="003E46D9" w:rsidP="00571398">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E3E1479" w14:textId="77777777" w:rsidR="003E46D9" w:rsidRPr="00571398" w:rsidRDefault="003E46D9" w:rsidP="00571398">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4882,51 +5398,69 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Verkäufer verpflichtet sich, für die Dauer von </w:t>
       </w:r>
       <w:r w:rsidR="00A46483">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>………..</w:t>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A46483">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A46483">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Jahren ab dem Übergabe</w:t>
       </w:r>
       <w:r w:rsidR="00A83BB1" w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>stichtag</w:t>
       </w:r>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> im bisherigen sachlichen Tätigkeitsbereich des Unternehmens im Umkreis von </w:t>
       </w:r>
@@ -6062,140 +6596,139 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Anlage 4 Verbindlichkeiten</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E3E14C2" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00571398" w:rsidRDefault="003E46D9" w:rsidP="00571398">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00571398">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Anlage 5 Arbeitnehmerliste mit Arbeitsverträgen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E3E152D" w14:textId="77777777" w:rsidR="005D41B2" w:rsidRDefault="005D41B2" w:rsidP="00101FDB">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="5E3E152D" w14:textId="77777777" w:rsidR="005D41B2" w:rsidRDefault="005D41B2" w:rsidP="00B14403">
+      <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005D41B2" w:rsidSect="00DE37E0">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="215B30F9" w14:textId="77777777" w:rsidR="00B21943" w:rsidRDefault="00B21943">
+    <w:p w14:paraId="38A0F44E" w14:textId="77777777" w:rsidR="00353170" w:rsidRDefault="00353170">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4087F370" w14:textId="77777777" w:rsidR="00B21943" w:rsidRDefault="00B21943">
+    <w:p w14:paraId="6CFA91A8" w14:textId="77777777" w:rsidR="00353170" w:rsidRDefault="00353170">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5E3E1539" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:sz w:val="20"/>
@@ -6250,74 +6783,74 @@
         <w:rStyle w:val="Seitenzahl"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00C37604">
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>10</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Seitenzahl"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="5E3E153C" w14:textId="0DDAC7F1" w:rsidR="00571398" w:rsidRPr="00571398" w:rsidRDefault="00571398" w:rsidP="00571398">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5E3E153C" w14:textId="5CDE6568" w:rsidR="00571398" w:rsidRPr="00571398" w:rsidRDefault="00571398" w:rsidP="00571398">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00571398">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>S</w:t>
     </w:r>
     <w:r w:rsidR="00CB4888">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>tand: 1. Januar 202</w:t>
     </w:r>
-    <w:r w:rsidR="00BC0B9F">
+    <w:r w:rsidR="0031542D">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                                                   </w:t>
     </w:r>
     <w:r w:rsidRPr="00571398">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Seite </w:t>
     </w:r>
     <w:r w:rsidRPr="00571398">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00571398">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
     </w:r>
@@ -6374,86 +6907,86 @@
     <w:r w:rsidRPr="00571398">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="5E3E153D" w14:textId="77777777" w:rsidR="00571398" w:rsidRDefault="00571398">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="5E3E153E" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4605FEDE" w14:textId="77777777" w:rsidR="00B21943" w:rsidRDefault="00B21943">
+    <w:p w14:paraId="4A125993" w14:textId="77777777" w:rsidR="00353170" w:rsidRDefault="00353170">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3B2D50FD" w14:textId="77777777" w:rsidR="00B21943" w:rsidRDefault="00B21943">
+    <w:p w14:paraId="3E05A88D" w14:textId="77777777" w:rsidR="00353170" w:rsidRDefault="00353170">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="5E3E1535" w14:textId="434544F8" w:rsidR="006D32EB" w:rsidRDefault="00381258">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5E3E1534" w14:textId="36FB4897" w:rsidR="006D32EB" w:rsidRDefault="00B14403">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5373C113" wp14:editId="1AC2CDB9">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="611CA384" wp14:editId="22B9F6EA">
           <wp:extent cx="2481800" cy="409575"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:docPr id="1682916068" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
+          <wp:docPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="388982117" name="Grafik 3" descr="Ein Bild, das Schrift, Text, Grafiken, Screenshot enthält.&#10;&#10;Automatisch generierte Beschreibung"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
@@ -6465,66 +6998,66 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="5E3E1536" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="5E3E1537" w14:textId="23210892" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="5E3E153A" w14:textId="3546E4E4" w:rsidR="00571398" w:rsidRDefault="00571398">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5E3E153A" w14:textId="2334ADC6" w:rsidR="00571398" w:rsidRDefault="00571398">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="5E3E153B" w14:textId="77777777" w:rsidR="00571398" w:rsidRDefault="00571398">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01A125A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B0183882"/>
     <w:lvl w:ilvl="0" w:tplc="766206A4">
       <w:start w:val="5"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8809,289 +9342,276 @@
   <w:num w:numId="19" w16cid:durableId="1136289588">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="2035039168">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1277059138">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="325207727">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="297417505">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="203517885">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="317923956">
     <w:abstractNumId w:val="18"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...17 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="002A5E4B"/>
     <w:rsid w:val="00036321"/>
     <w:rsid w:val="000459BF"/>
     <w:rsid w:val="0005072E"/>
     <w:rsid w:val="0005476B"/>
     <w:rsid w:val="00062CDA"/>
     <w:rsid w:val="0008237D"/>
     <w:rsid w:val="000834FA"/>
     <w:rsid w:val="00083DFA"/>
     <w:rsid w:val="00086F57"/>
     <w:rsid w:val="000A2B25"/>
     <w:rsid w:val="000B2DC5"/>
     <w:rsid w:val="000B5096"/>
     <w:rsid w:val="000D7F5B"/>
     <w:rsid w:val="000E3B8C"/>
     <w:rsid w:val="000F21D6"/>
     <w:rsid w:val="000F5D14"/>
     <w:rsid w:val="000F60E9"/>
     <w:rsid w:val="00101FDB"/>
     <w:rsid w:val="001045FC"/>
     <w:rsid w:val="00104FD2"/>
     <w:rsid w:val="00105CAA"/>
     <w:rsid w:val="00112053"/>
     <w:rsid w:val="0011284E"/>
     <w:rsid w:val="00136734"/>
     <w:rsid w:val="0014455D"/>
     <w:rsid w:val="00144D87"/>
     <w:rsid w:val="00150BBD"/>
     <w:rsid w:val="001535E9"/>
     <w:rsid w:val="00153B0E"/>
     <w:rsid w:val="0016053B"/>
     <w:rsid w:val="0016295C"/>
     <w:rsid w:val="0016349B"/>
     <w:rsid w:val="00170373"/>
     <w:rsid w:val="0017048E"/>
     <w:rsid w:val="00176878"/>
     <w:rsid w:val="00186DF5"/>
     <w:rsid w:val="00187EFA"/>
     <w:rsid w:val="00190B1A"/>
     <w:rsid w:val="001B75C5"/>
     <w:rsid w:val="001D742A"/>
+    <w:rsid w:val="001E301B"/>
     <w:rsid w:val="001E3D2E"/>
     <w:rsid w:val="00201FD1"/>
     <w:rsid w:val="002237C2"/>
     <w:rsid w:val="00227960"/>
     <w:rsid w:val="002404B5"/>
     <w:rsid w:val="00263BE5"/>
     <w:rsid w:val="00275377"/>
     <w:rsid w:val="0027710C"/>
     <w:rsid w:val="00287D46"/>
     <w:rsid w:val="002A5E4B"/>
     <w:rsid w:val="002C0749"/>
     <w:rsid w:val="002C28DB"/>
     <w:rsid w:val="002C3D04"/>
     <w:rsid w:val="002D0CFA"/>
+    <w:rsid w:val="002E32C0"/>
     <w:rsid w:val="002E7454"/>
     <w:rsid w:val="0031261D"/>
+    <w:rsid w:val="0031542D"/>
     <w:rsid w:val="003260AA"/>
     <w:rsid w:val="00336048"/>
     <w:rsid w:val="00342004"/>
     <w:rsid w:val="00344E3C"/>
+    <w:rsid w:val="00353170"/>
     <w:rsid w:val="00373883"/>
     <w:rsid w:val="00373C67"/>
     <w:rsid w:val="00374FBE"/>
-    <w:rsid w:val="00381258"/>
     <w:rsid w:val="00391D4F"/>
     <w:rsid w:val="0039370B"/>
     <w:rsid w:val="00396305"/>
     <w:rsid w:val="003D2A3E"/>
     <w:rsid w:val="003E46D9"/>
     <w:rsid w:val="003E48D6"/>
     <w:rsid w:val="003F0510"/>
     <w:rsid w:val="00400010"/>
     <w:rsid w:val="0040405F"/>
-    <w:rsid w:val="004262BC"/>
     <w:rsid w:val="004310A4"/>
     <w:rsid w:val="00446658"/>
     <w:rsid w:val="00480CB3"/>
     <w:rsid w:val="00494AA5"/>
     <w:rsid w:val="004C080D"/>
     <w:rsid w:val="004C4BE9"/>
     <w:rsid w:val="004C4C7F"/>
     <w:rsid w:val="004D6234"/>
     <w:rsid w:val="004E7226"/>
     <w:rsid w:val="00526CB3"/>
     <w:rsid w:val="00527343"/>
     <w:rsid w:val="0055651C"/>
     <w:rsid w:val="00571398"/>
     <w:rsid w:val="005720BF"/>
     <w:rsid w:val="005771A8"/>
     <w:rsid w:val="005A29B5"/>
     <w:rsid w:val="005A2EC4"/>
     <w:rsid w:val="005B5B34"/>
     <w:rsid w:val="005C7148"/>
     <w:rsid w:val="005D09BC"/>
     <w:rsid w:val="005D41B2"/>
     <w:rsid w:val="005D491C"/>
     <w:rsid w:val="005D6B25"/>
     <w:rsid w:val="005E34EF"/>
     <w:rsid w:val="005E7E5E"/>
     <w:rsid w:val="006070DE"/>
     <w:rsid w:val="006573AE"/>
     <w:rsid w:val="00660E8F"/>
     <w:rsid w:val="0067576D"/>
     <w:rsid w:val="00677BB2"/>
     <w:rsid w:val="00681364"/>
     <w:rsid w:val="006C3F02"/>
     <w:rsid w:val="006D32EB"/>
     <w:rsid w:val="006D7130"/>
     <w:rsid w:val="006F47EE"/>
     <w:rsid w:val="0070157C"/>
     <w:rsid w:val="007038AA"/>
     <w:rsid w:val="00704328"/>
     <w:rsid w:val="007417CB"/>
     <w:rsid w:val="00782FB8"/>
     <w:rsid w:val="00794892"/>
     <w:rsid w:val="007A5950"/>
     <w:rsid w:val="007F7670"/>
     <w:rsid w:val="007F7D5A"/>
     <w:rsid w:val="00823196"/>
+    <w:rsid w:val="00823E63"/>
     <w:rsid w:val="00827C8C"/>
     <w:rsid w:val="0084046D"/>
     <w:rsid w:val="00857064"/>
     <w:rsid w:val="00857E9E"/>
     <w:rsid w:val="00865530"/>
+    <w:rsid w:val="00892063"/>
+    <w:rsid w:val="00894FB4"/>
     <w:rsid w:val="008A13C2"/>
     <w:rsid w:val="008A7386"/>
     <w:rsid w:val="008C7D38"/>
     <w:rsid w:val="008D3055"/>
     <w:rsid w:val="008D71C3"/>
     <w:rsid w:val="008F05DD"/>
     <w:rsid w:val="00902FB8"/>
     <w:rsid w:val="00903376"/>
     <w:rsid w:val="0090629A"/>
     <w:rsid w:val="00915CFD"/>
     <w:rsid w:val="00976663"/>
     <w:rsid w:val="009802B0"/>
     <w:rsid w:val="009A7A05"/>
     <w:rsid w:val="009D08BE"/>
     <w:rsid w:val="009D16D1"/>
     <w:rsid w:val="009D1DD0"/>
     <w:rsid w:val="009D3747"/>
     <w:rsid w:val="009F66B5"/>
     <w:rsid w:val="00A1681C"/>
     <w:rsid w:val="00A16A4F"/>
     <w:rsid w:val="00A20764"/>
     <w:rsid w:val="00A23525"/>
     <w:rsid w:val="00A27F69"/>
     <w:rsid w:val="00A34533"/>
     <w:rsid w:val="00A46483"/>
     <w:rsid w:val="00A548D9"/>
     <w:rsid w:val="00A83BB1"/>
+    <w:rsid w:val="00A87DE6"/>
     <w:rsid w:val="00A95FC0"/>
     <w:rsid w:val="00A96996"/>
     <w:rsid w:val="00A97295"/>
     <w:rsid w:val="00AA16AA"/>
     <w:rsid w:val="00AC0D12"/>
     <w:rsid w:val="00B03F05"/>
     <w:rsid w:val="00B05F33"/>
     <w:rsid w:val="00B131F9"/>
+    <w:rsid w:val="00B14403"/>
     <w:rsid w:val="00B204B8"/>
     <w:rsid w:val="00B21943"/>
     <w:rsid w:val="00B3618A"/>
     <w:rsid w:val="00B42C71"/>
     <w:rsid w:val="00B47FCB"/>
     <w:rsid w:val="00B53138"/>
     <w:rsid w:val="00B66039"/>
     <w:rsid w:val="00B75D64"/>
     <w:rsid w:val="00B93188"/>
     <w:rsid w:val="00B95BBC"/>
     <w:rsid w:val="00BA2919"/>
     <w:rsid w:val="00BA5F8E"/>
     <w:rsid w:val="00BB7FEF"/>
     <w:rsid w:val="00BC0B9F"/>
     <w:rsid w:val="00BC11D2"/>
     <w:rsid w:val="00BC2ED0"/>
     <w:rsid w:val="00BE65D1"/>
     <w:rsid w:val="00BF32D0"/>
     <w:rsid w:val="00C04092"/>
     <w:rsid w:val="00C06B87"/>
     <w:rsid w:val="00C15D83"/>
     <w:rsid w:val="00C266A7"/>
     <w:rsid w:val="00C37604"/>
     <w:rsid w:val="00C4181B"/>
     <w:rsid w:val="00C437A2"/>
     <w:rsid w:val="00C529CC"/>
     <w:rsid w:val="00C543B4"/>
-    <w:rsid w:val="00C71C40"/>
     <w:rsid w:val="00C75AE1"/>
     <w:rsid w:val="00C77EE8"/>
     <w:rsid w:val="00C87D8C"/>
     <w:rsid w:val="00CB23B8"/>
     <w:rsid w:val="00CB4888"/>
     <w:rsid w:val="00CC544C"/>
     <w:rsid w:val="00CD1482"/>
     <w:rsid w:val="00CD2C05"/>
     <w:rsid w:val="00CD4E48"/>
     <w:rsid w:val="00CD67C5"/>
     <w:rsid w:val="00D205B0"/>
     <w:rsid w:val="00D27AE3"/>
     <w:rsid w:val="00D423C1"/>
     <w:rsid w:val="00D6410B"/>
     <w:rsid w:val="00D665F3"/>
     <w:rsid w:val="00D709CD"/>
     <w:rsid w:val="00D74549"/>
     <w:rsid w:val="00D84916"/>
     <w:rsid w:val="00D90696"/>
     <w:rsid w:val="00DD1BE0"/>
     <w:rsid w:val="00DD4B22"/>
     <w:rsid w:val="00DE291B"/>
     <w:rsid w:val="00DE37E0"/>
     <w:rsid w:val="00DE44CA"/>
     <w:rsid w:val="00DE4BFA"/>
@@ -9133,51 +9653,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5E3E140B"/>
   <w15:docId w15:val="{6C1FD36D-AFAE-4BA5-A277-170947315B64}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9936,51 +10456,51 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00ED4C16"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentarthemaZchn">
     <w:name w:val="Kommentarthema Zchn"/>
     <w:basedOn w:val="KommentartextZchn"/>
     <w:link w:val="Kommentarthema"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00ED4C16"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -10251,70 +10771,74 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="82589c12-70c4-4c94-a25a-3c827aa5c9f9">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101007AC43CE515D2804DAC7ADE3243597B14" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="d36f937f196cc11c9034c2c1754a79c3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xmlns:ns3="82589c12-70c4-4c94-a25a-3c827aa5c9f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="503caf83702f076935e2dbbd87d5e908" ns2:_="" ns3:_="">
     <xsd:import namespace="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <xsd:import namespace="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
@@ -10525,130 +11049,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D495E199-588E-4142-B2DE-0F2D145EE44A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4777F22-D011-454C-BFD7-8FB3B5F64176}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F11A4C72-4A54-4A35-AC02-941D50DE5C7E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8443DC8A-750D-443A-AA80-00FBDA709F56}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
   <Words>2856</Words>
-  <Characters>19555</Characters>
+  <Characters>19557</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>162</Lines>
-  <Paragraphs>44</Paragraphs>
+  <Lines>451</Lines>
+  <Paragraphs>91</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22367</CharactersWithSpaces>
+  <CharactersWithSpaces>22397</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="144" baseType="variant">
       <vt:variant>
         <vt:i4>4063319</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>69</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@wiesbaden.ihk.de</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5767260</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -11049,45 +11569,44 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.darmstadt.ihk.de/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
   <dc:creator>Petra Faßbinder</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007AC43CE515D2804DAC7ADE3243597B14</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>