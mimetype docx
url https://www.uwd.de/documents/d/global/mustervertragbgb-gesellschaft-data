--- v0 (2025-10-08)
+++ v1 (2026-02-19)
@@ -1,58 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7885CCDF" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="7885CCE0" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="7885CCE1" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="7885CCE2" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="7885CCE3" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB"/>
     <w:p w14:paraId="7885CCE4" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00BE551C" w:rsidRDefault="006D32EB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7885CCE5" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00BE551C" w:rsidRDefault="006D32EB">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7885CCE6" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
       <w:pPr>
         <w:rPr>
@@ -142,131 +141,132 @@
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>Gründung einer</w:t>
       </w:r>
       <w:r w:rsidR="00BE551C" w:rsidRPr="001F021A">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F021A">
         <w:rPr>
           <w:sz w:val="72"/>
           <w:szCs w:val="72"/>
         </w:rPr>
         <w:t>BGB-Gesellschaft (GbR)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7885CCED" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="006D1A41">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7885CCEE" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
-    <w:p w14:paraId="7885CCEF" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="7D6CE845" w14:textId="02E67C7B" w:rsidR="00D83FC5" w:rsidRDefault="00D83FC5" w:rsidP="00D83FC5">
+    <w:p w14:paraId="289BC2CB" w14:textId="77777777" w:rsidR="00411AD5" w:rsidRDefault="00411AD5" w:rsidP="00411AD5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk212717203"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Mit freundlicher Unterstützung zur Verfügung gestellt vom </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0EDADD6A" wp14:editId="335FF27D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7A8CB0AC" wp14:editId="0262A8E7">
             <wp:extent cx="2247900" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="282651001" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
+            <wp:docPr id="588512616" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="282651001" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="2" name="Grafik 2" descr="R:\Musterverträge\Logo Hessen.jpg" title="Logo Hessischer Industrie- und Handelskammertag"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2247900" cy="571500"/>
+                      <a:ext cx="2240280" cy="563880"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5617AB2E" w14:textId="77777777" w:rsidR="00D83FC5" w:rsidRDefault="00D83FC5" w:rsidP="00D83FC5">
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="7885CCF5" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="7885CCF6" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="7885CCF7" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRDefault="00782FB8" w:rsidP="00782FB8"/>
     <w:p w14:paraId="7885CCF8" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
-    <w:p w14:paraId="7885CCFA" w14:textId="376163EE" w:rsidR="006D32EB" w:rsidRPr="00782FB8" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="7885CCF9" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB" w:rsidP="00782FB8"/>
+    <w:p w14:paraId="7885CCFA" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00782FB8" w:rsidRDefault="006D32EB" w:rsidP="00782FB8">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="7885CCFB" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00BE551C" w:rsidRDefault="006D32EB" w:rsidP="00BE551C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Vorwort</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7885CCFC" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRPr="00BE551C" w:rsidRDefault="006D32EB" w:rsidP="00BE551C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -407,1280 +407,300 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aus Gründen der sprachlichen Vereinfachung wird auf die Nennung der drei Geschlechter verzichtet, wo eine geschlechtsneutrale Formulierung nicht möglich war. In diesen Fällen beziehen die verwendeten männlichen Begriffe die weiblichen und diversen Formen ebenso mit ein. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Der Mustervertrag ist nur ein Vorschlag für eine mögliche Regelung. Viele Festlegungen sind frei vereinbar. Der Verwender kann auch andere Formulierungen wählen. </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret zu regelnde Situation und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
+        <w:t xml:space="preserve">Vor einer Übernahme des unveränderten Inhaltes muss daher im eigenen Interesse genau überlegt werden, ob und in welchen Teilen gegebenenfalls eine Anpassung an die konkret </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE551C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zu regelnde Situation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE551C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und die Rechtsentwicklung erforderlich ist. Auf diesen Vorgang hat die Industrie- und Handelskammer natürlich keinen Einfluss und kann daher naturgemäß für die Auswirkungen auf die Rechtsposition der Parteien keine Haftung übernehmen. Auch die Haftung für leichte Fahrlässigkeit ist grundsätzlich ausgeschlossen.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Falls Sie einen maßgeschneiderten Vertrag benötigen, sollten Sie sich durch einen Rechtsanwalt Ihres Vertrauens beraten lassen. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7885CD05" w14:textId="77777777" w:rsidR="00782FB8" w:rsidRPr="00BE551C" w:rsidRDefault="00782FB8" w:rsidP="00BE551C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7885CD06" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="006D32EB" w:rsidP="00BE551C">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="008C5420" w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Standardvertrag zur Gründung einer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7885CD07" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="00BE551C" w:rsidP="00102F4D">
+    <w:p w14:paraId="4FB560B5" w14:textId="77777777" w:rsidR="004C034F" w:rsidRDefault="00BE551C" w:rsidP="004C034F">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BGB-Gesellschaft (GbR)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7885CD08" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00102F4D">
+    <w:p w14:paraId="7885CD08" w14:textId="2F684F42" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="004C034F">
       <w:pPr>
         <w:pStyle w:val="berschrift1"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>I. Allgemeines</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7885CD09" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00102F4D">
+        <w:t xml:space="preserve"> Allgemeines</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35E53069" w14:textId="77777777" w:rsidR="004C034F" w:rsidRPr="004C034F" w:rsidRDefault="004C034F" w:rsidP="008D5E18">
       <w:pPr>
         <w:ind w:left="708"/>
-        <w:rPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="7885CD0A" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00102F4D">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C034F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Die GbR ist der Zusammenschluss von zwei oder mehreren natürlichen oder juristischen Personen zur Erreichung eines gemeinsamen Zweckes. Sie ist der Grundtypus der Personengesellschaften und eignet sich u.a. für den auf Dauer angelegten Betrieb kleingewerblicher Unternehmungen durch mehrere Personen oder für die dauerhafte Zusammenarbeit mehrerer Unternehmer auf einem Teilgebiet, z.B. Werbung. Die GbR kann nach einer Neuregelung durch das Personengesellschaftsrechtsmodernisierungsgesetz (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004C034F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MoPeG</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004C034F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>), welche die bisherige Rechtsprechung des Bundesgerichtshofs (BGH) bestätigt, rechtsfähig und parteifähig sein, soweit sie als Teilnehmer am Rechtsverkehr eigene vertragliche Rechte und Pflichten begründet; sie kann also selbst vor Gericht klagen und verklagt werden, hat aber keine Organe und keine Firma im Sinne des § 17 HGB. Ihr ist es gestattet, eine Geschäftsbezeichnung zu führen, aus der sich Name und Gegenstand der Gesellschaft ergeben.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="347EFD25" w14:textId="77777777" w:rsidR="004C034F" w:rsidRPr="004C034F" w:rsidRDefault="004C034F" w:rsidP="008D5E18">
       <w:pPr>
         <w:ind w:left="708"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="7885CD0B" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00102F4D">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C034F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Die GbR zeichnet sich durch eine hohe Flexibilität des Gesellschaftsverhältnisses aus, da sich aus dem Gesetzestext nur wenige zwingende Regelungen ergeben.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06C2357C" w14:textId="77777777" w:rsidR="004C034F" w:rsidRPr="004C034F" w:rsidRDefault="004C034F" w:rsidP="008D5E18">
       <w:pPr>
         <w:ind w:left="708"/>
-        <w:rPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="7885CD0C" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00102F4D">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C034F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sofern es sich bei dem Gesellschaftszweck um den dauerhaften Betrieb eines Grundhandelsgewerbes handelt, ist die GbR nur dann als Rechtsform zu verwenden, wenn es sich nicht um ein kaufmännisches Unternehmen handelt. Das heißt bei Handels- oder Produktionsbetrieben, dass der Jahresumsatz einen Betrag von ca. € 250.000 nicht übersteigen darf. Bei einem Jahresumsatz von über ca. € 250.000 wird dieser Betrieb nämlich ggf. zu einer Personenhandelsgesellschaft. Für diese gelten wiederum die besonderen gesetzlichen Bestimmungen des HGB und deren Eintragung in das Handelsregister ist obligatorisch. Soweit nur ein vorübergehender Zweck, wie etwa die Durchführung eines einzelnen gemeinsamen Projektes in Frage steht, kommt es auf die Frage der Kaufmannseigenschaft nicht an, selbst wenn ein hoher Umsatz erzielt wird.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="638A7CA2" w14:textId="77777777" w:rsidR="004C034F" w:rsidRPr="004C034F" w:rsidRDefault="004C034F" w:rsidP="008D5E18">
       <w:pPr>
         <w:ind w:left="708"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="7885CD0D" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00102F4D">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C034F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mit der (auch fakultativen) Eintragung im Handelsregister wird aus der GbR eine OHG. Möglich ist durch die Modernisierung der Personengesellschaftsrecht zudem eine Eintragung der GbR in das neu geschaffene Gesellschaftsregister.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7885CD0E" w14:textId="07D5BB39" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="004C034F" w:rsidP="008D5E18">
       <w:pPr>
         <w:ind w:left="708"/>
-        <w:rPr>
-[...30 lines deleted...]
-    <w:p w14:paraId="7885CD0E" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00102F4D">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C034F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Weitere Informationen zur GbR finden Sie </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="004C034F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>hier</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="008C5420" w:rsidRPr="00BE551C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7885CD3C" w14:textId="2D7C40AA" w:rsidR="00A52D2C" w:rsidRDefault="00A52D2C" w:rsidP="00A52D2C">
       <w:pPr>
         <w:ind w:left="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE551C">
-[...1040 lines deleted...]
-      <w:r w:rsidR="00A52D2C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7885CD3D" w14:textId="77777777" w:rsidR="00A52D2C" w:rsidRDefault="00A52D2C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
@@ -1710,74 +730,83 @@
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>„Gesellschaft bürgerlichen Rechts“</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7885CD40" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7885CD41" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="004122B6" w:rsidP="00BE551C">
+    <w:p w14:paraId="6F9AA486" w14:textId="5BE2850E" w:rsidR="008D5E18" w:rsidRDefault="004122B6" w:rsidP="00BE551C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Zwischen </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE551C">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="008D5E18" w:rsidRPr="008D5E18">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>den Gesellschaftern</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="180CA05B" w14:textId="77777777" w:rsidR="008D5E18" w:rsidRPr="00BE551C" w:rsidRDefault="008D5E18" w:rsidP="00BE551C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="7885CD42" w14:textId="77777777" w:rsidR="00974208" w:rsidRPr="00BE551C" w:rsidRDefault="00974208" w:rsidP="00BE551C">
       <w:pPr>
         <w:ind w:left="708"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Herrn Paul Müller</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7885CD43" w14:textId="77777777" w:rsidR="00974208" w:rsidRPr="00BE551C" w:rsidRDefault="00974208" w:rsidP="00BE551C">
       <w:pPr>
         <w:ind w:left="708"/>
         <w:rPr>
@@ -1930,72 +959,81 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>wird folgender Gesellschaftsvertrag geschlossen:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7885CD4D" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7885CD4E" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00A52D2C" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
+    <w:p w14:paraId="7885CD4E" w14:textId="7BF605CE" w:rsidR="008C5420" w:rsidRPr="00A52D2C" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A52D2C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Name, Sitz und Zweck der Gesellschaft</w:t>
       </w:r>
+      <w:r w:rsidR="00594D1A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7885CD4F" w14:textId="77777777" w:rsidR="000F6D03" w:rsidRPr="00BE551C" w:rsidRDefault="000F6D03" w:rsidP="00A52D2C">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Zum gemeinsamen Betrieb eines </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2070,493 +1108,910 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>gegründet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7885CD54" w14:textId="77777777" w:rsidR="000F6D03" w:rsidRPr="00BE551C" w:rsidRDefault="000F6D03" w:rsidP="00A52D2C">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7885CD55" w14:textId="77777777" w:rsidR="000F6D03" w:rsidRPr="00BE551C" w:rsidRDefault="000F6D03" w:rsidP="00A52D2C">
+    <w:p w14:paraId="7885CD56" w14:textId="70B4C990" w:rsidR="000F6D03" w:rsidRPr="00BE551C" w:rsidRDefault="000F6D03" w:rsidP="00472300">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Die Gesellschaft ist auf alle, dem Zweck des Unternehmens dienenden Tätigkeiten gerichtet. Es können Filialen gegründet werden.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7885CD56" w14:textId="77777777" w:rsidR="000F6D03" w:rsidRPr="00BE551C" w:rsidRDefault="000F6D03" w:rsidP="00A52D2C">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="3A14E878" w14:textId="39A3BFA6" w:rsidR="008D5E18" w:rsidRDefault="00F5789C" w:rsidP="00A52D2C">
+      <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7885CD57" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="000F6D03" w:rsidP="00A52D2C">
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="000F6D03" w:rsidRPr="00BE551C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sitz der Gesellschaft ist </w:t>
+      </w:r>
+      <w:r w:rsidR="000F6D03" w:rsidRPr="00BE551C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Musterstadt</w:t>
+      </w:r>
+      <w:r w:rsidR="00117459">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="297EAA0F" w14:textId="77777777" w:rsidR="008D5E18" w:rsidRDefault="008D5E18" w:rsidP="00A52D2C">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Musterstadt</w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F8787B7" w14:textId="12AEF7C8" w:rsidR="008D5E18" w:rsidRPr="008D5E18" w:rsidRDefault="008D5E18" w:rsidP="008D5E18">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5E18">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5E18">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Falls gewünscht</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5E18">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5E18">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Anmeldung zum und Eintragung in das Gesellschaftsregister</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A50E24B" w14:textId="13DFBA8E" w:rsidR="008D5E18" w:rsidRPr="008D5E18" w:rsidRDefault="008D5E18" w:rsidP="008D5E18">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5E18">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Die Gesellschafter verpflichten sich, die Gesellschaft gemeinsam zur Eintragung in das Gesellschaftsregister am Sitz der Gesellschaft anzumelden. Ab der Eintragung im Gesellschaftsregister soll der Rechtsformzusatz eGbR verwendet werden.]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7885CD58" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7885CD59" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00A52D2C" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
+    <w:p w14:paraId="755E4351" w14:textId="2849A759" w:rsidR="003C5CA9" w:rsidRDefault="008C5420" w:rsidP="003C5CA9">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-        <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A52D2C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Dauer der Gesellschaft</w:t>
       </w:r>
+      <w:r w:rsidR="003C5CA9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003C5CA9" w:rsidRPr="00CF4E55">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kündigung</w:t>
+      </w:r>
+      <w:r w:rsidR="00594D1A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7885CD59" w14:textId="5D6471C5" w:rsidR="008C5420" w:rsidRPr="00A52D2C" w:rsidRDefault="008C5420" w:rsidP="009E349C">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A52D2C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Die Gesellschaft beginnt am</w:t>
+      </w:r>
       <w:r w:rsidR="00A52D2C" w:rsidRPr="00A52D2C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidR="003C5CA9" w:rsidRPr="003C5CA9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C5CA9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>im Innenverhältnis zwischen den Gesellschaftern; gegenüber Dritten mit Aufnahme der Geschäftstätigkeit [oder Eintragung im Gesellschaftsregister</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003C5CA9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>].</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A52D2C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ihre</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A52D2C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dauer ist unbestimmt. Der Gesellschaftsvertrag kann unter Einhaltung einer Frist von sechs Monaten jeweils zum Schluss eines Kalenderjahres gekündigt werden.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52D2C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00A52D2C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Die Gesellschaft beginnt am</w:t>
-[...17 lines deleted...]
-      <w:r w:rsidR="00A52D2C">
+        <w:t>Die Kündigung muss schriftlich erfolgen.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB6131">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00A52D2C">
-[...25 lines deleted...]
-    <w:p w14:paraId="7885CD5B" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00A52D2C" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
+    </w:p>
+    <w:p w14:paraId="7885CD5B" w14:textId="2CA5D062" w:rsidR="008C5420" w:rsidRPr="00A52D2C" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A52D2C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Geschäftsjahr</w:t>
       </w:r>
+      <w:r w:rsidR="00594D1A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r w:rsidR="00A52D2C" w:rsidRPr="00A52D2C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00A52D2C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Das Geschäftsjahr entspricht dem Kalenderjahr.</w:t>
       </w:r>
+      <w:r w:rsidR="00594D1A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00594D1A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:br/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7885CD5C" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7885CD5D" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00A52D2C" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
+    <w:p w14:paraId="7E5B1FCD" w14:textId="70380B47" w:rsidR="003C5CA9" w:rsidRPr="006B584F" w:rsidRDefault="008C5420" w:rsidP="004E416F">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B584F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Einlagen</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B584F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> der Gesellschafter</w:t>
+      </w:r>
+      <w:r w:rsidR="00594D1A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E397C1B" w14:textId="52C45E90" w:rsidR="003C5CA9" w:rsidRDefault="003C5CA9" w:rsidP="003C5CA9">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gesellschafter sind</w:t>
+      </w:r>
+      <w:r w:rsidR="00C016B3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="374DBD7F" w14:textId="77777777" w:rsidR="00C016B3" w:rsidRDefault="00C016B3" w:rsidP="00C016B3">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Paul Müller, geboren am _________, wohnhaft in ___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C6B86DB" w14:textId="77777777" w:rsidR="00C016B3" w:rsidRDefault="00C016B3" w:rsidP="00C016B3">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Hans Mayer, geboren am _________, wohnhaft in ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5913C844" w14:textId="77777777" w:rsidR="008D5E18" w:rsidRPr="008D5E18" w:rsidRDefault="008D5E18" w:rsidP="008D5E18">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="677C7A11" w14:textId="7831F9AF" w:rsidR="008D5E18" w:rsidRPr="008D5E18" w:rsidRDefault="00C016B3" w:rsidP="008D5E18">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Beide</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5E18" w:rsidRPr="008D5E18">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gesellschafter haften unbeschränkt und persönlich. Untereinander haften die Gesellschafter für die Verbindlichkeiten der Gesellschaft im Verhältnis ihrer Beteiligung</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5E18">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54F9199E" w14:textId="77777777" w:rsidR="008D5E18" w:rsidRDefault="008D5E18" w:rsidP="008D5E18">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7885CD5D" w14:textId="1A1D2392" w:rsidR="008C5420" w:rsidRPr="00A52D2C" w:rsidRDefault="004C48A2" w:rsidP="008D5E18">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00A52D2C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>Einlagen der Gesellschafter</w:t>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Herr Müller</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A52D2C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bringt in bar </w:t>
       </w:r>
       <w:r w:rsidR="00A52D2C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A52D2C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> € sowie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A52D2C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Einrichtungsgegenstände</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A52D2C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A52D2C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Maschinen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A52D2C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> im Wert von </w:t>
+      </w:r>
+      <w:r w:rsidR="00A52D2C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A52D2C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>€  ein</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A52D2C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Herr Mayer bringt in bar </w:t>
+      </w:r>
+      <w:r w:rsidR="00A52D2C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A52D2C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> € sowie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A52D2C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Einrichtungsgegenstände</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A52D2C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A52D2C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Maschinen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A52D2C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> im Wert von </w:t>
+      </w:r>
+      <w:r w:rsidR="00A52D2C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A52D2C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>€ ein. Beide Gesellschafter sind entsprechend ihrer Anteile mit sofortiger Wirkung je zur Hälfte am Gesellschaftsvermögen beteiligt.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F76086">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="004C48A2" w:rsidRPr="00A52D2C">
-[...158 lines deleted...]
-    <w:p w14:paraId="7885CD5F" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00A52D2C" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
+    </w:p>
+    <w:p w14:paraId="7885CD5F" w14:textId="31158E2B" w:rsidR="008C5420" w:rsidRPr="00A52D2C" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A52D2C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Geschäftsführung und Vertretung</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="7885CD60" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00A52D2C">
+      <w:r w:rsidR="00C016B3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Gesellschaftsversammlung</w:t>
+      </w:r>
+      <w:r w:rsidR="00594D1A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78001922" w14:textId="77777777" w:rsidR="00C016B3" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00C016B3">
       <w:pPr>
         <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Die Geschäfte werden von beiden Gesellschaftern gemeinschaftlich geführt. Jeder Gesellschafter ist zur Geschäftsführung alleine berechtigt. Er vertritt die Gesellschaft im Außenverhältnis allein.</w:t>
+        <w:t xml:space="preserve">Die Geschäfte werden von beiden Gesellschaftern gemeinschaftlich geführt. Jeder Gesellschafter ist zur Geschäftsführung </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE551C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>alleine</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE551C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> berechtigt. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C016B3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sie vertreten</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE551C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> die Gesellschaft im Außenverhältnis allein</w:t>
+      </w:r>
+      <w:r w:rsidR="00C016B3">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und sind und von den Beschränkungen des §181 BGB befreit. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7885CD61" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00A52D2C">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7885CD62" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00A52D2C">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -2684,102 +2139,366 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5.000</w:t>
       </w:r>
       <w:r w:rsidR="00D51015" w:rsidRPr="00A52D2C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A52D2C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>übersteigt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7885CD68" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00A52D2C">
+    <w:p w14:paraId="7885CD68" w14:textId="77777777" w:rsidR="008C5420" w:rsidRDefault="008C5420" w:rsidP="00A52D2C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Aufnahme neuer Gesellschafter und Erhöhung der Einlagen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7885CD69" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
-[...8 lines deleted...]
-    <w:p w14:paraId="7885CD6A" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00A52D2C" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
+    <w:p w14:paraId="2145F8FD" w14:textId="77777777" w:rsidR="00C016B3" w:rsidRDefault="00C016B3" w:rsidP="00C016B3">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DEA2CC6" w14:textId="77777777" w:rsidR="00C016B3" w:rsidRDefault="00C016B3" w:rsidP="00C016B3">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4E55">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Die Gesellschafterversammlung beschließt insbesondere über</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BC484B2" w14:textId="77777777" w:rsidR="00C016B3" w:rsidRPr="00CF4E55" w:rsidRDefault="00C016B3" w:rsidP="00C016B3">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D234F33" w14:textId="77777777" w:rsidR="00C016B3" w:rsidRDefault="00C016B3" w:rsidP="00C016B3">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4E55">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>den Jahresabschluss und die Gewinnverwendung</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EA2034A" w14:textId="77777777" w:rsidR="00C016B3" w:rsidRDefault="00C016B3" w:rsidP="00C016B3">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4E55">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>die Entlastung, Bestellung und Abberufung der geschäftsführenden Gesellschafter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4864E45B" w14:textId="77777777" w:rsidR="00C016B3" w:rsidRDefault="00C016B3" w:rsidP="00C016B3">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4E55">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>den Jahresinvestitions-, Umsatz- und Finanzplan,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="619952EB" w14:textId="77777777" w:rsidR="00C016B3" w:rsidRDefault="00C016B3" w:rsidP="00C016B3">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4E55">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zustimmungspflichtige Geschäftsführungsmaßnahmen im Sinne von</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ziffer VI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="520EF5BC" w14:textId="77777777" w:rsidR="00C016B3" w:rsidRDefault="00C016B3" w:rsidP="00C016B3">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4E55">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Änderungen des Gesellschaftsvertrags,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22F60A83" w14:textId="77777777" w:rsidR="00C016B3" w:rsidRDefault="00C016B3" w:rsidP="00C016B3">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4E55">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>die Auflösung bzw</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF4E55">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Fortsetzung der Gesellschaft,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53FDF591" w14:textId="77777777" w:rsidR="00C016B3" w:rsidRDefault="00C016B3" w:rsidP="00C016B3">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4E55">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>die Zustimmung zur Verfügung über Gesellschaftsanteile,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7885CD69" w14:textId="5884F41A" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="00C016B3" w:rsidP="00BE43B7">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CF4E55">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>die Aufnahme und Ausschließung von Gesellschaftern</w:t>
+      </w:r>
+      <w:r w:rsidR="00594D1A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00117459">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7885CD6A" w14:textId="7F956980" w:rsidR="008C5420" w:rsidRPr="00A52D2C" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A52D2C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Pflichten der Gesellschafter</w:t>
       </w:r>
+      <w:r w:rsidR="00594D1A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7885CD6B" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00A52D2C">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Keiner der Gesellschafter darf ohne schriftliches Einverständnis des anderen Gesellschafters außerhalb der Gesellschaft ohne Rücksicht auf die jeweilige Branche geschäftlich tätig werden. Dazu gehört auch eine mittelbare oder unmittelbare Beteiligung an Konkurrenzgeschäften. Für Zuwiderhandlungen wird eine Vertragsstrafe in Höhe von je </w:t>
       </w:r>
       <w:r w:rsidR="00D51015" w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2790,532 +2509,946 @@
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>€ vereinbart.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7885CD6C" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00A52D2C">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7885CD6D" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00A52D2C">
+    <w:p w14:paraId="7885CD6D" w14:textId="6F3EAA87" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008D5E18" w:rsidP="00A52D2C">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Die f</w:t>
+      </w:r>
+      <w:r w:rsidR="008C5420" w:rsidRPr="00BE551C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ristlose Kündigung bleibt vorbehalten.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7885CD6E" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00A52D2C">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7885CD6F" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00A52D2C">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Fristlose Kündigung bleibt vorbehalten.</w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t>Jeder Gesellschafter kann verlangen, dass der Mitgesellschafter alle auf eigene Rechnung abgeschlossenen Geschäfte als für die Gesellschaft eingegangen gelten lässt. Daraus folgt, dass die aus solchen Geschäften bezogenen Vergütungen herauszugeben sind oder die Ansprüche auf Vergütung an die Gesellschaft abgetreten werden müssen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7885CD70" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
-[...8 lines deleted...]
-    <w:p w14:paraId="7885CD71" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00A52D2C" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
+    <w:p w14:paraId="2B7EC841" w14:textId="77777777" w:rsidR="00A01E81" w:rsidRDefault="00A01E81" w:rsidP="00BE551C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7885CD71" w14:textId="21FD4E76" w:rsidR="008C5420" w:rsidRPr="00A52D2C" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A52D2C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gewinn- und Verlustrechnung / Entnahmerecht</w:t>
       </w:r>
+      <w:r w:rsidR="00594D1A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7885CD72" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00A52D2C">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Gewinn und Verlust der Gesellschaft werden nach Maßgabe der Beteiligung der Gesellschafter aufgeteilt. Jedem Gesellschafter steht eine Vorabvergütung in Höhe von </w:t>
       </w:r>
       <w:r w:rsidR="00A52D2C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>__________</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> € zu. Sollte die Gesellschaft nach Feststellung des Jahresabschlusses durch Auszahlung der Vorabvergütung in die Verlustzone geraten, sind die Gesellschafter zu entsprechendem Ausgleich verpflichtet.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7885CD73" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7885CD74" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00313942" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
+    <w:p w14:paraId="7885CD74" w14:textId="0DB7BB32" w:rsidR="008C5420" w:rsidRPr="00313942" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00313942">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kündigung eines Gesellschafters</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="7885CD75" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00313942">
+      <w:r w:rsidR="009E349C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009E349C" w:rsidRPr="009E349C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E349C" w:rsidRPr="006B01FE">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ausschluss eines Gesellschafters</w:t>
+      </w:r>
+      <w:r w:rsidR="00594D1A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7885CD75" w14:textId="579F6051" w:rsidR="009E349C" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="009E349C">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Im Falle der Kündigung scheidet der kündigende Gesellschafter aus der Gesellschaft aus. Der verbleibende Gesellschafter ist berechtigt, das Unternehmen mit Aktiva und Passiva unter Ausschluss der Liquidation zu übernehmen und fortzuführen. Dem ausscheidenden Gesellschafter ist das Auseinandersetzungsguthaben auszuzahlen.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7885CD76" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00313942">
+        <w:t>Im Falle der Kündigung scheidet der kündigende Gesellschafter aus der Gesellschaft aus. Der verbleibende Gesellschafter ist berechtigt, das Unternehmen mit Aktiva und Passiva unter Ausschluss der Liquidation zu übernehmen und fortzuführen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0526BC5A" w14:textId="48CAEC8C" w:rsidR="009E349C" w:rsidRDefault="009E349C" w:rsidP="00313942">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7885CD77" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00313942">
+    <w:p w14:paraId="4DB97A0F" w14:textId="77777777" w:rsidR="009E349C" w:rsidRDefault="009E349C" w:rsidP="00313942">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="006B01FE">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ein Gesellschafter, in dessen Person ein wichtiger Grund vorliegt, der die übrigen Gesellschafter nach § 723 Abs. 1 Satz 2 BGB zur außerordentlichen Kündigung berechtigen würde, kann aus der Gesellschaft ausgeschlossen werden.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B01FE">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="630A6293" w14:textId="183EF4CC" w:rsidR="009E349C" w:rsidRDefault="009E349C" w:rsidP="00313942">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B01FE">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ein wichtiger Grund liegt insbesondere dann vor, wenn bei einem Gesellschafter dauernde Arbeitsunfähigkeit eingetreten ist oder er vorsätzlich oder grob fahrlässig seine Pflichten verletzt. Dauernd ist die Arbeitsunfähigkeit, wenn die Arbeitsfähigkeit in einem Zeitraum von ... Monaten nicht wieder hergestellt werden kann</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="538F4FBE" w14:textId="77777777" w:rsidR="009E349C" w:rsidRDefault="009E349C" w:rsidP="009E349C">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06EB0D9A" w14:textId="5B33213F" w:rsidR="009E349C" w:rsidRPr="00BE551C" w:rsidRDefault="009E349C" w:rsidP="009E349C">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Dem ausscheidenden Gesellschafter ist das Auseinandersetzungsguthaben auszuzahlen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0275793B" w14:textId="77777777" w:rsidR="009E349C" w:rsidRPr="00BE551C" w:rsidRDefault="009E349C" w:rsidP="009E349C">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FB88D52" w14:textId="77777777" w:rsidR="009E349C" w:rsidRPr="00BE551C" w:rsidRDefault="009E349C" w:rsidP="009E349C">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE551C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Bei der Feststellung des Auseinandersetzungsguthabens sind Aktiva und Passiva mit ihrem wahren Wert einzusetzen. Der Geschäftswert ist nicht zu berücksichtigen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7885CD78" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00313942">
+    <w:p w14:paraId="74A55CEE" w14:textId="1F3677EE" w:rsidR="009E349C" w:rsidRPr="00BE551C" w:rsidRDefault="009E349C" w:rsidP="009E349C">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br w:type="page"/>
+        <w:t xml:space="preserve">Die Auszahlung des Auseinandersetzungsguthabens hat in vier gleichen Vierteljahresraten zu erfolgen, von denen die erste drei Monate nach dem Ausscheiden fällig ist. Das Auseinandersetzungsguthaben ist ab dem </w:t>
       </w:r>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Die Auszahlung des Auseinandersetzungsguthabens hat in vier gleichen Vierteljahresraten zu erfolgen, von denen die erste drei Monate nach dem Ausscheiden fällig ist. Das Auseinandersetzungsguthaben ist ab dem Ausscheidungszeitpunkt in Höhe des jeweiligen Hauptrefinanzierungssatzes der Europäischen Zentralbank zu verzinsen.</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="7885CD7A" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="0084672B" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
+        <w:t>Ausscheidungszeitpunkt in Höhe des jeweiligen Hauptrefinanzierungssatzes der Europäischen Zentralbank zu verzinsen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7885CD79" w14:textId="767C7236" w:rsidR="00CC1E07" w:rsidRPr="00BE551C" w:rsidRDefault="00CC1E07" w:rsidP="00BE551C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7885CD7A" w14:textId="5C9514BA" w:rsidR="008C5420" w:rsidRPr="0084672B" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0084672B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Tod eines Gesellschafters</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="7885CD7B" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="0084672B">
+      <w:r w:rsidR="00594D1A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7885CD7B" w14:textId="7E14F3A2" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="00C016B3" w:rsidP="0084672B">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE551C">
-[...17 lines deleted...]
-    <w:p w14:paraId="7885CD7D" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="0084672B" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
+      <w:r w:rsidRPr="00CF4E55">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Im Fall des Todes eines Gesellschafters scheiden auch dessen Gesamtrechtsnachfolger aus der Gesellschaft aus; die Gesellschaft wird von dem verbleibenden Gesellschafter fortgesetzt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> und </w:t>
+      </w:r>
+      <w:r w:rsidR="008C5420" w:rsidRPr="00BE551C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">gilt § </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="008C5420" w:rsidRPr="00BE551C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> entsprechend mit der Maßgabe, dass die Auseinandersetzungsbilanz zum Todestag aufzustellen ist.</w:t>
+      </w:r>
+      <w:r w:rsidR="004F019C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="604966F7" w14:textId="5E48F9D0" w:rsidR="009E349C" w:rsidRPr="007F5906" w:rsidRDefault="009E349C" w:rsidP="009E349C">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...61 lines deleted...]
-    <w:p w14:paraId="7885CD82" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="0084672B" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F5906">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Güterstand und Pflichtteilsverzicht</w:t>
+      </w:r>
+      <w:r w:rsidR="00594D1A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AFFF48F" w14:textId="77777777" w:rsidR="009E349C" w:rsidRPr="007F5906" w:rsidRDefault="009E349C" w:rsidP="009E349C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F5906">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5906">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5906">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Jeder verheiratete Gesellschafter ist verpflichtet, durch Ehevertrag sicherzustellen, dass sein Geschäftsanteil und dessen Surrogate („Betriebsvermögen“)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5906">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>a) keiner güterrechtlichen Auseinandersetzung (insbesondere Zugewinnausgleich) unterliegen und er hierüber allein verfügen kann, und</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5906">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">b) bei Pflichtteilsansprüchen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E349C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oder wirtschaftlich vergleichbaren Rechten nach deutschem oder ausländischem Recht unberücksichtigt bleib</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5906">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48560231" w14:textId="77777777" w:rsidR="009E349C" w:rsidRPr="007F5906" w:rsidRDefault="009E349C" w:rsidP="009E349C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F5906">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(2) Auf Verlangen der Gesellschafter ist binnen sechs Monaten ein Nachweis über die Erfüllung dieser Verpflichtungen vorzulegen. Änderungen sind unverzüglich mitzuteilen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="269EEF8A" w14:textId="77777777" w:rsidR="009E349C" w:rsidRPr="007F5906" w:rsidRDefault="009E349C" w:rsidP="009E349C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F5906">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(3) Verstößt ein Gesellschafter gegen diese Pflichten, können seine Geschäftsanteile eingezogen oder seine Stimm- und Gewinnrechte mit 75 % Mehrheit der übrigen Gesellschafter bis zur Behebung des Verstoßes ganz oder teilweise entzogen werden</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F5906">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7885CD7C" w14:textId="615EA109" w:rsidR="008C5420" w:rsidRPr="009E349C" w:rsidRDefault="009E349C" w:rsidP="009E349C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E349C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E349C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4) Die Regelungen gelten entsprechend für Lebenspartnerschaften und vergleichbare ausländische Rechtsformen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CCD279A" w14:textId="77777777" w:rsidR="009E349C" w:rsidRPr="00BE551C" w:rsidRDefault="009E349C" w:rsidP="00BE551C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7885CD7D" w14:textId="30A47D06" w:rsidR="008C5420" w:rsidRPr="0084672B" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0084672B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Salvatorische Klausel</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7885CD83" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="0084672B">
+        <w:t>Einsichtsrecht</w:t>
+      </w:r>
+      <w:r w:rsidR="00594D1A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7885CD7E" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="0084672B">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Sollte eine Bestimmung dieses Vertrages unwirksam sein, so bleibt der Vertrag im Übrigen wirksam.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7885CD84" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="0084672B">
+        <w:t>Jeder Gesellschafter ist berechtigt, sich über die Angelegenheiten der Gesellschaft durch Einsicht in die Geschäftsbücher und Papiere zu unterrichten und sich aus ihnen eine Übersicht über den Stand des Gesellschaftsvermögens anzufertigen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7885CD7F" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="0084672B">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7885CD85" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="006D1A41">
+    <w:p w14:paraId="7885CD80" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="0084672B">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Für den Fall der Unwirksamkeit verpflichten sich die Gesellschafter, eine neue Regelung zu treffen, die wirtschaftlich der unwirksamen Regelung weitestgehend entspricht.</w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="7885CD87" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="0084672B" w:rsidRDefault="008C5420" w:rsidP="0084672B">
+        <w:t>Jeder Gesellschafter kann auf eigene Kosten einen zur Berufsverschwiegenheit verpflichteten Dritten bei der Wahrnehmung dieser Rechte hinzuziehen oder zur Wahrnehmung dieser Rechte beauftragen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7885CD81" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="0084672B">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7885CD82" w14:textId="315D2E91" w:rsidR="008C5420" w:rsidRPr="0084672B" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
       <w:pPr>
         <w:pStyle w:val="Listenabsatz"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0084672B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="0084672B">
+        <w:t>Salvatorische Klausel</w:t>
+      </w:r>
+      <w:r w:rsidR="00594D1A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7885CD83" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="0084672B">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE551C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Sollte eine Bestimmung dieses Vertrages unwirksam sein, so bleibt der Vertrag im Übrigen wirksam.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7885CD84" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="0084672B">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7885CD85" w14:textId="04D386F1" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="006D1A41">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE551C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Für den Fall der Unwirksamkeit verpflichten sich die Gesellschafter, eine neue Regelung zu treffen, die wirtschaftlich der unwirksamen Regelung weitestgehend entspricht.</w:t>
+      </w:r>
+      <w:r w:rsidR="004F019C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7885CD88" w14:textId="5ED02CEB" w:rsidR="008C5420" w:rsidRPr="004F019C" w:rsidRDefault="008C5420" w:rsidP="00CA28C5">
+      <w:pPr>
+        <w:pStyle w:val="Listenabsatz"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F019C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Änderungen des Vertrages</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-    <w:p w14:paraId="7885CD89" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="0084672B">
+      <w:r w:rsidR="00594D1A">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7885CD89" w14:textId="6C286365" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="00C016B3" w:rsidP="0084672B">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BE551C">
-[...5 lines deleted...]
-        <w:t>Änderungen und Ergänzungen dieses Vertrages bedürfen der Schriftform.</w:t>
+      <w:r w:rsidRPr="001D6A1D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Änderungen dieses Vertrages einschließlich der Abänderung dieser Schriftformklausel bedürfen zu ihrer Wirksamkeit der Schriftform, soweit nicht gesetzlich eine Beurkundung oder andere Form vorgeschrieben ist</w:t>
+      </w:r>
+      <w:r w:rsidR="008C5420" w:rsidRPr="00BE551C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7885CD8A" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="0084672B">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7885CD8B" w14:textId="77777777" w:rsidR="008C5420" w:rsidRPr="00BE551C" w:rsidRDefault="008C5420" w:rsidP="00BE551C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7885CD8C" w14:textId="77777777" w:rsidR="00F84264" w:rsidRPr="00BE551C" w:rsidRDefault="00F84264" w:rsidP="00BE551C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -3420,56 +3553,54 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>__________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7885CD92" w14:textId="77777777" w:rsidR="00F84264" w:rsidRPr="00BE551C" w:rsidRDefault="00F84264" w:rsidP="00BE551C">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="7885CDFC" w14:textId="5156268B" w:rsidR="005D41B2" w:rsidRDefault="00F84264" w:rsidP="00411AD5">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Unterschrift</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
@@ -3486,268 +3617,403 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00BE551C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Unterschrift </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00F84264" w:rsidRPr="00BE551C" w:rsidSect="00D83FC5">
-      <w:headerReference w:type="default" r:id="rId12"/>
+    <w:sectPr w:rsidR="005D41B2">
+      <w:headerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="964" w:right="1021" w:bottom="833" w:left="1814" w:header="720" w:footer="851" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:docGrid w:linePitch="299"/>
+      <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7885CDFF" w14:textId="77777777" w:rsidR="0074057D" w:rsidRDefault="0074057D">
+    <w:p w14:paraId="3125902B" w14:textId="77777777" w:rsidR="009B2050" w:rsidRDefault="009B2050">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7885CE00" w14:textId="77777777" w:rsidR="0074057D" w:rsidRDefault="0074057D">
+    <w:p w14:paraId="0F4D5856" w14:textId="77777777" w:rsidR="009B2050" w:rsidRDefault="009B2050">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7885CDFD" w14:textId="77777777" w:rsidR="0074057D" w:rsidRDefault="0074057D">
+    <w:p w14:paraId="5467405D" w14:textId="77777777" w:rsidR="009B2050" w:rsidRDefault="009B2050">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7885CDFE" w14:textId="77777777" w:rsidR="0074057D" w:rsidRDefault="0074057D">
+    <w:p w14:paraId="2C63382C" w14:textId="77777777" w:rsidR="009B2050" w:rsidRDefault="009B2050">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...55 lines deleted...]
-  <w:p w14:paraId="2269A258" w14:textId="77777777" w:rsidR="001D6E61" w:rsidRDefault="001D6E61">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7885CE0C" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="2AB330BC" w14:textId="77777777" w:rsidR="001D6E61" w:rsidRDefault="001D6E61">
+  <w:p w14:paraId="7885CE0D" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="4A2CDB60" w14:textId="77777777" w:rsidR="00D83FC5" w:rsidRDefault="00D83FC5">
+  <w:p w14:paraId="7885CE0E" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
       <w:rPr>
         <w:color w:val="808080"/>
       </w:rPr>
     </w:pPr>
   </w:p>
+  <w:p w14:paraId="7885CE0F" w14:textId="77777777" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+      <w:rPr>
+        <w:color w:val="808080"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="7885CE10" w14:textId="07080682" w:rsidR="006D32EB" w:rsidRDefault="006D32EB">
+    <w:pPr>
+      <w:pStyle w:val="Kopfzeile"/>
+    </w:pPr>
+  </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0A8115DA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C9787B20"/>
+    <w:lvl w:ilvl="0" w:tplc="701ECD26">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12D4132D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="662656D6"/>
+    <w:lvl w:ilvl="0" w:tplc="04070017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="644" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1364" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2084" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2804" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3524" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4244" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4964" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5684" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6404" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26C33648"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0407000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B454302"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AD285AB8"/>
     <w:lvl w:ilvl="0" w:tplc="04070013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3555" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4275" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3789,51 +4055,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7875" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8595" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9315" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D8D3828"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="647EBDEA"/>
     <w:lvl w:ilvl="0" w:tplc="93D4AC3C">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
@@ -3880,71 +4146,71 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F3D0482"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0407000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35FF2548"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="087CD40C"/>
     <w:lvl w:ilvl="0" w:tplc="93D4AC3C">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3555" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4275" w:hanging="360"/>
       </w:pPr>
@@ -3991,51 +4257,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7875" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8595" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9315" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37673646"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="98849998"/>
     <w:lvl w:ilvl="0" w:tplc="04070013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3555" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4275" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4077,51 +4343,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7875" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8595" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9315" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3FED2364"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FC0C0176"/>
     <w:lvl w:ilvl="0" w:tplc="93D4AC3C">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3555" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4275" w:hanging="360"/>
       </w:pPr>
@@ -4168,71 +4434,71 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7875" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8595" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9315" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="485A6D21"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0407000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="485E73F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8EDAE730"/>
     <w:lvl w:ilvl="0" w:tplc="93D4AC3C">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3555" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4275" w:hanging="360"/>
       </w:pPr>
@@ -4279,51 +4545,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7875" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8595" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9315" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="48A053DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="33021A9E"/>
     <w:lvl w:ilvl="0" w:tplc="93D4AC3C">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3555" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4275" w:hanging="360"/>
       </w:pPr>
@@ -4370,51 +4636,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7875" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8595" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9315" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4A59713E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4DAC55F8"/>
     <w:lvl w:ilvl="0" w:tplc="0407000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4483,51 +4749,51 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5BE82270"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DB54B43A"/>
     <w:lvl w:ilvl="0" w:tplc="93D4AC3C">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3555" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4275" w:hanging="360"/>
       </w:pPr>
@@ -4574,71 +4840,71 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7875" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8595" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9315" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D0D113D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0407000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DE6187E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB901D9C"/>
     <w:lvl w:ilvl="0" w:tplc="04070013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3555" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4275" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4680,51 +4946,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7875" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8595" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9315" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61BB7F49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F3629606"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4766,51 +5032,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6990123E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="25EC178A"/>
     <w:lvl w:ilvl="0" w:tplc="04070013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3555" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4275" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -4852,51 +5118,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7875" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8595" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9315" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B974E0B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9A6EF44E"/>
     <w:lvl w:ilvl="0" w:tplc="93D4AC3C">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3555" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4275" w:hanging="360"/>
       </w:pPr>
@@ -4943,51 +5209,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7875" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8595" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9315" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="76AC01F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ED685E50"/>
     <w:lvl w:ilvl="0" w:tplc="93D4AC3C">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3555" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4275" w:hanging="360"/>
       </w:pPr>
@@ -5034,350 +5300,374 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7875" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8595" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="9315" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C2A28E5"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="0407000B"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="5057795">
+  <w:num w:numId="1" w16cid:durableId="1741520831">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="360740954">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1066340636">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="350647264">
+  <w:num w:numId="4" w16cid:durableId="449477954">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1272740572">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="580259965">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1077627630">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="52583519">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1626739089">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="355160782">
+  <w:num w:numId="10" w16cid:durableId="223298676">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="20782766">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="110630700">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1592004494">
+  <w:num w:numId="13" w16cid:durableId="1782996333">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="631835386">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1349520537">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="2085452123">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="7416305">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="73747920">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="18" w16cid:durableId="2007131192">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1119227609">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="19" w16cid:durableId="979842382">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1967734957">
-[...8 lines deleted...]
-  <w:num w:numId="10" w16cid:durableId="799571669">
+  <w:num w:numId="20" w16cid:durableId="562757655">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1837303370">
-[...24 lines deleted...]
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="21" w16cid:durableId="586307464">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="80"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="21505"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...17 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="006A1A86"/>
     <w:rsid w:val="00033303"/>
     <w:rsid w:val="000459BF"/>
     <w:rsid w:val="000834FA"/>
     <w:rsid w:val="00086F57"/>
     <w:rsid w:val="000920A1"/>
     <w:rsid w:val="00097749"/>
     <w:rsid w:val="000C0E1E"/>
     <w:rsid w:val="000F1598"/>
     <w:rsid w:val="000F6D03"/>
     <w:rsid w:val="00102F4D"/>
     <w:rsid w:val="0010376F"/>
     <w:rsid w:val="001045FC"/>
     <w:rsid w:val="0010520D"/>
     <w:rsid w:val="0011284E"/>
+    <w:rsid w:val="00117459"/>
     <w:rsid w:val="00136734"/>
     <w:rsid w:val="001535E9"/>
     <w:rsid w:val="00153B0E"/>
     <w:rsid w:val="0016349B"/>
     <w:rsid w:val="0016498A"/>
     <w:rsid w:val="00185EDF"/>
     <w:rsid w:val="00187EFA"/>
     <w:rsid w:val="00190B1A"/>
-    <w:rsid w:val="001D6E61"/>
     <w:rsid w:val="001D77CB"/>
+    <w:rsid w:val="001E1749"/>
+    <w:rsid w:val="001E301B"/>
     <w:rsid w:val="001F021A"/>
     <w:rsid w:val="00201FD1"/>
     <w:rsid w:val="002237C2"/>
+    <w:rsid w:val="002816D4"/>
     <w:rsid w:val="002A38E8"/>
     <w:rsid w:val="002C0749"/>
     <w:rsid w:val="002C3D04"/>
     <w:rsid w:val="00313942"/>
     <w:rsid w:val="00342004"/>
     <w:rsid w:val="00373C67"/>
     <w:rsid w:val="00391D4F"/>
+    <w:rsid w:val="003C53E3"/>
+    <w:rsid w:val="003C5CA9"/>
     <w:rsid w:val="00400010"/>
     <w:rsid w:val="00405AAB"/>
+    <w:rsid w:val="00411AD5"/>
     <w:rsid w:val="004122B6"/>
     <w:rsid w:val="004310A4"/>
     <w:rsid w:val="00446658"/>
+    <w:rsid w:val="00472300"/>
+    <w:rsid w:val="00472E74"/>
     <w:rsid w:val="00480FB5"/>
+    <w:rsid w:val="00494B9C"/>
+    <w:rsid w:val="004C034F"/>
     <w:rsid w:val="004C48A2"/>
     <w:rsid w:val="004D12EE"/>
+    <w:rsid w:val="004F019C"/>
     <w:rsid w:val="00526CB3"/>
     <w:rsid w:val="005306B0"/>
+    <w:rsid w:val="00536674"/>
     <w:rsid w:val="005408FD"/>
     <w:rsid w:val="005547EF"/>
+    <w:rsid w:val="00571A95"/>
     <w:rsid w:val="00571B6B"/>
     <w:rsid w:val="00572FFA"/>
+    <w:rsid w:val="00594D1A"/>
     <w:rsid w:val="005A2EC4"/>
     <w:rsid w:val="005D41B2"/>
     <w:rsid w:val="005D4A10"/>
     <w:rsid w:val="005D6B25"/>
+    <w:rsid w:val="005F0769"/>
     <w:rsid w:val="006118A0"/>
     <w:rsid w:val="006460B0"/>
     <w:rsid w:val="006A1A86"/>
     <w:rsid w:val="006A36DD"/>
+    <w:rsid w:val="006B584F"/>
     <w:rsid w:val="006D1A41"/>
     <w:rsid w:val="006D32EB"/>
     <w:rsid w:val="007038AA"/>
     <w:rsid w:val="0074057D"/>
     <w:rsid w:val="007417CB"/>
     <w:rsid w:val="00782FB8"/>
     <w:rsid w:val="0079558E"/>
+    <w:rsid w:val="007F5028"/>
     <w:rsid w:val="0084046D"/>
     <w:rsid w:val="0084672B"/>
     <w:rsid w:val="00885C5C"/>
+    <w:rsid w:val="00892063"/>
     <w:rsid w:val="008A33C0"/>
     <w:rsid w:val="008A7386"/>
+    <w:rsid w:val="008C1BE1"/>
     <w:rsid w:val="008C5420"/>
+    <w:rsid w:val="008D5E18"/>
+    <w:rsid w:val="008E0FD6"/>
     <w:rsid w:val="008F52DD"/>
     <w:rsid w:val="008F5414"/>
+    <w:rsid w:val="008F546E"/>
     <w:rsid w:val="00902FB8"/>
     <w:rsid w:val="009134B9"/>
     <w:rsid w:val="00914905"/>
     <w:rsid w:val="00917F01"/>
     <w:rsid w:val="00925592"/>
     <w:rsid w:val="00974208"/>
     <w:rsid w:val="00976663"/>
     <w:rsid w:val="009802B0"/>
     <w:rsid w:val="009A7654"/>
     <w:rsid w:val="009B08D3"/>
+    <w:rsid w:val="009B2050"/>
     <w:rsid w:val="009D08BE"/>
     <w:rsid w:val="009D1DD0"/>
     <w:rsid w:val="009D3747"/>
+    <w:rsid w:val="009E349C"/>
     <w:rsid w:val="009E5F61"/>
+    <w:rsid w:val="00A01E81"/>
     <w:rsid w:val="00A06C94"/>
     <w:rsid w:val="00A16A4F"/>
     <w:rsid w:val="00A23525"/>
+    <w:rsid w:val="00A25B3D"/>
     <w:rsid w:val="00A52D2C"/>
     <w:rsid w:val="00A74244"/>
     <w:rsid w:val="00A96996"/>
+    <w:rsid w:val="00AB3F45"/>
+    <w:rsid w:val="00AB6131"/>
     <w:rsid w:val="00AC0D12"/>
     <w:rsid w:val="00AE3DFA"/>
     <w:rsid w:val="00B03F05"/>
     <w:rsid w:val="00B2271F"/>
     <w:rsid w:val="00B3618A"/>
     <w:rsid w:val="00B75D64"/>
     <w:rsid w:val="00B93188"/>
     <w:rsid w:val="00BC2ED0"/>
+    <w:rsid w:val="00BE43B7"/>
     <w:rsid w:val="00BE551C"/>
     <w:rsid w:val="00BE65D1"/>
+    <w:rsid w:val="00C016B3"/>
     <w:rsid w:val="00C04092"/>
     <w:rsid w:val="00C13196"/>
     <w:rsid w:val="00C15D83"/>
     <w:rsid w:val="00C25836"/>
     <w:rsid w:val="00C4181B"/>
     <w:rsid w:val="00C42FE6"/>
     <w:rsid w:val="00C53A85"/>
     <w:rsid w:val="00C543B4"/>
+    <w:rsid w:val="00C614A5"/>
     <w:rsid w:val="00C624D8"/>
+    <w:rsid w:val="00C66DF6"/>
     <w:rsid w:val="00CA1F06"/>
+    <w:rsid w:val="00CB079B"/>
     <w:rsid w:val="00CC1E07"/>
     <w:rsid w:val="00CD4E48"/>
+    <w:rsid w:val="00CD6162"/>
     <w:rsid w:val="00D14ECE"/>
     <w:rsid w:val="00D37C04"/>
     <w:rsid w:val="00D51015"/>
+    <w:rsid w:val="00D62D10"/>
     <w:rsid w:val="00D665F3"/>
     <w:rsid w:val="00D74549"/>
-    <w:rsid w:val="00D83FC5"/>
+    <w:rsid w:val="00D8741A"/>
     <w:rsid w:val="00DC7678"/>
     <w:rsid w:val="00DD4B22"/>
     <w:rsid w:val="00DF1FA8"/>
     <w:rsid w:val="00E14FD5"/>
     <w:rsid w:val="00E21725"/>
     <w:rsid w:val="00E51F6C"/>
     <w:rsid w:val="00E66121"/>
-    <w:rsid w:val="00EA5728"/>
     <w:rsid w:val="00EC3795"/>
     <w:rsid w:val="00F00B06"/>
     <w:rsid w:val="00F26260"/>
+    <w:rsid w:val="00F31B89"/>
+    <w:rsid w:val="00F5789C"/>
     <w:rsid w:val="00F72C5B"/>
+    <w:rsid w:val="00F76086"/>
     <w:rsid w:val="00F84264"/>
     <w:rsid w:val="00FA16B1"/>
     <w:rsid w:val="00FB5238"/>
     <w:rsid w:val="00FE5124"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="21505"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="7885CCDF"/>
   <w15:docId w15:val="{5120B998-D029-4C92-90B1-68ED00CB6DD5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5989,80 +6279,345 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SprechblasentextZchn">
     <w:name w:val="Sprechblasentext Zchn"/>
     <w:link w:val="Sprechblasentext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FA16B1"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Listenabsatz">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standard"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00A52D2C"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:styleId="NichtaufgelsteErwhnung">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="004C034F"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="1342320109">
+    <w:div w:id="1033842445">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="111628757">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="192"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2100367858">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="192"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="2053340997">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="192"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="438528473">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="192"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1384527733">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="192"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="374282305">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="192"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1939018428">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="192"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1279606515">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="192"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="485903313">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="192"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="543098318">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="192"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1285695688">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1221555311">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="192"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="40568059">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="192"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="363407470">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="192"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="507790045">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="192"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="987171503">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="192"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1491294283">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="192"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1476336421">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="192"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1865557528">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="192"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1735200633">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="192"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="736979440">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="192"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frankfurt-main.ihk.de/hauptnavigation/gruendung-und-foerderung/rechtsinformationen-fuer-gruender/rechtsformen-gesellschaftrechtsformen/bgb-gesellschaft-5249342" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
     <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6323,127 +6878,143 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="82589c12-70c4-4c94-a25a-3c827aa5c9f9">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xmlns:ns3="82589c12-70c4-4c94-a25a-3c827aa5c9f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="99bcf072d1bcaa3896acd1ab54a1776e" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x0101007AC43CE515D2804DAC7ADE3243597B14" ma:contentTypeVersion="18" ma:contentTypeDescription="Ein neues Dokument erstellen." ma:contentTypeScope="" ma:versionID="d36f937f196cc11c9034c2c1754a79c3">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" xmlns:ns3="82589c12-70c4-4c94-a25a-3c827aa5c9f9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="503caf83702f076935e2dbbd87d5e908" ns2:_="" ns3:_="">
     <xsd:import namespace="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <xsd:import namespace="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Freigegeben für" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="9" nillable="true" ma:displayName="Freigegeben für - Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{62c76182-05de-4c36-b690-140c9e958835}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="82589c12-70c4-4c94-a25a-3c827aa5c9f9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="12" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="13" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
@@ -6462,50 +7033,67 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Bildmarkierungen" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="a931697c-cc8f-4945-a00f-f8701901ff32" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhaltstyp"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -6564,124 +7152,130 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{074D27D1-0A23-4AB1-842D-55E26487C5F5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE2114F1-D6D3-4212-812F-E60DEEB1F330}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D27C9BF-5DF7-4BD8-94E5-E352CE388830}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
+    <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A981490C-DC4E-49A5-B083-E5FA07882867}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D76D95C4-5EEA-468B-AA32-6CB2512BE0EC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="9d6dfc3b-7c4f-49ec-b04d-2ad55ce17033"/>
     <ds:schemaRef ds:uri="82589c12-70c4-4c94-a25a-3c827aa5c9f9"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE2114F1-D6D3-4212-812F-E60DEEB1F330}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>14445</Characters>
+  <Pages>8</Pages>
+  <Words>1596</Words>
+  <Characters>11414</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>120</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>380</Lines>
+  <Paragraphs>175</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16482</CharactersWithSpaces>
+  <CharactersWithSpaces>12835</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="144" baseType="variant">
       <vt:variant>
         <vt:i4>4063319</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>69</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:info@wiesbaden.ihk.de</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5767260</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -7096,27 +7690,30 @@
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Petra Faßbinder</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101007AC43CE515D2804DAC7ADE3243597B14</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>